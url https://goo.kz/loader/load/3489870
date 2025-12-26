--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="43b530d" w14:textId="43b530d">
+    <w:p w14:paraId="9286e1d" w14:textId="9286e1d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,307 +76,287 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Педагогтерге біліктілік санаттарын беру (растау) қағидаларын бекіту туралы</w:t>
+        <w:t>Об утверждении Правил присвоения (подтверждения) квалификационных категорий педагогам</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 11 мамырдағы № 192 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 12 мамырда № 20618 болып тіркелді.</w:t>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 11 мая 2020 года № 192. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 мая 2020 года № 20618.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Педагог мәртебесі туралы" 2019 жылғы 27 желтоқсандағы Қазақстан Республикасы Заңының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 3) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      В соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 15 Закона Республики Казахстан от 27 декабря 2019 года "О статусе педагога" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Педагогтерге біліктілік санаттарын беру (растау) </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
+      1. Правила присвоения (подтверждения) квалификационных категорий педагогам изложить в редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті заңнамада белгіленген тәртіппен:</w:t>
+      2. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықты ресми жарияланғаннан кейін Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының білім және ғылым вице-министріне жүктелсін.</w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
+      4. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -394,64 +374,74 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -553,2583 +543,2785 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к приказу Министра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 11 мамырдағы</w:t>
+              <w:t>образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 192 бұйрығына</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>от 11 мая 2020 года № 192</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагогтерге біліктілік санаттарын беру (растау) қағидалары</w:t>
+        <w:t xml:space="preserve"> Правила присвоения (подтверждения) квалификационных категорий педагогам</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Педагогтерге біліктілік санатын беру (растау) қағидалары (бұдан әрі - Қағидалар) "Педагог мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және педагогтерге біліктілік санаттарын беру (растау) тәртібін айқындайды.</w:t>
+      1. Настоящие Правила присвоения (подтверждения) квалификационной категории педагогам (далее - Правила) разработаны в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О статусе педагога" и определяют порядок присвоения (подтверждения) квалификационных категорий педагогам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Білім беру ұйымы жыл сайын 1 қыркүйекке дейін алдағы қаржы жылына біліктілік санаттарын берудің (растаудың) перспективалық жоспарын жасайды және бекітеді, ол қажеттілігіне қарай түзетіледі.</w:t>
+      2. Организация образования ежегодно до 1 сентября составляет и утверждает перспективный план присвоения (подтверждения) квалификационных категорий на предстоящий финансовый год, который корректируется по мере необходимости.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Педагогтерге біліктілік санаттарын беру тәртібі</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок присвоения квалификационных категорий педагогам</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Біліктілік санаттарын "Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагогтерді және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы" (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13317 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 11 наурызда жарияланған) Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі - № 83 бұйрық) бекітілген комиссия (бұдан әрі - Комиссия) береді.</w:t>
+      3. Квалификационные категории присваиваются Комиссией (далее – Комиссия), утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 27 января 2016 года № 83 "Об утверждении Правил и условий проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 13317, опубликован в информационно-правовой системе "Әділет" 11 марта 2016 года) (далее – приказ № 83).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Мәлімделген біліктілік санатына сәйкестігіне біліктілік санаттарын беру (растау) рәсімін жүргізу үшін сараптамалық кеңес құрылады:</w:t>
+      4. Для проведения процедуры присвоения (подтверждения) квалификационных категорий на соответствие заявленной квалификационной категории создается экспертный совет:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "педагог-модератор" біліктілік санаты үшін - білім беру ұйымының деңгейінде ұйымдастырылатын сараптамалық кеңес, құрамында: білім беру ұйымының жоғары білікті педагогтері, білім беру саласындағы қоғамдық, үкіметтік емес ұйымдардың, кәсіподақтардың, жұмыс берушілердің өкілдері;</w:t>
+      на квалификационную категорию "педагог-модератор" - экспертный совет, организуемый на уровне организации образования, в составе: высококвалифицированные педагоги организации образования, представители общественных, неправительственных организаций в области образования, профсоюзов, работодателей;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "педагог-сарапшы" біліктілік санаты үшін - қала (аудан), облыстар, республикалық маңызы бар қалалар мен астана, білім беру саласындағы уәкілетті орган (республикалық ведомстволық бағынысты ұйымдар үшін), тиісті саланың уәкілетті органы деңгейінде ұйымдастырылатын сараптамалық кеңес, құрамында: әдістемелік кабинеттердің (орталықтардың) әдіскерлері, білім беру ұйымдарының, қаланың (ауданның) жоғары білікті педагогтері, біліктілікті арттыру ұйымдарының, білім беру саласындағы қоғамдық, үкіметтік емес ұйымдардың, кәсіподақтардың, жұмыс берушілердің өкілдері;</w:t>
+      на квалификационную категорию "педагог-эксперт" - экспертный совет, организуемый на уровне города (района), областей, городов республиканского значения и столицы, уполномоченного органа в области образования (для республиканских подведомственных организаций), уполномоченного органа соответствующей отрасли, в составе: методисты методических кабинетов (центров), высококвалифицированные педагоги организаций образования, города (района), представители организации повышения квалификации, общественных, неправительственных организаций в области образования, представители профсоюзов, работодателей;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "педагог-зерттеуші" біліктілік санаты үшін - облыстар, республикалық маңызы бар қалалар мен астана, білім беру саласындағы уәкілетті орган (республикалық ведомстволық бағынысты ұйымдар үшін), тиісті саланың уәкілетті органы деңгейінде ұйымдастырылатын сараптамалық кеңес, құрамында: әдістемелік кабинеттердің (орталықтардың) әдіскерлері, облыстың, республикалық маңызы бар қалалардың және астананың білім беру ұйымдарының, республикалық ведомстволық бағынысты ұйымдардың жоғары білікті педагогтері, тиісті саланың уәкілетті органының, біліктілікті арттыру ұйымдарының, білім беру саласындағы қоғамдық, үкіметтік емес ұйымдардың, кәсіподақтардың, жұмыс берушілердің өкілдері;</w:t>
+      на квалификационную категорию "педагог-исследователь" - экспертный совет, организуемый на уровне области, городов республиканского значения и столицы, уполномоченного органа в области образования (для республиканских подведомственных организаций), уполномоченного органа соответствующей отрасли в составе: методисты методических кабинетов (центров), высококвалифицированные педагоги организаций образования области, городов республиканского значения и столицы, республиканских подведомственных организаций, представители уполномоченного органа соответствующей отрасли, организаций повышения квалификации, общественных, неправительственных организаций в области образования, профсоюзов, работодателей;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "педагог-шебер" біліктілік санаты үшін - облыстың, республикалық маңызы бар қалалар мен астана, білім беру саласындағы уәкілетті орган (республикалық ведомстволық бағынысты ұйымдар үшін), тиісті саланың уәкілетті органы деңгейінде ұйымдастырылатын сараптамалық кеңес, құрамында: әдістемелік кабинеттердің (орталықтардың) әдіскерлері, облыстың білім беру ұйымдарының жоғары білікті педагогтері, облыстың, республикалық маңызы бар қалалардың және астананың білім беруді басқару органы, білім беру саласындағы уәкілетті орган (республикалық ведомстволық бағынысты ұйымдар үшін), тиісті саланың уәкілетті органы басшысының бұйрығымен бекітілетін біліктілікті арттыру ұйымдарының, қамқоршылық кеңестердің, қоғамдық, үкіметтік емес ұйымдардың, кәсіподақтардың, жұмыс берушілердің өкілдері.</w:t>
+      на квалификационную категорию "педагог-мастер" - экспертный совет, организуемый на уровне области, городов республиканского значения и столицы, уполномоченного органа в области образования (для республиканских подведомственных организаций), уполномоченного органа соответствующей отрасли в составе: методисты методических кабинетов (центров), высококвалифицированные педагоги организаций образования области, представители организаций повышения квалификации, попечительских советов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>общественных, неправительственных организаций, профсоюзов, работодателей, который утверждается приказом руководителя органа управления образования области, городов республиканского значения и столицы, уполномоченного органа в области образования (для республиканских подведомственных организаций), уполномоченного органа соответствующей отрасли.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Сараптамалық кеңестің құрамына сараптамалық кеңестің төрағасы мен мүшелері кіреді. Сараптамалық кеңес мүшелерінің тақ санынан, бірақ кемінде бес адамнан тұрады.</w:t>
+      5. В состав экспертного совета входят председатель и члены экспертного совета. Экспертный совет состоит из нечетного количества членов, но не менее пяти человек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Комиссия осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша біліктілік санаттарын беруге (растауға) педагог портфолиосын қабылдау-табыстау актісі бойынша материалдарды сараптамалық кеңеске жылына екі рет (ағымдағы жылдың 15 мамырына және 15 қарашасына дейін тиісінше) жібереді.</w:t>
+      6. Комиссия направляет материалы в экспертный совет два раза в год (до 15 мая и 15 ноября текущего года соответственно) по акту приема-передачи портфолио педагога на присвоение (подтверждение) квалификационных категорий по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. Сараптамалық кеңес осы Қағидаларға </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша біліктілік санаттарын беру (растау) үшін педагогтердің портфолиосын бағалау өлшемшарттарына сәйкес біліктілік санаттарын беру (растау) үшін педагогтердің портфолиосын қарайды және бағалайды.</w:t>
+      7. Экспертный совет рассматривает и оценивает портфолио педагогов на присвоение (подтверждение) квалификационных категорий в соответствии с критериями оценивания портфолио педагогов на присвоение (подтверждение) квалификационных категорий по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, с учетом листов наблюдения по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Сараптамалық кеңес осы Қағидаларға </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша ағымдағы жылдың 15 маусымына және 15 желтоқсанына дейінгі мерзімде Комиссияға біліктілік санатын алу үшін педагог қызметінің қорытындыларын кешенді талдамалық қорыту жөніндегі ұсынымдарды жібереді.</w:t>
+      8. Экспертный совет направляет листы оценивания портфолио педагогов на присвоение (подтверждение) квалификационных категорий по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и рекомендации по комплексному аналитическому обобщению итогов деятельности педагога на квалификационную категорию в Комиссию в срок до 15 июня и 15 декабря текущего года по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Әрбір педагог бойынша біліктілік санаттарын беру (растау) үшін сараптамалық кеңес сәйкестік немесе сәйкессіздік туралы ұсынымдар шығарады.</w:t>
+      9. По каждому педагогу на присвоение (подтверждение) квалификационных категорий экспертный совет выносит рекомендации о соответствии или о несоответствии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. "Педагог" біліктілік санаты тиісті бейін бойынша педагогикалық немесе өзге де кәсіптік білімі бар адамдарға, сондай-ақ жұмыс өтіліне талаптар қойылмай, қайта даярлау курстарынан өткен, мынадай кәсіби құзыреттерге сәйкес келетін адамдарға беріледі:</w:t>
+      10. Квалификационная категория "педагог" присваивается лицам, имеющим педагогическое или иное профессиональное образование по соответствующему профилю, а также лицам, прошедшим курсы переподготовки, без предъявления требований к стажу работы, соответствующие следующим профессиональным компетенциям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      оқу пәнінің мазмұнын, оқу-тәрбие процесін, оқыту және бағалау әдістемесін біледі; оқу-тәрбие процесін білім алушылардың психологиялық-жас ерекшеліктерін ескере отырып жоспарлайды және ұйымдастырады, білім алушының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім беру ұйымы деңгейіндегі іс-шараларға қатысады, білім алушылардың қажеттіліктерін ескере отырып, тәрбие мен оқытуда жеке тәсілді жүзеге асырады, кәсіптік-педагогикалық диалог дағдыларын меңгерген, сандық білім беру ресурстарын қолданады.</w:t>
+      знает содержание учебного предмета, учебно-воспитательного процесса, методики преподавания и оценивания; планирует и организует учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся, способствует формированию общей культуры обучающегося и его социализации, принимает участие в мероприятиях на уровне организации образования, осуществляет индивидуальный подход в воспитании и обучении с учетом потребностей обучающихся, владеет навыками профессионально-педагогического диалога, применяет цифровые образовательные ресурсы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-параграф. Педагогтерге кезекті біліктілік санаттарын беру тәртібі</w:t>
+        <w:t xml:space="preserve"> Параграф 1. Порядок очередного присвоения квалификационных категорий педагогам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Біліктілік санатын беру сараптамалық кеңестің ұсынымдарын ескере отырып, Комиссияның шешімімен қабылданады:</w:t>
+      11. Присвоение квалификационной категории принимается решением Комиссии с учетом рекомендаций экспертного совета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) "педагог-модератор" біліктілік санатына:</w:t>
+      1) на квалификационную категорию "педагог-модератор":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тиісті бейін бойынша педагогикалық немесе өзге де кәсіптік білімі бар адамдар, сондай-ақ қайта даярлау курстарынан өткен, кемінде екі жыл педагогикалық өтілі бар, мынадай кәсіби құзыреттерге сәйкес келетін адамдар:</w:t>
+      лица, имеющие педагогическое или иное профессиональное образование по соответствующему профилю, а также лица, прошедшие курсы переподготовки, педагогический стаж не менее двух лет, соответствующие следующим профессиональным компетенциям:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "педагог" біліктілік санатының жалпы талаптарына сәйкес келеді, сонымен қатар оқытудың инновациялық түрлерін, әдістері мен құралдарын пайдаланады, білім беру ұйымы деңгейінде тәжірибе жинақтайды, білім беру ұйымы деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылары бар;</w:t>
+      соответствует общим требованиям квалификационной категории "педагог", кроме того использует инновационные формы, методы и средства обучения, обобщает опыт на уровне организации образования, имеет участников олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) "педагог-сарапшы" біліктілік санатына:</w:t>
+      2) на квалификационную категорию "педагог-эксперт":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тиісті бейін бойынша педагогикалық немесе өзге де кәсіптік білімі бар адамдар, сондай-ақ қайта даярлау курстарынан өткен, кемінде үш жыл педагогикалық өтілі бар, мынадай кәсіби құзыреттерге сәйкес келетін адамдар:</w:t>
+      лица, имеющие педагогическое или иное профессиональное образование по соответствующему профилю, а также лица, прошедшие курсы переподготовки, педагогический стаж не менее трех лет, соответствующие следующим профессиональным компетенциям:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "педагог-модератор" біліктілік санатының жалпы талаптарына сәйкес келеді, сонымен қатар ұйымдастырылған оқу әрекетін, оқу-тәрбие процесін талдау дағдыларына ие, білім беру ұйымы деңгейінде өзінің және әріптестерінің кәсіби даму басымдықтарын конструктивті анықтайды, аудандық/қалалық деңгейде тәжірибе жинақтайды, аудандық/қалалық деңгейдегі олимпиадаларға, конкурстарға жарыстарға қатысушылары бар;</w:t>
+      соответствует общим требованиям квалификационной категории "педагог-модератор", кроме того владеет навыками анализа организованной учебной деятельности, учебно-воспитательного процесса, конструктивно определяет приоритеты профессионального развития: собственного и коллег на уровне организации образования, обобщает опыт на уровне района/города, имеет участников олимпиад, конкурсов, соревнований на уровне района/города;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) "педагог-зерттеуші" біліктілік санатына:</w:t>
+      3) на квалификационную категорию "педагог-исследователь":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тиісті бейін бойынша педагогикалық немесе өзге де кәсіптік білімі бар адамдар, сондай-ақ қайта даярлау курстарынан өткен, кемінде төрт жыл педагогикалық өтілі бар, мынадай кәсіби құзыреттерге сәйкес келетін адамдар:</w:t>
+      лица, имеющие педагогическое или иное профессиональное образование по соответствующему профилю, а также лица, прошедшие курсы переподготовки, педагогический стаж не менее четырех лет, соответствующие следующим профессиональным компетенциям:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "педагог-сарапшы" біліктілік санатының жалпы талаптарына сәйкес келеді, сонымен қатар сабақты зерттеу және бағалау құралдарын әзірлеу дағдыларын меңгерген, білім алушылардың зерттеу дағдыларын дамытуды қамтамасыз етеді, тәлімгерлікті жүзеге асырады және педагогикалық қоғамдастықта аудан, қала деңгейінде даму стратегиясын конструктивті айқындайды, облыс/республикалық маңызы бар қалалар және астана, республика деңгейінде тәжірибе жинақтайды (республикалық ведомстволық бағынысты ұйымдар үшін); облыс/республикалық маңызы бар қалалар және астана, республика деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылардың болуы (республикалық ведомстволық бағынысты ұйымдар үшін);</w:t>
+      соответствует общим требованиям квалификационной категории "педагог-эксперт", кроме того владеет навыками исследования урока и разработки инструментов оценивания, обеспечивает развитие исследовательских навыков обучающихся, осуществляет наставничество и конструктивно определяет стратегии развития в педагогическом сообществе на уровне района, города, обобщает опыт на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций); наличие участников олимпиад, конкурсов, соревнований на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жоғарыда аталған көрсеткіштер бойынша талаптар қоюсыз, оқулықтардың, оқу-әдістемелік кешендердің және оқу-әдістемелік құралдардың республикалық сараптамасына қатысқан адамдар.</w:t>
+      лица, принимавшие участие в республиканской экспертизе учебников, учебно-методических комплексов и учебно-методических пособий, без предъявления требований к вышеназванным показателям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) "педагог-шебер" біліктілік санатына:</w:t>
+      4) на квалификационную категорию "педагог-мастер":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тиісті бейін бойынша жоғары немесе жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі бар адамдар, сондай-ақ қайта даярлау курстарынан өткен, кемінде бес жыл педагогикалық өтілі бар, мынадай кәсіби құзыреттерге сәйкес келетін адамдар:</w:t>
+      лица, имеющие высшее или послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, а также лица, прошедшие курсы переподготовки, педагогический стаж не менее пяти лет, соответствующие следующим профессиональным компетенциям:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "педагог-зерттеуші" біліктілік санатының жалпы талаптарына сәйкес келеді, сонымен қатар Республикалық оқу-әдістемелік кеңесте мақұлдау алған авторлық бағдарламасы бар немесе уәкілетті орган бекіткен оқулықтар, оқу-әдістемелік кешендер мен оқу-әдістемелік құралдар тізбесіне енгізілген басып шығарылған оқулықтардың, оқу-әдістемелік құралдардың авторы (тең авторы) болып табылады, ғылыми жобалау дағдыларын дамытуды қамтамасыз етеді, тәлімгерлікті жүзеге асырады және кәсіби қоғамдастық желісін облыс деңгейінде дамытуды жоспарлайды, республикалық және халықаралық конкурстар мен олимпиадалардың қатысушысы болып табылады немесе білім беру саласындағы уәкілетті орган бекіткен республикалық және халықаралық конкурстар мен олимпиадалардың қатысушыларын даярлаған.</w:t>
+      соответствует общим требованиям квалификационной категории "педагог-исследователь", кроме того имеет авторскую программу, получившую одобрение на Республиканском</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебно-методическом совете</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, или является автором (соавтором) изданных учебников, учебно-методических пособий, включенных в перечень учебников, учебно-методических комплексов и учебно-методических пособий, утвержденных уполномоченным органом, обеспечивает развитие навыков научного проектирования, осуществляет наставничество и планирует развитие сети профессионального сообщества на уровне области, является участником республиканских и международных конкурсов и олимпиад или подготовил участников республиканских и международных конкурсов и олимпиад, утвержденных уполномоченным органом в области образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Педагогтерге біліктілік санатын беру педагогтердің біліктілік сипаттамаларына сәйкес жүргізіледі. Педагогтерге біліктілік санаттарын беру рәсімі білім берудің келесі деңгейлерінде жүргізіледі:</w:t>
+      12. Присвоение квалификационной категории педагогам проводится в соответствии c квалификационными характеристиками педагогов. Процедура присвоения квалификационных категорий педагогов проводится на следующих уровнях образования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "педагог-модератор" біліктілік санаты - мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында (бұдан әрі - білім беру ұйымдары);</w:t>
+      на квалификационную категорию "педагог-модератор" - в организациях дошкольного, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования (далее - организация образования);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "педагог-сарапшы" біліктілік санаты - аудандардың (қалалардың) білім бөлімдерінде, республикалық маңызы бар қалалардың және астананың білім басқармаларында, білім беру саласындағы уәкілетті органдарда (республикалық ведомстволық бағынысты ұйымдар үшін), тиісті саланың уәкілетті органдарында;</w:t>
+      на квалификационную категорию "педагог-эксперт" - в отделах образования районов (городов), управлениях образования, городов республиканского значения и столицы, в уполномоченных органах в области образования (для республиканских подведомственных организаций), уполномоченных органах соответствующей отрасли;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      "педагог-зерттеуші" біліктілік санаты - республикалық маңызы бар қалалардың және астананың білім басқармаларында, білім беру саласындағы уәкілетті органдарда (республикалық ведомстволық бағынысты ұйымдар үшін), тиісті саланың уәкілетті органдарында; </w:t>
+        <w:t>
+      на квалификационную категорию "педагог-исследователь" - в управлениях образования, городов республиканского значения и столицы, в уполномоченных органах в области образования (для республиканских подведомственных организаций), уполномоченных органах соответствующей отрасли;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "педагог-мастер" біліктілік санаты - республикалық маңызы бар қалалардың және астананың білім басқармаларында, білім беру саласындағы уәкілетті органдарда (республикалық ведомстволық бағынысты ұйымдар үшін), тиісті саланың уәкілетті органдарында.</w:t>
+      на квалификационную категорию "педагог-мастер" - в управлениях образования, городов республиканского значения и столицы, в уполномоченных органах в области образования (для республиканских подведомственных организаций), уполномоченных органах соответствующей отрасли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Білім беру ұйымы біліктілік санатын беру үшін педагогтердің тізімдік құрамын (қағаз немесе электрондық жеткізгіштерде) аудандардың (қалалардың) білім бөлімдеріне, облыстардың, республикалық маңызы бар қалалардың және астананың білім басқармаларына, республикалық ұйымдар - білім беру саласындағы уәкілетті органға (республикалық ведомстволық бағынысты ұйымдар үшін), тиісті саланың уәкілетті органына ұсынады.</w:t>
+      13. Организация образования представляет списочный состав педагогов (на бумажных или электронных носителях) на присвоение квалификационной категории в отделы образования районов (городов), управления образования областей, городов республиканского значения и столицы, республиканские организации - в уполномоченный орган в области образования (для республиканских подведомственных организаций), уполномоченный орган соответствующей отрасли.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Әрбір педагог бойынша Комиссия мынадай шешімдердің бірін шығарады:</w:t>
+      14. По каждому педагогу Комиссия выносит одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) өтініш берілген біліктілік санатына сәйкес келеді;</w:t>
+      1) соответствует заявленной квалификационной категории;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) өтініш берілген біліктілік санатына сәйкес келмейді;</w:t>
+      2) не соответствует заявленной квалификационной категории;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) өтініш берілген біліктілік санатынан бір саты төмен санатқа сәйкес келеді.</w:t>
+      3) соответствует квалификационной категории, ниже заявленной на один уровень.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15. Комиссияның шешімі осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес хаттамамен ресімделеді.</w:t>
+      15. Решение Комиссии оформляется протоколом согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Комиссия "өтініш берілген біліктілік санатына сәйкес келмейді" деген шешім қабылдаған кезде біліктілік санаты оның қолданылу мерзімі аяқталғанға дейін сақталады.</w:t>
+      16. При принятии Комиссией решения "не соответствует заявляемой квалификационной категории" за ним сохраняется имеющаяся квалификационная категория до завершения срока ее действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      17. Комиссияның педагогтерге біліктілік санатының қолданылу мерзімін ұзарту туралы шешімі осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша ресімделеді.</w:t>
+      17. Решение Комиссии о продлении срока действия квалификационной категории педагогам оформляется по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Біліктілік санаты педагогтердің өтініші негізінде, бірақ келесі жағдайларда үш жылдан аспайтын мерзімге ұзартылады:</w:t>
+      18. Квалификационная категория продлевается на основании заявления педагогов, но не более чем на три года в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) "Әлеуметтік мәні бар аурулардың және айналадағылар үшін қауіп төндіретін аурулардың тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 21 мамырдағы № 367 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11512 болып тіркелген) бекітілген әлеуметтік мәні бар аурулардың және айналадағылар үшін қауіп төндіретін аурулардың тізбесіне сәйкес педагогтің уақытша еңбекке жарамсыздығы;</w:t>
+      1) временная нетрудоспособность педагога, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>перечню</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> социально значимых заболеваний и заболеваний, представляющих опасность для окружающих, утвержденным приказом Министра здравоохранения и социального развития Республики Казахстан от 21 мая 2015 года № 367 "Об утверждении перечня социально-значимых заболеваний и заболеваний, представляющих опасность для окружающих" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11512);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жүктілікке және босануға, бала күтіміне байланысты демалыста болу;</w:t>
+      2) нахождение в отпуске по беременности и родам, уходу за ребенком;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) Қазақстан Республикасынан тыс жерлерде қызметтік іссапарда, мамандығы бойынша оқуда (тағылымдамада) болу;</w:t>
+      3) нахождение в служебной командировке, на обучении (стажировке) по специальности за пределами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) біліктілік санаты берілген лауазымдағы жұмысты тоқтату себептеріне қарамастан қайта бастау;</w:t>
+      4) возобновление работы в должности, по которой присвоена квалификационная категория, независимо от причин ее прекращения;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Қазақстан Республикасының шегінде жұмыс орнын ауыстыру;</w:t>
+      5) смена места работы в пределах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) білімі, еңбек өтілі және біліктілік санатын растайтын құжаттары болған жағдайда жақын және алыс шетелдерден Қазақстан Республикасына келген адамдардың педагогикалық қызметті жүзеге асыруы;</w:t>
+      6) осуществление педагогической деятельности лицами, прибывшими в Республику Казахстан из стран ближнего и дальнего зарубежья при наличии документов, подтверждающих образование, трудовой стаж и квалификационную категорию;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) білім беру саласындағы уәкілетті органнан, білім беруді басқару органдарынан, әдістемелік кабинеттерден, біліктілікті арттыру институттарынан білім беру ұйымдарына ауысу.</w:t>
+      7) перешедших в организации образования с уполномоченного органа в области образования, органов управления образованием, методических кабинетов, институтов повышения квалификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Осы Қағидалардың 18-тармағында көрсетілген және жұмысқа шыққан педагогтерге біліктілік санатының қолданылу мерзімін ұзарту туралы мәселені шешу үшін білім беру ұйымдары Комиссияға мынадай құжаттарды ұсынады:</w:t>
+      19. Для решения вопроса о продлении срока действия квалификационной категории педагогам, указанным в пункте 18 настоящего Порядка, и вышедших на работу, организации образования представляются Комиссии следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) біліктілік қағидаларының қолданылу мерзімін ұзарту туралы өтініш (еркін нысанда);</w:t>
+      1) заявление о продлении срока действия квалификационных правил (произвольная форма);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі) (иесіне қайтарылады);</w:t>
+      2) документ, удостоверяющий личность (требуется для идентификации личности) (возвращается владельцу);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) білімі туралы дипломның немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжаттың көшірмесі;</w:t>
+      3) копия диплома об образовании или документа о переподготовке с присвоением соответствующей квалификации по занимаемой должности;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстарынан өткені туралы құжаттың көшірмесі;</w:t>
+      4) копия документа о прохождении курсов повышения квалификации по программам, согласованным с уполномоченным органом в области образования;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) педагогтің еңбек қызметін растайтын құжаттың көшірмесі;</w:t>
+      5) копия документа, подтверждающего трудовую деятельность педагога;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) кезекті біліктілік санаттарын беру туралы куәліктің көшірмесі (жоғары білім беру ұйымдарынан ауысқан және біліктілік санаты жоқ педагогтерден басқа);</w:t>
+      6) копия удостоверения об очередном присвоении квалификационных категорий (кроме педагогов, перешедших из организации высшего образования и не имеющих квалификационных категорий);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) біліктілік санатының қолданылу мерзімін ұзартудың негізділігін растайтын құжат.</w:t>
+      7) документ, подтверждающий обоснованность продления срока действия квалификационной категории.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Комиссияның біліктілік санатының қолданылу мерзімін ұзарту жөніндегі отырысы өтініш түскен күннен бастап бес жұмыс күні ішінде өткізіледі.</w:t>
+      20. Заседание Комиссии по продлению срока действия квалификационной категории проводится в течение пяти рабочих дней со дня поступления заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      21. Тиісті деңгейдегі біліктілік санатын беру туралы бұйрық ағымдағы жылдың 15 шілдесінен және 25 желтоқсанынан кешіктірілмей шығарылады. Тиісті бұйрықтың негізінде білім беру ұйымы осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес біліктілік беру туралы куәлік береді.</w:t>
+      21. Приказ о присвоении квалификационной категории издается не позднее 15 июля и 25 декабря текущего года соответствующего уровня. На основании соответствующего приказа организация образования выдает удостоверение о присвоении квалификации, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Төменде көрсетілген біліктілік санаттары берілген педагогтерде біліктілік санаттары берілген кезден бастап лауазымдарының мынадай біліктіліктері сақталады немесе беріледі, сондай-ақ теңестіріледі:</w:t>
+      22. Педагогам, которым присвоены нижеперечисленные квалификационные категории, сохраняются или присваиваются, а также приравниваются следующие квалификации должностей с момента присвоения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "екінші санат" - "педагог-модератор";</w:t>
+      "вторая категория" - "педагог-модератор";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "бірінші санат" - "педагог-сарапшы";</w:t>
+      "первая категория" - "педагог-эксперт";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "жоғары санат" - "педагог-зерттеуші" және "педагог-шебер".</w:t>
+      "высшая категория" - "педагог-исследователь" и "педагог-мастер".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Біліктілік санатын беру туралы куәліктерді беруді Комиссиялардың шешімдері мен тиісті бұйрықтар негізінде білім беру ұйымдары жүзеге асырады.</w:t>
+      23. Выдача</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> удостоверений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о присвоении квалификационной категории осуществляется организациями образования на основании решений Комиссий и соответствующих приказов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      24. Педагогтерге біліктілік санатын беру туралы куәліктерді беру осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша біліктілік санаттарын беру туралы куәліктерді тіркеу және беру журналында тіркеледі.</w:t>
+      24. Выдача удостоверений педагогам о присвоении квалификационной категории фиксируется в журнале регистрации и выдачи удостоверений о присвоении квалификационных категорий по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Қазақстан Республикасының шегінде педагогикалық салада жаңа жұмыс орнына ауысқан кезде педагогтердің қолданыстағы біліктілік санаты оның қолданылу мерзімі аяқталғанға дейін сақталады.</w:t>
+      25. При переходе на новое место работы в педагогической отрасли в пределах Республики Казахстан за педагогами сохраняется имеющаяся квалификационная категория до истечения срока ее действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Біліктілік санатының қолданылу мерзімі өткен жағдайда жасына байланысты зейнетке дейін төрт жылдан аспайтын уақыт қалған педагогтерге біліктілік санатын кезекті беруден (растаудан) босату туралы өтінішіне (еркін нысан) сәйкес оларда бар біліктілік санаттары зейнеткерлік жасқа толғанға дейін сақталады. Біліктілік санатының қолданылу мерзімін ұзарту туралы бұйрықты білім беру ұйымының басшысы шығарады.</w:t>
+      26. В случае истечения срока действия квалификационной категории педагогам, которым до пенсии по возрасту остается не более четырех лет, имеющиеся у них квалификационные категории сохраняются до наступления пенсионного возраста согласно заявлению об освобождении от очередного присвоения (подтверждения) квалификационной категории (произвольная форма). Приказ о продлении срока действия квалификационной категории издает руководитель организации образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Зейнеткерлікке шыққаннан кейін педагогикалық қызметті жалғастырушы зейнеткерлік жастағы педагогтерге біліктілік санатын беру (растау) рәсімі жалпы негізде жүргізіледі. Жалпы негізде біліктілік санатын беру (растау) рәсімінен бас тартқан жағдайда біліктілік санаты бір деңгейге төмендейді.</w:t>
+      27. Педагогам пенсионного возраста, продолжающим осуществлять педагогическую деятельность после выхода на пенсию, процедура присвоения (подтверждения) квалификационной категории проводится на общих основаниях. В случае отказа от процедуры присвоения (подтверждения) квалификационной категории на общих основаниях, квалификационная категория снижается на один уровень.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28. Педагогтерге біліктілік санатын беру білім туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандыққа (біліктілікке) сәйкес жүзеге асырылады.</w:t>
+      28. Присвоение квалификационной категории педагогам осуществляется в соответствии со специальностью (квалификацией), указанной в дипломе об образовании или документе о переподготовке с присвоением соответствующей квалификации по занимаемой должности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29. Білім туралы дипломда бір мамандық ретінде көрсетілген пәндерді оқытқан жағдайда, біліктілік санатын беру оқытатын пәнді/пәндерді (таңдау бойынша) көрсете отырып, негізгі лауазым бойынша жүргізіледі және негізгі лауазым бойынша санат беріледі.</w:t>
+      29. В случае преподавания дисциплин, указанных в дипломе об образовании как одна специальность, присвоение квалификационной категории проводится по основной должности с указанием преподаваемого/преподаваемых предмета/предметов (по выбору) и присваивается категория по основной должности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. Шағын жинақты мектептердің педагогтері үшін дипломда көрсетілмеген пәндерді оқыту жағдайында кезекті біліктілік санатын беру біліктілікті арттыру курстары (кемінде 72 сағат) немесе пәнаралық (аралас) пәндер бойынша тиісті біліктілік бере отырып қайта даярлау туралы құжат болған жағдайда атқаратын лауазымы бойынша жүргізіледі.</w:t>
+      30. Для педагогов малокомплектных школ в случае преподавания дисциплин, не указанных в дипломе, очередное присвоение квалификационной категории проводится по занимаемой должности при наличии документа о курсах повышения квалификации (не менее 72 часов) или переподготовке с присвоением соответствующей квалификации по междисциплинарным (смежным) предметам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. Педагог жоғары оқу орындарында немесе техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында мамандарды кәсіптік даярлау жүзеге асырылмайтын пәндерді оқытқан жағдайда, онда бұрын алынған санат сақталады; кезекті біліктілік санатын беру біліктілікті арттыру туралы тиісті құжат болған кезде жалпы негіздерде жүргізіледі.</w:t>
+      31. B случае преподавания педагогом дисциплин, по которым не осуществляется профессиональная подготовка специалистов в высших учебных заведениях или организациях технического и профессионального, послесреднего образования, за ним сохраняется ранее полученная категория; очередное присвоение квалификационной категории проводится на общих основаниях при наличии соответствующего документа о повышении квалификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. Арнайы білім беру ұйымдарында сабақ беретін педагогтерге кезекті біліктілік санатын беру дипломға сәйкес, бейіні бойынша немесе қайта даярлау туралы құжатқа сәйкес, білім беру ұйымдарындағы тиісті бейін бойынша жүргізіледі.</w:t>
+      32. Педагоги, преподающие в специальных организациях образования, очередное присвоение квалификационной категории проходят в соответствии с дипломом, по профилю или документом о переподготовке, по соответствующему профилю в организациях образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Техникалық және кәсіптік білім беру ұйымдарының педагогтеріне кезекті біліктілік санаты оқытатын бейініне сәйкес беріледі.</w:t>
+      33. Педагоги организаций технического и профессионального образования очередное присвоение квалификационной категории проходят в соответствии с преподаваемым профилем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      34. Әдістемелік кабинеттердің (орталықтардың), қосымша білім беру ұйымдарының педагогтеріне (әдіскерлеріне) біліктілік санаттары диплом бойынша және атқаратын лауазымы ескеріле отырып беріледі.</w:t>
+      34. Педагогам (методистам) методических кабинетов (центров), организаций дополнительного образования присваиваются квалификационные категории по диплому и с учетом занимаемой должности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      35. Білім беру ұйымынан әдістемелік сүйемелдеуді жүзеге асыратын ұйымдарға ауысқан немесе білім беру қызметін ұйымдастырған кезде педагогте қолданыстағы "педагог-модератор", "педагог-сарапшы", "педагог-зерттеуші", "педагог-шебер" біліктілік санаты оның қолданылу мерзімі аяқталғанға дейін сақталады (теңестіріледі).</w:t>
+      35. При переходе из организации образования в организации, осуществляющие методическое сопровождение, или организации образовательной деятельности у педагога сохраняется (приравнивается) имеющаяся квалификационная категория "педагог - модератор", "педагог - эксперт", "педагог - исследователь", "педагог - мастер" до истечения ее срока действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36. "Өзін-өзі тану" пәнін оқыту кезінде педагогте біліктілік санаты "Өзін-өзі тану" пәні бойынша біліктілікті арттыру курстары туралы құжат болған жағдайда бұрын оқытқан пән бойынша біліктілік санатына теңестіріледі және қолданылу мерзімі аяқталғанға дейін сақталады.</w:t>
+      36. При преподавании предмета "Самопознание" у педагога квалификационная категория приравнивается к квалификационной категории по ранее преподаваемому предмету при наличии документа о курсах повышения квалификации по предмету "Самопознание" и сохраняется до истечения срока действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      37. Кезекті, мерзімінен бұрын біліктілік санаттарын беру (растау) кезінде "Өзін-өзі тану" пәні бойынша педагогтер дипломындағы мамандығы бойынша немесе "Өзін-өзі тану" пәні бойынша ұлттық біліктілік тестілеуінен өтеді.</w:t>
+      37. При очередном, досрочном присвоении (подтверждении) квалификационных категорий педагоги по предмету "Самопознание" проходят национальное квалификационное тестирование по специальности по диплому или по предмету "Самопознание".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. Бейініне сәйкес келмейтін педагогикалық білімі бар мектепке дейінгі білім беру ұйымдарының педагогтеріне мектепке дейінгі тәрбие мен оқыту мәселелері бойынша біліктілікті арттыру (немесе қайта даярлау) курстары туралы құжат болған жағдайда біліктілік санаты беріледі.</w:t>
+      38. Педагогам дошкольных организаций образования, имеющим педагогическое образование не по профилю, присваивается квалификационная категория при наличии документа о курсах повышения квалификации (или переподготовки) по вопросам дошкольного воспитания и обучения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      39. Психологиялық, диагностикалық (білім алушылардың ерекше білім алу қажеттіліктерін айқындау бөлігінде), түзету, әлеуметтік-педагогикалық қызметті жүзеге асыратын педагогтерге дипломда көрсетілген мамандыққа сәйкес немесе біліктілікті арттыру немесе қайта даярлау курстарынан өтуді ескере отырып, "педагог-модератор", "педагог-сарапшы", "педагог-зерттеуші", "педагог-мастер" біліктілік санаты беріледі.</w:t>
+      39. Педагогам, осуществляющим психологическую, диагностическую (в части определения особых образовательных потребностей обучающихся), коррекционную, социально-педагогическую деятельность, присваивается квалификационная категория: "педагог-модератор", "педагог-эксперт", "педагог-исследователь", "педагог-мастер" в соответствии с указанной в дипломе специальностью или с учетом прохождения курсов повышения квалификации или переподготовки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      40. "Көркем еңбек" пәні бойынша педагогтерге кезекті біліктілік санатын беруде "Технология", "Бейнелеу өнері", "Сызу" мамандықтары бойынша диплом, сондай-ақ бұрын берілген біліктілік санатын ескере отырып, кәсіптік оқыту негізге алынады.</w:t>
+      40. Очередное присвоение квалификационной категории педагогам по предмету "Художественный труд" за основу принимается диплом по специальностям: "Технология", "Изобразительное искусство", "Черчение", а также профессиональное обучение с учетом ранее присвоенной квалификационной категории.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      41. Арнайы білім беру ұйымдарында немесе арнайы сыныптарда (топтарда) білім туралы дипломда көрсетілгеннен басқа мамандық бойынша қызмет жүргізген жағдайда кезекті біліктілік санатын беру біліктілікті арттыру курстары немесе қайта даярлау курстары туралы құжат негізінде атқаратын лауазымы бойынша жүргізіледі.</w:t>
+      41. В случае ведения деятельности в специальных организациях образования или специальных классах (групп) не по специальности, указанной в дипломе об образовании, очередное присвоение квалификационной категории проводится по занимаемой должности на основании документа о курсах повышения квалификации или курсах переподготовки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      42. Арнайы білім беру ұйымдарында дипломда көрсетілген пәндерді оқытатын педагогтерге кезекті біліктілік санатын беру біліктілікті арттыру курстары немесе қайта даярлау курстары туралы құжат негізінде оқытатын пәндері бойынша жүргізіледі.</w:t>
+      42. Педагоги, преподающие в специальных организациях образования дисциплины, указанные в дипломе, очередное присвоение квалификационной категории проходят по преподаваемым дисциплинам на основании документа о курсах повышения квалификации или переподготовки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43. Инклюзивті білім беруді іске асыратын жалпы білім беретін мектептерде сабақ беретін педагогтерге кезекті біліктілік санаты дипломда көрсетілген мамандыққа сәйкес беріледі, бұл ретте портфолиода ерекше білім беру қажеттілігі бар балалармен жүргізілген жұмыстар бойынша материалдар көрсетіледі.</w:t>
+      43. Педагоги, преподающие в общеобразовательных школах, реализующие инклюзивное образование, проходят очередное присвоение квалификационной категории в соответствии с указанной в дипломе специальностью при этом в портфолио отражают материалы по работе с детьми с особыми образовательными потребностями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-параграф. Педагогтерге біліктілік санаттарын мерзімінен бұрын беру тәртібі</w:t>
+        <w:t xml:space="preserve"> Параграф 2. Порядок досрочного присвоения квалификационных категорий педагогам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      44. Біліктілік санаттарын мерзімінен бұрын алатын педагогтер осы Қағидалардың </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес ұлттық біліктілік тестілеуін тапсырады.</w:t>
+      44. Педагоги на досрочное присвоение квалификационных категорий соответствуют требованиям </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил и сдают национальное квалификационное тестирование согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу № 83</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      45. Біліктілік санаттарын мерзімінен бұрын алуға мынадай санаттағы адамдар қатысады:</w:t>
+      45. В досрочном присвоении квалификационных категорий участвуют следующие категории лиц:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) "педагог-модератор" біліктілік санатына:</w:t>
+      1) на квалификационную категорию "педагог-модератор":</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жоғары, жоғары оқу орнынан кейінгі, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарын бітіргеннен кейін білім беру ұйымдарына алғаш рет жұмысқа қабылданған, педагогикалық практикаға оң баға алған, диплом бойынша орташа балы:</w:t>
+      лица, впервые принятые на работу в организации образования после завершения высшего, послевузовского учебного заведения, организации технического и профессионального, послесреднего образования при наличии положительной оценки за педагогическую практику, среднего балла по диплому:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z108" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жоғары, жоғары оқу орнынан кейінгі білім туралы диплом - GPA көрсеткішінің 3 балынан төмен емес;</w:t>
+      диплом о высшем, послевузовском образовании – не ниже 3-х баллов показателя GPA;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      техникалық және кәсіптік, орта білімнен кейінгі білім туралы диплом - GPA көрсеткішінің 4,5 балынан төмен емес.</w:t>
+      диплома о техническом и профессиональном, послесреднем образовании – не ниже 4,5 баллов показателя GPA.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z110" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      пәнді (пәнді) ағылшын тілінде оқыту құқығымен жоғары оқу орнын бітірген, ағылшын тілін С1 (CEFR шкаласы бойынша) деңгейінен төмен емес білетінін растайтын сертификаты (куәлігі) бар адамдар;</w:t>
+      лица, окончившие высшее учебное заведение с правом преподавания предмета (дисциплины) на английском языке, имеющие сертификат (удостоверение), подтверждающие знание английского языка не ниже уровня С1 (по шкале CEFR);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z111" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) "педагог-сарапшы" біліктілік санатына:</w:t>
+      2) на квалификационную категорию "педагог-эксперт":</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z112" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қалалық (аудандық) деңгейдегі пәндік олимпиадалардың, шығармашылық, кәсіби конкурстардың, ғылыми, спорттық жарыстардың жеңімпаздарын дайындаған адамдар;</w:t>
+      лица, подготовившие победителей предметных олимпиад, творческих, профессиональных конкурсов, научных, спортивных соревнований городского (районного) уровня;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z113" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қалалық (аудандық) деңгейдегі кәсіби конкурстардың жеңімпаздары болып табылатын адамдар;</w:t>
+      лица, являющиеся победителями профессиональных конкурсов, городского (районного) уровня;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z114" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      облыстық (республикалық маңызы бар қалалар және астана) деңгейде өзінің педагогикалық тәжірибесін жинақтаған адамдар;</w:t>
+      лица, обобщившие собственный педагогический опыт на областном уровне (городов республиканского значения и столицы);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z115" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ағылшын тілін С1 (CEFR шкаласы бойынша) деңгейінен төмен емес деңгейде меңгерген және пәндерді ағылшын тілінде оқытатын адамдар;</w:t>
+      лица, владеющие английским языком на уровне не ниже С1 (по шкале CEFR) и преподающие предметы на английском языке;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z116" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жоғары оқу орнынан білім беру ұйымдарына педагогикалық жұмысқа ауысқан, кемінде екі жыл педагогикалық жұмыс өтілі бар адамдар;</w:t>
+      лица, перешедшие на педагогическую работу в организации образования из высшего учебного заведения, имеющие стаж педагогической работы не менее двух лет;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z117" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      білім беру ұйымдарына өндірістен, бейінді ұйымдардан педагогикалық жұмысқа ауысқан, мамандығы бойынша кемінде бес жыл жұмыс өтілі бар адамдар;</w:t>
+      лица, перешедшие на педагогическую работу в организации образования с производства, из профильных организаций, имеющие стаж работы по специальности не менее пяти лет;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z118" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бейінді пән бойынша халықаралық дәрежедегі спорт шебері болып табылатын адамдар.</w:t>
+      лица, являющиеся мастерами спорта международного класса по профилирующему предмету.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z119" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) "педагог-зерттеуші" біліктілік санатына:</w:t>
+      3) на квалификационную категорию "педагог-исследователь":</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z120" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      облыстық деңгейдегі пәндік олимпиадалардың, шығармашылық конкурстардың, ғылыми, спорттық жарыстардың жеңімпаздарын немесе республикалық немесе халықаралық деңгейдегі қатысушыларды дайындаған адамдар;</w:t>
+      лица, подготовившие победителей предметных олимпиад, творческих, конкурсов, научных, спортивных соревнований областного уровня или участников республиканского или международного уровня;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z121" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      облыстық деңгейдегі кәсіптік конкурстардың жеңімпаздары немесе республикалық немесе халықаралық деңгейдегі қатысушылар болып табылатын адамдар;</w:t>
+      лица, являющиеся победителями профессиональных конкурсов областного уровня или участниками республиканского или международного уровня;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z122" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      республикалық деңгейде өзінің педагогикалық тәжірибесін жинақтаған адамдар;</w:t>
+      лица, обобщившие собственный педагогический опыт на республиканском уровне;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z123" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ғылым кандидаты/доктор немесе PhD докторы ғылыми дәрежесі және кемінде үш жыл педагогикалық жұмыс өтілі бар адамдар;</w:t>
+      лица, имеющие ученую степень кандидата наук/доктора или доктора PhD и стаж педагогической работы не менее трех лет;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z124" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кәсіпорыннан, бейінді ұйымнан педагогикалық жұмысқа ауысқан, кемінде үш жыл, оның ішінде басшы лауазымында кемінде екі жыл жұмыс өтілі бар адамдар.</w:t>
+      лица, перешедшие на педагогическую работу с предприятия, профильной организации, имеющие стаж работы не менее трех лет, в том числе на руководящей должности не менее двух лет.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z125" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) "педагог-шебер" біліктілік санатына:</w:t>
+      4) на квалификационную категорию "педагог-мастер":</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z126" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      білім беру саласындағы уәкілетті орган бекіткен республикалық деңгейдегі пәндік олимпиадалардың, шығармашылық конкурстардың, ғылыми, спорттық жарыстардың жеңімпаздарын немесе халықаралық деңгейдегі қатысушыларды дайындаған адамдар;</w:t>
+      лица, подготовившие победителей предметных олимпиад, творческих конкурсов, научных, спортивных соревнований республиканского уровня или участников международного уровня, утвержденных уполномоченным органом в области образования;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z127" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      республикалық деңгейдегі кәсіби конкурстардың жеңімпаздары немесе халықаралық деңгейдегі қатысушылар болып табылатын адамдар;</w:t>
+      лица, являющиеся победителями профессиональных конкурсов республиканского уровня или участниками международного уровня;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z128" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      педагогикалық практикада ғылыми негізделген әдістерді, сондай-ақ Республикалық оқу-әдістемелік кеңес бекіткен оқыту мен тәрбиелеудің авторлық технологияларын жүйелі түрде пайдаланатын халықаралық деңгейде өзінің педагогикалық тәжірибесін жинақтаған адамдар.</w:t>
+      лица, обобщившие собственный педагогический опыт на международном уровне, системно использующие в педагогической практике научно обоснованные методы, а также авторские технологии обучения и воспитания, утвержденные Республиканским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебно-методическим советом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z129" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      46. Комиссияның педагогтің біліктілік санатын мерзімінен бұрын беру бойынша шешім қабылдау жөніндегі жұмыс тәртібі осы Қағидалардың </w:t>
-[...9 lines deleted...]
-        <w:t>6</w:t>
+      46. Порядок работы Комиссии по принятию решения по досрочному присвоению квалификационной категории педагога изложена в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктах 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3225,452 +3417,522 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>17-тармақтарында</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> реттелген.</w:t>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z130" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-параграф. Педагогтерге біліктілік санатын беру рәсімінсіз біліктілік санатын беру тәртібі</w:t>
+        <w:t xml:space="preserve"> Параграф 3. Порядок присвоения квалификационной категории педагогам без прохождения процедуры присвоения квалификационной категории</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z131" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      47. Жоғары оқу орындарының, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының түлектеріне жұмысқа алғаш рет қабылданғанда "педагог-модератор" біліктілік санатын алу үшін ұлттық біліктілік тестілеуі теріс нәтиже көрсетсе, "педагог" біліктілік санаты беріледі.</w:t>
+        <w:t xml:space="preserve">
+      47. Выпускникам высших учебных заведений и организаций технического и профессионального, послесреднего образования при поступлении на работу впервые, показавшим отрицательный результат национального квалификационного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тестирования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на квалификационную категорию "педагог-модератор", присваивается квалификационная категория "педагог".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z132" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      48. Техникалық және кәсіптік, орта білімнен кейінгі, жоғары, жоғары оқу орнынан кейінгі оқу орнын "үздік" бітірген адамдарға "педагог-модератор" біліктілік санаты ұлттық біліктілік тестілеуінен өтпей беріледі.</w:t>
+      48. Лицам, окончившим техническое и профессиональное, послесреднее, высшее, послевузовское учебное заведение, с "отличием" квалификационная категория "педагог-модератор" присваиваются без прохождения национального квалификационного тестирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z133" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      49. "Болашақ" бағдарламасының түлектері болып табылатын адамдарға, сондай-ақ Президенттік кадрлық резервке енген адамдарға, "Болашақ" бағдарламасы бойынша оқу үшін ұсынылған тізімге кіретін шетелдік жоғары оқу орындарының түлектеріне жеке өтініші негізінде біліктілік санатын беру рәсімінсіз "педагог-зерттеуші" біліктілік санаты беріледі.</w:t>
+      49. Лицам, являющимся выпускниками программы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Болашақ"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, а также лицам, вошедшим в Президентский кадровый резерв, выпускникам зарубежных высших учебных заведений, входящих в список рекомендованных для обучения по программе "Болашак", присваивается квалификационная категория "педагог-исследователь" без прохождения процедуры присвоения квалификационной категории на основании личного заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z134" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      50. "Педагог-модератор" біліктілік санаты CLIL әдістемесі және шет тілін меңгеру деңгейі бойынша сертификаты бар шетел (ағылшын, неміс, француз) тілдерінің:</w:t>
+      50. Квалификационная категория "педагог-модератор" присваивается без прохождения процедуры присвоения квалификационной категории на основании личного заявления педагогам иностранных (английский, немецкий, французский) языков, имеющим сертификаты по методике CLIL и уровню владения иностранным языком:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z135" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ағылшын тілі бойынша: IELTS - 6,5 балл; TOEFL - 60-65 балл;</w:t>
+        <w:t xml:space="preserve">
+      английский язык: IELTS – 6,5 баллов; TOEFL – 60 - 65 баллов; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z136" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      француз тілі бойынша: DELF - С1;</w:t>
+      французский язык: DELF – С1;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z137" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неміс тілі бойынша: Goethe Zertifikat - С1 менгерген педагогтеріне жеке өтініші негізінде біліктілік санатын беру рәсімінен өтпей беріледі.</w:t>
+      немецкий язык: Goethe Zertifikat – С1.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z138" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Педагог-сарапшы" біліктілік санаты CLIL әдістемесі және шет тілін меңгеру деңгейі бойынша сертификаты бар шетел (ағылшын, неміс, француз) тілдерінің:</w:t>
+      Квалификационная категория "педагог-эксперт" присваивается без прохождения процедуры присвоения квалификационной категории на основании личного заявления педагогам иностранных (английский, немецкий, французский) языков, имеющим сертификаты по методике CLIL и уровню владения иностранным языком:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z139" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ағылшын тілі бойынша: IELTS - 6,5 балл; TOEFL - 66-78 балл;</w:t>
+      английский язык: IELTS – 6,5 баллов; TOEFL – 66 - 78 баллов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z140" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      француз тілі бойынша: DELF - С1;</w:t>
+      французский язык: DELF – С1;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z141" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неміс тілі бойынша: Goethe Zertifikat - С1 менгерген педагогтеріне жеке өтініші негізінде біліктілік санатын беру рәсімінен өтпей беріледі.</w:t>
+      немецкий язык: Goethe Zertifikat – С1.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z142" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Педагог-зерттеуші" біліктілік санаты CLIL әдістемесі және шет тілін меңгеру деңгейі бойынша сертификаты бар шетел (ағылшын, неміс, француз) тілдерінің:</w:t>
+      Квалификационная категория "педагог-исследователь" присваивается без прохождения процедуры присвоения квалификационной категории на основании личного заявления педагогам иностранных (английский, немецкий, французский) языков, имеющим сертификаты по методике CLIL и уровню владения иностранным языком:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z143" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ағылшын тілі бойынша: IELTS - 7 балл; TOEFL - 79-95 балл;</w:t>
+      английский язык: IELTS – 7 баллов; TOEFL – 79 - 95 баллов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z144" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      француз тілі бойынша: DELF - С2;</w:t>
+      французский язык: DELF – С2;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z145" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неміс тілі бойынша: Goethe Zertifikat - С2 менгерген педагогтеріне жеке өтініші негізінде біліктілік санатын беру рәсімінен өтпей беріледі.</w:t>
+      немецкий язык: Goethe Zertifikat – С2.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z146" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Педагог-шебер" біліктілік санаты CLIL әдістемесі және шет тілін меңгеру деңгейі бойынша сертификаты бар шетел (ағылшын, неміс, француз) тілдерінің:</w:t>
+      Квалификационная категория "педагог-мастер" присваивается без прохождения процедуры присвоения квалификационной категории на основании личного заявления педагогам иностранных (английский, немецкий, французский) языков, имеющим сертификаты по методике CLIL и уровню владения иностранным языком:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z147" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ағылшын тілі бойынша: IELTS -7,7 балл; TOEFL - 96 - 110 балл;</w:t>
+      английский язык: IELTS – 7,7 баллов; TOEFL – 96 - 110 баллов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z148" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      француз тілі бойынша: DELF - С2;</w:t>
+      французский язык: DELF – С2;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z149" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неміс тілі бойынша: Goethe Zertifikat - С2 менгерген педагогтеріне жеке өтініші негізінде біліктілік санатын беру рәсімінен өтпей беріледі.</w:t>
+      немецкий язык: Goethe Zertifikat – С2.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z150" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      51. Жоғарыда аталған сертификаттары жоқ шет тілдерінің педагогтері біліктілік санатын беру рәсімінен жалпы негізде өтеді.</w:t>
+      51. Педагоги иностранных языков, не имеющие вышеназванные сертификаты, проходят процедуру присвоения квалификационной категории на общих основаниях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3704,90 +3966,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 1 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t xml:space="preserve">квалификационных категорий педагогам </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3808,1015 +4057,983 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t xml:space="preserve">форма </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z153" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Портфолионы қабылдау-табыстау актісі</w:t>
+        <w:t xml:space="preserve">                          Акт приема-передачи портфолио</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z154" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "___" ________ 20__ ж.</w:t>
+       "___"________ 20__ г.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z155" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Біз, төменде қол қоюшылар, Сараптамалық кеңестің төрағасы</w:t>
+      Мы, нижеподписавшиеся, Председатель Экспертного совета</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z156" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (соответствующий уровень) (Ф.И.О. (отчество при наличии)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z157" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (тиісті деңгей) (Т.А.Ә. (болған жағдайда)</w:t>
+      с одной стороны, и</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z158" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бір тараптан және Комиссия төрағасы</w:t>
+      Председатель Комиссии _________________ ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (соответствующий уровень) (Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z159" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________            ________________________________________ </w:t>
+        <w:t>
+      с другой стороны, составили акт о том, что были переданы и приняты портфолио (в электронном/бумажном формате):</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="151"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1180"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1921"/>
+        <w:gridCol w:w="1553"/>
+        <w:gridCol w:w="6085"/>
+        <w:gridCol w:w="1554"/>
+        <w:gridCol w:w="1554"/>
+        <w:gridCol w:w="1554"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1553" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6839" w:type="dxa"/>
+            <w:tcW w:w="6085" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т.А.Ә. (болған жағдайда)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1180" w:type="dxa"/>
+ФИО (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1554" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымы</w:t>
+Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілік санаты</w:t>
+Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
-[...65 lines deleted...]
-Өтініш берілетін</w:t>
+            <w:tcW w:w="1554" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Действующая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1554" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заявляемая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6839" w:type="dxa"/>
+            <w:tcW w:w="6085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="1554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6839" w:type="dxa"/>
+            <w:tcW w:w="6085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="1554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="1554" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z160" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Тапсырды: _______ ___________________ Сараптамалық </w:t>
+        <w:t>
+      Передал: _______ ____________________________Председатель экспертной комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)       (Ф.И.О. (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Принял: ________ _______________________________________ Председатель комиссии по</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (подпись)       (Ф.И.О. (при наличии)                  присвоению (подтверждению)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       квалификационной категории</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...88 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="152"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4850,90 +5067,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 2 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4954,6973 +5158,7417 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="69"/>
+    <w:bookmarkStart w:name="z163" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін мектепке дейінгі тәрбие мен оқыту ұйымы педагогінің портфолиосын бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Критерии оценивания портфолио педагога организации дошкольного воспитания и обучения на присвоение (подтверждение) квалификационной категории</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="700"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3575"/>
+        <w:gridCol w:w="818"/>
+        <w:gridCol w:w="2072"/>
+        <w:gridCol w:w="2801"/>
+        <w:gridCol w:w="3232"/>
+        <w:gridCol w:w="3377"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
+            <w:tcW w:w="818" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау өлшемшарттары</w:t>
+Критерии оценивания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілік санаты</w:t>
+Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Педагог-модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2761" w:type="dxa"/>
-[...101 lines deleted...]
-Педагог-шебер</w:t>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
-[...173 lines deleted...]
-Тәрбиеленушілердің біліктері мен дағдыларының қалыптасу деңгейін арттыру динамикасы-15%</w:t>
+            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень сформированности умений и навыков у воспитанников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамика повышения уровня сформированности умений и навыков у воспитанников - на 3%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамика повышения уровня сформированности умений и навыков у воспитанников - на 7%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамика повышения уровня сформированности умений и навыков у воспитанников - на 10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамика повышения уровня сформированности умений и навыков у воспитанников - на 15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
-[...173 lines deleted...]
-Сабақтарды бақылау парақтары (әдістемелік кабинеттер (орталықтар) (облыстың/ республикалық маңызы бар қалалар мен астананың) өкілдерінің ұсынымдарымен) (3-тен кем емес)</w:t>
+            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Качество проведения занятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей организации образования (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей методических кабинетов (центров) (района/города) (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей методических кабинетов (центров) (области/городов республиканского значения и столицы) (не менее 3-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий (с рекомендациями представителей методических кабинетов (центров) (области/городов республиканского значения и столицы) (не менее 3-х)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
-[...173 lines deleted...]
-Республикалық/ халықаралық деңгей (бар болған жағдайда)</w:t>
+            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижения воспитанников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень района/города (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень области/городов республиканского значения и столицы (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский/ международный уровень (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
-[...173 lines deleted...]
-Республикалық деңгей (өз авторлық идеясын іске асыру негізінде)</w:t>
+            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обобщение педагогического опыта 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский уровень (на основе реализации собственной авторской идеи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
-[...29 lines deleted...]
-Педагогтің кәсіби жетістіктері</w:t>
+            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Профессиональные достижения педагога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіби конкурстарға, олимпиадаларға және өзге де іс-шараларға қатысу</w:t>
+Участие в профессиональных конкурсах, олимпиадах и иных мероприятиях</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z164" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1 Тиісті деңгейдегі деректер банкіне тәжірибе енгізу туралы құжат, конференцияларда сөз сөйлеу (іс-шара бағдарламасы және іс-шара жинағында жарияланған сөз сөйлеу мәтіні қоса беріледі), әдістемелік материалдарды әзірлеу (тиісті деңгейдегі оқу-әдістемелік кеңес мақұлдаған), семинарлар, мастер-кластар өткізу</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документ о внесении опыта в банк данных соответствующего уровня, выступление на конференциях (прилагается программа мероприятия и текст выступления, опубликованный в сборнике мероприятия), разработка методических материалов (одобренных учебно-методическим советом соответствующего уровня), проведение семинаров, мастер - классов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z165" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Ескерту: біліктілік санатын беруге (растауға) арналған педагог портфолиосын бағалаудың барлық өлшемшарттары санат беру (растау) рәсімдері арасындағы кезең ішінде ұсынылады, міндетті болып табылады.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: все критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории представляются за период между процедурами присвоения (подтверждения) категории, являются обязательными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z166" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін жалпы орта білім беру ұйымы педагогінің портфолиосын бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Критерии оценивания портфолио педагога организаций общего среднего образования на присвоение (подтверждение) квалификационной категории</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="156"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="706"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3499"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="1938"/>
+        <w:gridCol w:w="2868"/>
+        <w:gridCol w:w="3310"/>
+        <w:gridCol w:w="3457"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
+            <w:tcW w:w="727" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау өлшемшарттары</w:t>
+Критерии оценивания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілік санаты</w:t>
+Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Педагог-модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2785" w:type="dxa"/>
-[...101 lines deleted...]
-Педагог-шебер</w:t>
+            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
-[...173 lines deleted...]
-Білім сапасының өсудинамикасы - 15%</w:t>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Качество знаний обучающихся1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамика роста качества знаний - на 3%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамика роста качества знаний - на 7%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамика роста качества знаний - на 10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамика роста качества знаний - на 15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
-[...173 lines deleted...]
-Сабақтарды бақылау парақтары (әдістемелік кабинеттер (орталықтар) (облыстың/республикалық маңызы бар қалалардың және астананың) өкілдерінің ұсынымдарымен) (3-тен кем емес)</w:t>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Качество преподавания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков с рекомендациями представителей организации образования (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков с рекомендациями представителей методических кабинетов (центров) (района/города) (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков с рекомендациями представителей методических кабинетов (центров) (области/городов республиканского значения и столицы) (не менее 3-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков (с рекомендациями представителей методических кабинетов (центров) (области/городов республиканского значения и столицы) (не менее 3-х)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
-[...173 lines deleted...]
-Республикалық/ халықаралық деңгей</w:t>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижения обучающихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский/ международный уровень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
-[...173 lines deleted...]
-Республикалық деңгей (өз авторлық идеясын іске асыру негізінде)</w:t>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обобщение педагогического опыта 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский уровень (на основе реализации собственной авторской идеи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="706" w:type="dxa"/>
-[...29 lines deleted...]
-Педагогтің кәсіби жетістіктері</w:t>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Профессиональные достижения педагога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіби конкурстарға, олимпиадаларға қатысу</w:t>
+Участие в профессиональных конкурсах, олимпиадах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z167" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1 Егер білім сапасы кемінде 70% құраса, бұл өлшемшарт міндетті емес;</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Данный критерий является не обязательным, в случае если качество знаний составляет не менее 70%.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z168" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2 Тиісті деңгейдегі деректер банкіне тәжірибе енгізу туралы құжат, конференцияларда, симпозиумдарда сөз сөйлеу (іс-шара бағдарламасы және іс-шара жинағында жарияланған сөз сөйлеу мәтіні қоса беріледі), әдістемелік материалдарды әзірлеу (тиісті деңгейдегі оқу-әдістемелік кеңес мақұлдаған), семинарлар, мастер-кластар өткізу</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документ о внесении опыта в банк данных соответствующего уровня, выступление на конференциях, симпозиумах (прилагается программа мероприятия и текст выступления, опубликованный в сборнике мероприятия), разработка методических материалов (одобренных учебно-методическим советом соответствующего уровня), проведение семинаров, мастер - классов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z169" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Ескерту: біліктілік санатын беру (растау) үшін педагогтің портфолиосын бағалаудың барлық өлшемшарттары санат беру (растау) рәсімдері арасындағы кезең ішінде ұсынылады, міндетті болып табылады.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: все критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории представляются за период между процедурами присвоения (подтверждения) категории, являются обязательными.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z170" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымы педагогінің портфолиосын бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Критерии оценивания портфолио педагога организаций технического и профессионального, послесреднего образования на присвоение (подтверждение) квалификационной категории</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="160"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1526"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3299"/>
+        <w:gridCol w:w="1633"/>
+        <w:gridCol w:w="2193"/>
+        <w:gridCol w:w="2194"/>
+        <w:gridCol w:w="3065"/>
+        <w:gridCol w:w="3215"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcW w:w="1633" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау өлшемшарттары</w:t>
+Критерии оценивания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілік санаты</w:t>
+Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2088" w:type="dxa"/>
+            <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Педагог-модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2088" w:type="dxa"/>
-[...101 lines deleted...]
-Педагог-шебер</w:t>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...173 lines deleted...]
-Білім сапасының өсу динамикасы - 15%</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Качество знаний обучающихся1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+динамика роста качества знаний на 3%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+динамика роста качества знаний на 7%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+динамика роста качества знаний на 10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+динамика роста качества знаний на 15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...173 lines deleted...]
-Жалпы сағат көлемі 288 сағаттан кем емес</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прохождение курсов повышения квалификации (без учета онлайн-курсов и дистанционного обучения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+суммарный объем часов составляет не менее 72 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+суммарный объем часов составляет не менее 144 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+суммарный объем часов составляет не менее 216 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+суммарный объем часов составляет не менее 288 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...173 lines deleted...]
-Педагог пайдаланатын оқыту технологиялары көрсетілген ТжКБ ұйымы басшысының пікірі (үшеуден кем емес)</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внедрение инновационных образовательных технологий обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отзыв методиста с указанием используемых педагогом технологий обучения (не менее одной)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отзыв заместителя руководителя организации ТиПО с указанием используемых педагогом технологий обучения (не менее одной)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отзыв руководителя организации ТиПО с указанием используемых педагогом технологий обучения (не менее двух)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отзыв руководителя организации ТиПО с указанием используемых педагогом технологий обучения (не менее трех)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...173 lines deleted...]
-Білім беруді басқару органдары өкілдерінің ұсынымдары бар сабақтарды бақылау парақтары (облыс/республикалық маңызы бар қалалар және астана) (3-тен кем емес)</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Качество преподавания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей организации образования (не менее 2-х при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей организации образования (не менее 3-х при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей органа управления образования (область/городов республиканского значения и столицы) (не менее 3-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий (с рекомендациями представителей органа управления образования (область/городов республиканского значения и столицы) (не менее 3-х)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...173 lines deleted...]
-Республикалық/ халықаралық деңгей</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижения обучающихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень области/городов или республики республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский/ международный уровень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...173 lines deleted...]
-Республикалық деңгей (өз авторлық идеясын іске асыру негізінде)</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обобщение итогов деятельности 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский уровень (на основе реализации собственной авторской идеи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1526" w:type="dxa"/>
-[...29 lines deleted...]
-Педагогтің кәсіби жетістіктері</w:t>
+            <w:tcW w:w="1633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Профессиональные достижения педагога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіби конкурстарға, олимпиадаларға және өзге де іс-шараларға қатысу</w:t>
+Участие в профессиональных конкурсах, олимпиадах и иных мероприятиях</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z171" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1 Егер білім сапасы кемінде 70% құраса, бұл өлшемшарт міндетті емес;</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Данный критерий является не обязательным, в случае если качество знаний составляет не менее 70%.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z172" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2 Тиісті деңгейдегі деректер банкіне тәжірибе енгізу туралы құжат, конференцияларда, симпозиумдарда сөз сөйлеу (іс-шара бағдарламасы және іс-шара жинағында жарияланған сөз сөйлеу мәтіні қоса беріледі), әдістемелік материалдарды әзірлеу, семинарлар, мастер-кластар өткізу</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документ о внесении опыта в банк данных соответствующего уровня, выступления на конференциях, симпозиумах (прилагается программа мероприятия и текст выступления, опубликованный в сборнике мероприятия), разработка методических материалов, проведение семинаров, мастер - классов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z173" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Ескерту: біліктілік санатын беру (растау) үшін педагогтің портфолиосын бағалаудың барлық өлшемшарттары санат беру (растау) рәсімдері арасындағы кезең ішінде ұсынылады, міндетті болып табылады.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: все критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории представляются за период между процедурами присвоения (подтверждения) категории, являются обязательными.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z174" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін қосымша білім беру ұйымы педагогінің портфолиосын бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Критерии оценивания портфолио педагога организаций дополнительного образования на присвоение (подтверждение) квалификационной категории</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="164"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1938"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3127"/>
+        <w:gridCol w:w="1736"/>
+        <w:gridCol w:w="1769"/>
+        <w:gridCol w:w="2618"/>
+        <w:gridCol w:w="3021"/>
+        <w:gridCol w:w="3156"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
+            <w:tcW w:w="1736" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау өлшемшарттары</w:t>
+Критерии оценивания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілік санаты</w:t>
+Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1778" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Педагог-модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2489" w:type="dxa"/>
-[...101 lines deleted...]
-Педагог-шебер</w:t>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...173 lines deleted...]
-Бағдарлама 90% меңгерілді</w:t>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень освоения выбранной образовательной программы обучающимися, воспитанниками (согласно разработанному диагностическому инструментарию1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа освоена на 40%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа освоена на 60%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа освоена на 80%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа освоена на 90%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...173 lines deleted...]
-Сабақтарды бақылау парақтары (әдістемелік кабинеттер (орталықтар) (облыстың/республикалық маңызы бар қалалардың және астананың) өкілдерінің ұсынымдарымен) (3-тен кем емес)</w:t>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Качество преподавания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей организации образования (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей методических кабинетов (центров) (района/города) (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей методических кабинетов (центров) (области/городов республиканского значения и столицы) (не менее 3-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий (с рекомендациями представителей методических кабинетов (центров) (области/городов республиканского значения и столицы) (не менее 3-х)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...173 lines deleted...]
-Республикалық/халықаралық деңгей</w:t>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижения обучающихся, воспитанников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский/ международный уровень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...173 lines deleted...]
-Республикалық деңгей (өз авторлық идеясын іске асыру негізінде)</w:t>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обобщение педагогического опыта 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский уровень (на основе реализации собственной авторской идеи образовательной программы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...29 lines deleted...]
-Педагогтің кәсіби жетістіктері</w:t>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Профессиональные достижения педагога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіби конкурстарға, олимпиадаларға қатысу</w:t>
+Участие в профессиональных конкурсах, олимпиадах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z175" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1 Әрбір білім беру бағдарламасы үшін диагностикалық құралдарды қосымша білім беру ұйымы әзірлейді;</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Диагностический инструментарий для каждой образовательной программы разрабатывается организацией дополнительного образования</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z176" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2 Тиісті деңгейдегі деректер банкіне тәжірибе енгізу туралы құжат, конференцияларда, симпозиумдарда сөз сөйлеу (іс-шара бағдарламасы және іс-шара жинағында жарияланған сөз сөйлеу мәтіні қоса беріледі), қызмет бағыты бойынша білім беру бағдарламаларын немесе оқу-әдістемелік кешендерді әзірлеу (тиісті деңгейдегі оқу-әдістемелік кеңес мақұлдаған), семинарлар, мастер-кластар өткізу</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документ о внесении опыта в банк данных соответствующего уровня, выступление на конференциях, симпозиумах (прилагается программа мероприятия и текст выступления, опубликованный в сборнике мероприятия), разработка образовательных программ или учебно-методических комплексов по направлению деятельности (одобренных учебно-методическим советом соответствующего уровня), проведение семинаров, мастер - классов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z177" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Ескерту: біліктілік санатын беру (растау) үшін педагогтің портфолиосын бағалаудың барлық өлшемшарттары санат беру (растау) рәсімдері арасындағы кезең ішінде ұсынылады, міндетті болып табылады.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: все критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории представляются за период между процедурами присвоения (подтверждения) категории, являются обязательными.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z178" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін педагогтің портфолиосын бағалау өлшемшарттары (арнайы білім беру ұйымдарының, білім беру ұйымдарындағы арнайы сыныптардың (топтардың) педагогтері үшін)</w:t>
+        <w:t xml:space="preserve"> Критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории (для педагогов специальных организаций образования, специальных классов (групп) в организациях образования)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="168"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1704"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2317"/>
+        <w:gridCol w:w="1709"/>
+        <w:gridCol w:w="1965"/>
+        <w:gridCol w:w="2916"/>
+        <w:gridCol w:w="3365"/>
+        <w:gridCol w:w="2345"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1704" w:type="dxa"/>
+            <w:tcW w:w="1709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау өлшемшарттары</w:t>
+Критерии оценивания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілік санаты</w:t>
+Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2316" w:type="dxa"/>
+            <w:tcW w:w="1965" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Педагог-модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2673" w:type="dxa"/>
-[...101 lines deleted...]
-Педагог-шебер</w:t>
+            <w:tcW w:w="2916" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1704" w:type="dxa"/>
-[...175 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результативность деятельности специалиста по реализации индивидуальной развивающей программы (за исключением педагогов ПМПК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z179" w:id="169"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация индивидуальной развивающей программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40%-50%</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="169"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2916" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z180" w:id="170"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация индивидуальной развивающей программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50%-60%</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="170"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z181" w:id="171"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация индивидуальной развивающей программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60%-70%</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="171"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z182" w:id="172"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация индивидуальной развивающей программы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70%-80%</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="172"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1704" w:type="dxa"/>
-[...173 lines deleted...]
-Облыстық әдістемелік кабинеттер (орталықтар) өкілдерінің ұсынымдары бар сабақтарды бақылау парақтары (3-тен кем емес)</w:t>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Качество коррекционно-развивающих занятий (за исключением педагогов ПМПК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей организации образования (не менее 2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2916" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей методических кабинетов (центров) (района/города) (не менее 2-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей методических кабинетов (центров) (области/городов республиканского значения и столицы) (не менее 3-х)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий с рекомендациями представителей областных методических кабинетов (центров) (не менее 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1704" w:type="dxa"/>
-[...173 lines deleted...]
-Республикалық деңгей (өз авторлық идеясын іске асыру негізінде)</w:t>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обобщение педагогического опыта 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2916" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень района/города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень области/городов республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский уровень (на основе реализации собственной авторской идеи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1704" w:type="dxa"/>
-[...29 lines deleted...]
-Педагогтің кәсіби жетістіктері</w:t>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Профессиональные достижения педагога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіби конкурстарға, олимпиадаларға қатысу</w:t>
+Участие в профессиональных конкурсах, олимпиадах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z183" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1 Тиісті деңгейдегі деректер банкіне тәжірибе енгізу туралы құжат, конференцияларда, симпозиумдарда сөз сөйлеу (іс-шара бағдарламасы және іс-шара жинағында жарияланған сөз сөйлеу мәтіні қоса беріледі), әдістемелік материалдарды әзірлеу (тиісті деңгейдегі оқу-әдістемелік кеңес мақұлдаған), семинарлар, мастер-кластар өткізу.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документ о внесении опыта в банк данных соответствующего уровня, выступления на конференциях, симпозиумах (прилагается программа мероприятия и текст выступления, опубликованный в сборнике мероприятия), разработка методических материалов (одобренных учебно-методическим советом соответствующего уровня), проведение семинаров, мастер классов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z184" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Ескерту: біліктілік санатын беру (растау) үшін педагогтің портфолиосын бағалаудың барлық өлшемшарттары санат беру (растау) рәсімдері арасындағы кезең ішінде ұсынылады, міндетті болып табылады.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: все критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории представляются за период между процедурами присвоения (подтверждения) категории, являются обязательными.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z185" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін әдістемелік кабинеттер (орталықтар) әдіскерлерінің портфолиосын бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Критерии оценивания портфолио методистов методических кабинетов (центров) на присвоение (подтверждение) квалификационной категории</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="175"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4510"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2307"/>
+        <w:gridCol w:w="4242"/>
+        <w:gridCol w:w="1039"/>
+        <w:gridCol w:w="1163"/>
+        <w:gridCol w:w="2802"/>
+        <w:gridCol w:w="3054"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
+            <w:tcW w:w="4242" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағалау өлшемшарттары</w:t>
+Критерии оценивания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілік санаты</w:t>
+Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Педагог-модератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-[...101 lines deleted...]
-Педагог-шебер</w:t>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-эксперт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-исследователь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcW w:w="4242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие разработанных методических пособий, рекомендаций, учебно-методических комплексов, одобренных учебно-методическим советом соответствующего уровня (автор/соавтор)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-[...103 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z186" w:id="176"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(районный/городской уровень)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="176"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z187" w:id="177"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 2-х</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(областной уровень)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="177"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z188" w:id="178"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 3-х</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(республиканский или международный уровень)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="178"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
-[...173 lines deleted...]
-5-тен кем емес, оның ішінде 3-і республикалық и халықаралық деңгейде</w:t>
+            <w:tcW w:w="4242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Публикации в психолого-педагогических изданиях, выступления на научно-практических конференциях, семинарах, съездах, форумах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 2-х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 3-х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 4-х, в том числе не менее 2-х – республиканского уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 5-ти, в том числе не менее 3-х – республиканского и международного уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
-[...175 lines deleted...]
-          </w:p>
+            <w:tcW w:w="4242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наблюдение уроков/занятий педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z189" w:id="179"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков/занятий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(не менее 5)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="179"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z190" w:id="180"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков/занятий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(не менее10)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="180"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z191" w:id="181"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков/занятий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(не менее 15)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z192" w:id="182"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков/занятий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(не менее 20)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="182"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
-[...29 lines deleted...]
-Жобаларға, зерттеу, инновациялық, эксперименталды қызметке қатысу (эксперименталды/инновациялық алаңның қызметін ұйымдастыру және үйлестіру, зерттеулер жүргізу, жобаларға (әдістемелік, дипломдық және т. б.) рецензия беру</w:t>
+            <w:tcW w:w="4242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Участие в проектах, исследовательской, инновационной, экспериментальной деятельности (организация и координация деятельности экспериментальной/инновационной площадки, проведение исследований, рецензирование проектов (методических, дипломных и др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім беру ұйымының басшысы қол қойған аралық/қорытынды нәтижелерді ұсыну арқылы қатысу туралы анықтама; рецензиялардың көшірмелері</w:t>
+Справка об участии с представлением промежуточных/итоговых результатов, подписанная руководителем организации образования; копии рецензий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
-[...29 lines deleted...]
-Әдіскердің кәсіби жетістіктері</w:t>
+            <w:tcW w:w="4242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Профессиональные достижения методиста</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіби конкурстарға, олимпиадаларға (аудандық/қалалық әдістемелік кабинеттердің әдіскерлері - облыстық деңгейден төмен емес; облыстық әдістемелік кабинеттердің әдіскерлері - республикалық деңгейден төмен емес) немесе республикалық деңгейдегі жұмыс топтарына қатысу</w:t>
+Участие в профессиональных конкурсах, олимпиадах (методисты районных/городских методических кабинетов - не ниже областного уровня; методисты областных методических кабинетов - не ниже республиканского уровня) или рабочих группах республиканского уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z193" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Ескерту: біліктілік санатын беру (растау) үшін педагогтің портфолиосын бағалаудың барлық өлшемшарттары санат беру (растау) рәсімдері арасындағы кезең ішінде ұсынылады, міндетті болып табылады.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: все критерии оценивания портфолио педагога на присвоение (подтверждение) квалификационной категории представляются за период между процедурами присвоения (подтверждения) категории, являются обязательными.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="183"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11954,319 +12602,241 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 3 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...77 lines deleted...]
-              <w:t>нысан</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="70"/>
+    <w:bookmarkStart w:name="z195" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сабақтарды бақылау парағы (сабақтың бейнежазбасы рұқсат етіледі)</w:t>
+        <w:t xml:space="preserve"> Лист наблюдения уроков/занятий (допускается видеозапись урока/занятия)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2301"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3632"/>
+        <w:gridCol w:w="2411"/>
+        <w:gridCol w:w="6083"/>
+        <w:gridCol w:w="3806"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сабақты бақылау күні:</w:t>
+Дата наблюдения урока:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сынып:</w:t>
+Класс:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пәні: Тақырыбы:</w:t>
+Предмет: Тема:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12306,378 +12876,380 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бақылаушы:</w:t>
+Наблюдатель:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...65 lines deleted...]
-Бағалау (v)</w:t>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Элементы наблюдения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отметка (v)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представлен план урока</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...29 lines deleted...]
-Күтілетін нәтижесі:</w:t>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z196" w:id="185"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ожидаемые результаты:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оқыту мақсатына сай келеді:</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+соответствуют целям обучения</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="185"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12690,87 +13262,87 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+учитывают потребности обучающихся/воспитанников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12783,436 +13355,436 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+направлены на развитие исследовательских навыков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог вовлекает обучающихся в постановку целей урока и ожидаемых результатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На каждом этапе урока педагог вовлекает всех обучающихся в активное обучение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При организации изучения учебного материала педагог обеспечивает:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13225,87 +13797,87 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+удовлетворение потребностей обучающихся/воспитанников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13318,204 +13890,204 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+развитие способностей обучающихся/воспитанников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В ходе урока педагог использует ресурсы ИКТ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13528,87 +14100,87 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+использует готовые цифровые образовательные ресурсы для достижения образовательных результатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13621,87 +14193,87 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+использует собственные цифровые образовательные ресурсы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13714,435 +14286,435 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+задействует сетевые ресурсы для совместной работы учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог отслеживает прогресс каждого обучающегося/воспитанника по достижению целей обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог вовлекает обучающихся/воспитанников в процесс оценивания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6367" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог создает условия для предоставления обучающимися/воспитанниками конструктивной обратной связи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14173,57 +14745,57 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қосымша бақылау элементтері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3632" w:type="dxa"/>
+Дополнительные элементы наблюдения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14260,51 +14832,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14341,51 +14913,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14422,51 +14994,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3632" w:type="dxa"/>
+            <w:tcW w:w="3806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14497,702 +15069,707 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кері байланыс және ұсынымдар:</w:t>
+Обратная связь и рекомендации:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z197" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бақылаушы: _______________________________________________________________</w:t>
+      Наблюдатель: _____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               Подпись, ФИО (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z198" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сабақтарды бақылау парағы (арнайы білім беру ұйымдарының, білім беру ұйымдарындағы арнайы сыныптардың (топтардың) педагогтері үшін (сабақтың бейнежазбасы рұқсат етіледі)</w:t>
+        <w:t xml:space="preserve"> Лист наблюдения занятий (для педагогов специальных организаций образования, специальных классов (групп) в организациях образования (допускается видеозапись урока)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="187"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2882"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3177"/>
+        <w:gridCol w:w="2783"/>
+        <w:gridCol w:w="6449"/>
+        <w:gridCol w:w="1534"/>
+        <w:gridCol w:w="1534"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Сабақты бақылау күні:</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата наблюдения занятия:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Баланың тобы немесе жасы:</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Группа или возраст ребенка:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Диагнозы:</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диагноз:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Пәні: Тақырыбы:</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предмет: Тема:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Педагог:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Бақылаушы:</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наблюдатель:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...65 lines deleted...]
-Бағалау (v)</w:t>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Элементы наблюдения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отметка (v)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представлена индивидуальная развивающая программа или коррекционно-развивающая программа индивидуальной/групповой работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...29 lines deleted...]
-Күтілетін нәтижелер:</w:t>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z199" w:id="188"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ожидаемые результаты:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қойылған мақсаттарға сәйкес</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+соответствуют поставленным целям</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="188"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15205,87 +15782,88 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+учитывают возрастные особенности детей и степень выраженности нарушения развития ребенка (детей)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15298,436 +15876,440 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+направлены на коррекцию нарушения развития ребенка (детей)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При планировании занятия учитывались индивидуальные особенности и зона ближайшего развития ребенка (детей)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог использует психологический настрой на выполнение заданий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При формировании навыков педагог учитывает:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15740,87 +16322,88 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нарушение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15833,87 +16416,88 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+возраст ребенка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15926,87 +16510,88 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+максимальные возможности и способности ребенка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16019,87 +16604,88 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+уровень развития ребенка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16112,218 +16698,222 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предметная среда (в кабинете и дома)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...29 lines deleted...]
-Сабақ барысында педагог:</w:t>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z200" w:id="189"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В ходе занятия педагог:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-дидактикалық материал мен АКТ ресурстарын қолданады</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+использует дидактический материал и ресурсы ИКТ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="189"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16336,87 +16926,88 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+использует готовые компьютерные программы для достижения результатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16429,87 +17020,88 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+использует собственные методические пособия, программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16522,988 +17114,915 @@
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+задействует родителей для совместной работы над процессом реабилитации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог мотивирует ребенка при выполнении заданий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="6449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог оценивает деятельность ребенка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дополнительные элементы наблюдения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6241" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="1534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="6241" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="6241" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="6241" w:type="dxa"/>
+            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3177" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2882" w:type="dxa"/>
-[...107 lines deleted...]
-</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обратная связь и рекомендации:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z201" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бақылаушы: _______________________________________________________________</w:t>
+      Наблюдатель: ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               Подпись, ФИО (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="190"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17537,3026 +18056,2987 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 4 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...77 lines deleted...]
-              <w:t>нысан</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z203" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін мектепке дейінгі тәрбие мен оқыту ұйымы педагогінің портфолиосын бағалау парағы</w:t>
+        <w:t xml:space="preserve">        Лист оценивания портфолио педагога организации дошкольного воспитания</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       и обучения на присвоение (подтверждение) квалификационной категории</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (заявляемая квалификационная категория)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z204" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      __________________________________________________________________ </w:t>
+        <w:t>
+      Педагог: ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="192"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11397"/>
-        <w:gridCol w:w="903"/>
+        <w:gridCol w:w="11496"/>
+        <w:gridCol w:w="804"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...65 lines deleted...]
-Түсініктеме</w:t>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разделы портфолио</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комментарий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Показатели уровня сформированности умений и навыков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Копии документов, подтверждающих достижения воспитанников, копии документов, подтверждающих обобщение опыта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения занятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Копии документов, подтверждающих профессиональные достижения педагога, а также наставничество (кроме "педагога - модератора")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рекомендация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z205" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін жалпы орта білім беру ұйымы педагогінің портфолиосын бағалау парағы</w:t>
+        <w:t xml:space="preserve">        Лист оценивания портфолио педагога организации общего среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             на присвоение (подтверждение) квалификационной категории</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (заявляемая квалификационная категория)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z206" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________________________________________________ </w:t>
+        <w:t>
+      Педагог: _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="194"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11397"/>
-        <w:gridCol w:w="903"/>
+        <w:gridCol w:w="11496"/>
+        <w:gridCol w:w="804"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...65 lines deleted...]
-Түсініктеме</w:t>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разделы портфолио</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комментарий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Показатели качества знаний обучающихся за весь период, включающий результаты внешней оценки учебных достижений, итоговой аттестации учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Копии документов, подтверждающих достижения обучающихся, копии документов, подтверждающих обобщение опыта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Копии документов, подтверждающих профессиональные достижения педагога, а также наставничество (кроме "педагога - модератора")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рекомендация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z207" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Лист оценивания портфолио педагога организации дополнительного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             на присвоение (подтверждение) квалификационной категории</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (заявляемая квалификационная категория)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z208" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Біліктілік санатын беру (растау) үшін қосымша білім беру ұйымы педагогінің _______________________________________________________ </w:t>
+        <w:t>
+      Педагог: _______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (Ф.И.О.(при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="196"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11397"/>
-        <w:gridCol w:w="903"/>
+        <w:gridCol w:w="11496"/>
+        <w:gridCol w:w="804"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...65 lines deleted...]
-Түсініктеме</w:t>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разделы портфолио</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комментарий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Показатели уровня освоения выбранной образовательной программы обучающимися, воспитанниками (согласно разработанному диагностическому инструментарию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Копии документов, подтверждающих достижения обучающихся, воспитанников, копии документов, подтверждающих обобщение опыта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения уроков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Копии документов, подтверждающих профессиональные достижения педагога, а также наставничество (кроме "педагога - модератора")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рекомендация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z209" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін педагогтің портфолиосын бағалау парағы (арнайы білім беру ұйымдарының, білім беру ұйымдарындағы арнайы сыныптардың (топтардың) педагогтері үшін)</w:t>
+        <w:t xml:space="preserve">              Лист оценивания портфолио педагога на присвоение (подтверждение)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квалификационной категории (для педагогов специальных организаций образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             специальных классов (групп) в организациях образования)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (заявляемая квалификационная категория)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z210" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________________________________________________ </w:t>
+        <w:t>
+      Педагог: _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="198"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11397"/>
-        <w:gridCol w:w="903"/>
+        <w:gridCol w:w="11496"/>
+        <w:gridCol w:w="804"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...65 lines deleted...]
-Түсініктеме</w:t>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разделы портфолио</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комментарий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Показатели результативности деятельности специалиста по реализации индивидуальной развивающей программы (за исключением педагогов ПМПК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Копии документов, подтверждающих обобщение опыта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z211" w:id="199"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Листы наблюдения коррекционно-развивающих занятий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(за исключением педагогов ПМПК)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="199"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Копии документов, подтверждающих профессиональные достижения педагога, а также наставничество (кроме "педагога - модератора")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11397" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="903" w:type="dxa"/>
+            <w:tcW w:w="11496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рекомендация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z212" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) үшін әдістемелік кабинеттер (орталықтар) әдіскерлерінің портфолиосын бағалау парағы</w:t>
+        <w:t xml:space="preserve">        Лист оценивания портфолио методистов методических кабинетов (центров)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             на присвоение (подтверждение) квалификационной категории</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (заявляемая квалификационная категория)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z213" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________________________________________________ </w:t>
+        <w:t>
+      Педагог: _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="201"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11758"/>
-        <w:gridCol w:w="542"/>
+        <w:gridCol w:w="11743"/>
+        <w:gridCol w:w="557"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11758" w:type="dxa"/>
-[...65 lines deleted...]
-Түсініктеме</w:t>
+            <w:tcW w:w="11743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разделы портфолио</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комментарий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11758" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcW w:w="11743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие разработанных методических пособий, рекомендаций, учебно-методических комплексов, одобренных учебно-методическим советом соответствующего уровня (автор/соавтор)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11758" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcW w:w="11743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Копии документов, подтверждающих профессиональные достижения методиста, а также наставничество (кроме "педагога - модератора")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11758" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcW w:w="11743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Публикации в психолого-педагогических изданиях, выступления на научно-практических конференциях и семинарах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11758" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcW w:w="11743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Участие в проектах, исследовательской, инновационной, экспериментальной деятельности (организация и координация деятельности экспериментальной/инновационной площадки, проведение исследований, рецензирование проектов (методических, дипломных и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11758" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcW w:w="11743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рекомендация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -20628,817 +21108,704 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 5 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...77 lines deleted...]
-              <w:t>нысан</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z215" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сараптамалық кеңестің педагог қызметінің қорытындыларын кешенді талдамалы жинақтау бойынша ұсынымдары</w:t>
+        <w:t xml:space="preserve"> Рекомендации экспертного совета по комплексному аналитическому обобщению итогов деятельности педагога</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z216" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өтініш берілген біліктілік санаты _____________________________________________</w:t>
+      Заявленная квалификационная категория ___________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="203"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1000"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2253"/>
+        <w:gridCol w:w="1255"/>
+        <w:gridCol w:w="4918"/>
+        <w:gridCol w:w="1255"/>
+        <w:gridCol w:w="2042"/>
+        <w:gridCol w:w="2830"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5794" w:type="dxa"/>
-[...137 lines deleted...]
-Сараптамалық кеңестің ұсынымдары</w:t>
+            <w:tcW w:w="4918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заявляемый уровень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рекомендации экспертного совета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5794" w:type="dxa"/>
+            <w:tcW w:w="4918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1000" w:type="dxa"/>
+            <w:tcW w:w="1255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2253" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z217" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сараптамалық кеңестің құрамы:</w:t>
+      Состав экспертного совета:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z218" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________________ _______________________ _________ </w:t>
+        <w:t>
+      ____________________________________ _________________________ ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ФИО (при наличии)                         место работы, должность (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________ ________________________ ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ФИО (при наличии)                         место работы, должность (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________ ________________________ ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ФИО (при наличии)                         место работы, должность (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________ ________________________ ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ФИО (при наличии)                         место работы, должность (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________ ________________________ ___________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             ФИО (при наличии)                         место работы, должность (подпись)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z219" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т.А.Ә. (болған жағдайда) жұмыс орны, лауазымы (қолы)</w:t>
+      Дата: "__" _________ _____ г.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...160 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="206"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21472,90 +21839,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 6 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -21576,2566 +21930,2548 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z222" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) жөніндегі Комиссия отырысының хаттамасы</w:t>
+        <w:t xml:space="preserve">              Протокол заседания Комиссии на присвоение (подтверждение)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         квалификационной категории</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z223" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "___" ___________________ 20____жыл</w:t>
+      "___"___________________ 20____ года</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z224" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия төрағасы:</w:t>
+      Председатель Комиссии: _________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z225" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
+      Члены Комиссии:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z226" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия мүшелері:</w:t>
+      1. _____________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z227" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. ________________________________________________________________________</w:t>
+      2. _____________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z228" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. ________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссии по итогам этапов присвоения (подтверждения) квалификационной категории:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z229" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">ШЕШІМІ: </w:t>
+        <w:t>
+      Соответствуют заявленной квалификационной категории, следующие педагоги:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="214"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="678"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1529"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="3211"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="1908"/>
+        <w:gridCol w:w="1847"/>
+        <w:gridCol w:w="1847"/>
+        <w:gridCol w:w="1847"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3931" w:type="dxa"/>
-[...209 lines deleted...]
-Берілген біліктілік санаты</w:t>
+            <w:tcW w:w="3211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязательная/ досрочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Имеющаяся квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заявляемая квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Присвоенная квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3931" w:type="dxa"/>
+            <w:tcW w:w="3211" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:tcW w:w="1908" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1953" w:type="dxa"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1953" w:type="dxa"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3931" w:type="dxa"/>
+            <w:tcW w:w="3211" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:tcW w:w="1908" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1953" w:type="dxa"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1953" w:type="dxa"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z230" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Өтініш берілген біліктілік санатына мына педагогтер сәйкес келмейді:</w:t>
+      Не соответствуют заявленной квалификационной категории следующие педагоги:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="215"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="642"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="644"/>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="3010"/>
+        <w:gridCol w:w="768"/>
+        <w:gridCol w:w="1789"/>
+        <w:gridCol w:w="1732"/>
+        <w:gridCol w:w="1732"/>
+        <w:gridCol w:w="1732"/>
+        <w:gridCol w:w="769"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3725" w:type="dxa"/>
-[...245 lines deleted...]
-Себебі</w:t>
+            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязательная/ досрочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Имеющаяся квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заявляемая квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Присвоенная квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Причина</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcW w:w="1789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1448" w:type="dxa"/>
+            <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcW w:w="1789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1448" w:type="dxa"/>
+            <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="642" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="643" w:type="dxa"/>
+            <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcW w:w="1789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1851" w:type="dxa"/>
+            <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1448" w:type="dxa"/>
+            <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="dxa"/>
+            <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z231" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Комиссия төрағасы ______________________________ </w:t>
+        <w:t>
+      Председатель Комиссии _______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Члены Комиссии:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Секретарь: ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...196 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="216"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24169,90 +24505,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 7 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>7-қосымша</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -24273,1526 +24596,1498 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z234" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатының қолданылу мерзімін ұзарту туралы</w:t>
+        <w:t xml:space="preserve">              Протокол заседания Комиссии о продлении срока действия</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         квалификационной категории</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   "___"___________________ 20____ года</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z235" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия отырысының хаттамасы</w:t>
+      Председатель Комиссии: _________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z236" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "___"___________________ 20____ жыл</w:t>
+      Члены Комиссии:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z237" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия төрағасы: ________________________________________________________</w:t>
+      1. _____________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z238" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия мүшелері:</w:t>
+      2. _____________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z239" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. ________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссии по итогам этапов присвоения (подтверждения) квалификационной категории:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z240" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. ________________________________________________________________________</w:t>
+      Продлить сроки квалификационной категории педагогам:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...44 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="223"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1021"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1022"/>
+        <w:gridCol w:w="1209"/>
+        <w:gridCol w:w="4737"/>
+        <w:gridCol w:w="1209"/>
+        <w:gridCol w:w="1967"/>
+        <w:gridCol w:w="1967"/>
+        <w:gridCol w:w="1211"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5916" w:type="dxa"/>
+            <w:tcW w:w="4737" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т.А.Ә. (болған жағдайда)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1021" w:type="dxa"/>
+ФИО (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымы</w:t>
+Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолда бар біліктілік санаты</w:t>
-[...35 lines deleted...]
-Игеру</w:t>
+Имеющаяся квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Действует до</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продлен до</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1211" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5916" w:type="dxa"/>
+            <w:tcW w:w="4737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:tcW w:w="1211" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5916" w:type="dxa"/>
+            <w:tcW w:w="4737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:tcW w:w="1211" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5916" w:type="dxa"/>
+            <w:tcW w:w="4737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:tcW w:w="1211" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z241" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Комиссия төрағасы ______________________________ </w:t>
+        <w:t>
+      Председатель Комиссии _______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Члены Комиссии:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Секретарь: ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...196 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="224"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25826,90 +26121,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 8 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>8-қосымша</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -25930,360 +26212,385 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z244" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагогке біліктілік санатын беру (растау) туралы КУӘЛІК</w:t>
+        <w:t xml:space="preserve">                                УДОСТОВЕРЕНИЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             педагога о присвоении (подтверждении) квалификационной категории</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z245" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы куәлік ________________________________________________________________</w:t>
+      Настоящее удостоверение выдано _________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z246" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
+      _______________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z247" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (Т.А.Ә. (болған жағдайда), қолы)</w:t>
+                         (ФИО (при наличии), подпись)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z248" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Біліктілік санаттарын беру (растау) жөніндегі комиссияның 20___ жылғы "___" ________ шешіміне сәйкес</w:t>
+      в том, что в соответствии с решением Комиссии по присвоению (подтверждению) квалификационных категорий от "___" ________ 20___ приказом</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z249" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
+      _______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование организации образования или органа управления образования)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z250" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (білім беру ұйымының немесе білім басқармасы органының толық атауы)</w:t>
+      № _____ от "____" ____20 _______ года присвоена (подтверждена) квалификационная категория</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z251" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20___ жылғы "___" ________ № _____ бұйрығымен</w:t>
+      ___________________________________________ по должности</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z252" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
+      _______________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наименование должности)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z253" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (лауазымның аталуы)</w:t>
+      Настоящее удостоверение действительно до "____"______________20____года</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z254" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      лауазымы бойынша _______________________________ біліктілік санаты берілгені (расталғаны) үшін берілді.</w:t>
+      Руководитель организации образования _____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (ФИО (при наличии), подпись)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z255" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы куәлік 20____жылғы "____"______________ дейін жарамды.</w:t>
+      Место печати</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z256" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Білім беру ұйымының басшысы _______________________________________________</w:t>
+      Регистрационный номер __________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z257" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (Т.А.Ә. (болған жағдайда), қолы)</w:t>
+      Дата выдачи "____" __________ 20 ____ года</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="238"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26317,90 +26624,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогтерге біліктілік</w:t>
+              <w:t>Приложение 9 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санаттарын беру (растау)</w:t>
+              <w:t>присвоения (подтверждения)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>9-қосымша</w:t>
+              <w:t>квалификационных категорий педагогам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -26421,480 +26715,480 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:bookmarkStart w:name="z260" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) туралы куәліктерді тіркеу және беру журналы</w:t>
+        <w:t xml:space="preserve"> Журнал регистрации и выдачи удостоверений о присвоении (подтверждении) квалификационной категории</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="239"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="811"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1373"/>
+        <w:gridCol w:w="773"/>
+        <w:gridCol w:w="2350"/>
+        <w:gridCol w:w="2482"/>
+        <w:gridCol w:w="1024"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="1670"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1310"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
-[...137 lines deleted...]
-Комиссия шешімінің күні</w:t>
+            <w:tcW w:w="773" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование должности и присвоенной/ подтвержденной квалификационной категории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата решения комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілік санатын беру/растау туралы бұйрықтың күні мен нөмірі</w:t>
-[...71 lines deleted...]
-Педагогтің алғанын растайтын қолы</w:t>
+Дата и номер приказа о присвоении/ подтверждении и квалификационной категории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата выдачи удостоверения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подпись педагога в получении</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcW w:w="773" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2763" w:type="dxa"/>
+            <w:tcW w:w="2350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcW w:w="2482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1074" w:type="dxa"/>
+            <w:tcW w:w="1024" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -26929,90 +27223,90 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1074" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1373" w:type="dxa"/>
+            <w:tcW w:w="1310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -27234,51 +27528,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>