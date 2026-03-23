--- v0 (2025-12-09)
+++ v1 (2026-03-23)
@@ -1,8621 +1,6084 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00C2136D" w:rsidRPr="00C2136D" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>КГКП «</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысы Білім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">6 </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> тәрбиеші </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на назначение</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>бос лауазымына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C2136D" w:rsidRPr="00C2136D" w:rsidRDefault="005104BF" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="00C2136D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ағайындауға</w:t>
+      </w:r>
+      <w:r w:rsidR="00672510" w:rsidRPr="00672510">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F05BF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="00C2136D">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...21 lines deleted...]
-        <w:t>языком обучения.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ашық конкурс жариялайды</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00004D0A" w:rsidRDefault="002563CA" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="00124F76" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C2136D" w:rsidRPr="00D3649F" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="000E28CE" w:rsidRDefault="00247AF4" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C2136D" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006424F8">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мекенжайы</w:t>
+      </w:r>
       <w:r>
-        <w:t>КГКП «</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E28CE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Дошкольная гимназия №6 </w:t>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E28CE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">города Павлодара»  г.Павлодар, улица </w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ак. Сатпаев көшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ак</w:t>
+        <w:t>241</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">; эл.почта: </w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>676-300; эл.пош</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955956">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="005B4A9E">
+        <w:r w:rsidRPr="00555A4B">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D04F39" w:rsidRPr="00B531BC" w:rsidRDefault="00D04F39" w:rsidP="002C4C62">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B531BC">
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="000B5799" w:rsidRDefault="00274FE6" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік тілде оқытылатын </w:t>
+      </w:r>
+      <w:r w:rsidR="003A64BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ные</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00672510">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>тәрбиешінің,</w:t>
+      </w:r>
+      <w:r w:rsidR="003A64BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00506E71">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(оның ішінде 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53AEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">и </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007C11AD">
+        <w:t>тәрбиеші декреттік демалыс кезеніне</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00672510">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00554BAF" w:rsidRPr="000B5799">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">воспитателей  (в том числе </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007C11AD">
+        <w:t>бос лауазымына орна</w:t>
+      </w:r>
+      <w:r w:rsidR="00554BAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> на период декретного отпуска) с казахским языком обучения. </w:t>
+        <w:t>ласуға ашық конкурс жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00B531BC" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 2012  жылғы 21 ақпандағы  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының педагоглауазымына орналасуға конкурс өткізу тәртібі туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» бұйрығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="006A61C1" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі гимназиясы қазақ  тілінде оқытады. Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс кезеңдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C2136D" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00C2136D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) конкурстық комиссияның  отырысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00D3649F" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="006A61C1" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...72 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> sad6@goo.edu.kz)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00234522" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-[...102 lines deleted...]
-    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00C2136D" w:rsidRPr="006A61C1" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>с казахским языком обучения.Реализуеттиповую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттар «Павлодар қаласы № 6 мектепке дейінгі гимназиясы» КМҚК Ак. Сатпаев көшесі, 241 және электрондық пошта  арқылықабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00124F76" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-[...10 lines deleted...]
-    <w:p w:rsidR="004F05BF" w:rsidRPr="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00C2136D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2136D" w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ке қойлптын  талаптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс өтіліне талаптар қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Балалардың денсаулығын сақтау мен қорғау қызметін қамтамасыз етеді: тәрбиеші қызметінің денсаулық сақтау функциясын атқарады. Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына, жас ерекшелік топтарының үлгілік оқыту жоспары бойынша оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады, пәндік-дамытушылық ортаны қалыптастырады, балалардың шығармашылығына (ойындық, танымдық, қозғалыс, көркемөнер, еңбекке баулу және т.б.) жетекшілік етеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Балалармен жұмыс істеу кезінде жекелей және бағыттық жағынан қарайды. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Тәрбиелеудің инновациялық технологиясын және оқытудың отандық және шетелдік ғылыми-зерттеу жұмыстарының, авторлық шығармалардың негізінде педагогикалық қызметтің жаңа бағыттарын зерделеумен және оны жұмыс барысында қолданумен шұғылданады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ата-аналардың мектепке дейінгі бала тәрбиесі мен оқыту барысында туындаған сұрақтарына жауап беріп, көмек көрсетеді. Балалардың құқықтары мен қызығушылықтарын қорғайды. Компьютерлік сауаттылықты және ақпараттық-коммуникациялық құзыреттілікті жақсы меңгереді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
-[...673 lines deleted...]
-    <w:p w:rsidR="00A53AEA" w:rsidRPr="001315D5" w:rsidRDefault="00A53AEA" w:rsidP="002C4C62">
+    <w:p w:rsidR="003200E5" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="003200E5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="001315D5">
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық жалақының мөлшері тәрбиешілерге  еңбек өтіліне , біліміне</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53AEA" w:rsidRPr="006A61C1">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="001315D5">
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, санатына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...35 lines deleted...]
-        <w:t>000–120000 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A53AEA" w:rsidRPr="008F5FA7" w:rsidRDefault="00A53AEA" w:rsidP="002C4C62">
+    <w:p w:rsidR="003200E5" w:rsidRPr="006A61C1" w:rsidRDefault="003200E5" w:rsidP="003200E5">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбиешінің еңбекақысы: орта-арнаулыбілім – 92000–120000 теңге (біліктілік санатынсыз (педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="006A61C1" w:rsidRDefault="003200E5" w:rsidP="003200E5">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбиешінің еңбекақысы: жоғары білім – 100000–130000 теңге (біліктілік санатынсыз (педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="006A61C1" w:rsidRDefault="003200E5" w:rsidP="003200E5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="FontStyle11"/>
-[...82 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1)осы Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z228" w:history="1">
+        <w:r w:rsidRPr="006A61C1">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>10-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="006A61C1">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығымен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00D04F39" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00554BAF" w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00D04F39" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00554BAF" w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F39" w:rsidRPr="006A61C1" w:rsidRDefault="00D04F39" w:rsidP="006A61C1">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...148 lines deleted...]
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+    <w:p w:rsidR="00A53AEA" w:rsidRPr="006A61C1" w:rsidRDefault="00A53AEA" w:rsidP="00A53AEA">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпараттынақтылауүшінбайланыстелефондарыжәнеэлектрондықмекенжайлары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) 676-300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондыадресі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>sad6@goo.edu.kz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="-667"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3480"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="00247AF4" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="006A61C1" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Услугодатель отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>\</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00194DDD" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...3 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтің бос немесеуақытша бос лауазымынакандидаттыңбағалаупарағы ____________________________________________________________ (Т.Ә.А. (болғанжағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10983" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="268"/>
+        <w:gridCol w:w="3381"/>
+        <w:gridCol w:w="2209"/>
+        <w:gridCol w:w="4824"/>
+        <w:gridCol w:w="301"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімдеңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімітуралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Техникалықжәнекәсіптік = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғарыкүндізгі = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>жоғарысырттай / қашықтықтаноқыту = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>жоғарыбілімтуралыүздік диплом = 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылыми / </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімітуралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр немесежоғарыбілімі бар маман = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>PHD-докторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылымдокторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылым кандидаты = 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлттықбіліктіліктестілеуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"Педагог" біліктіліксанатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80-ге дейін = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>80-нен 90-ға дейін = 6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40-қа дейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50-ге дейін = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60-қа дейін = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70-ке дейін = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-модератор" біліктіліксанатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-ден 90 балғадейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50 балғадейін=2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-сарапшы" біліктіліксанатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90 балғадейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40-тан 50 балғадейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-зерттеуші" біліктіліксанатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін- 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>70-тен 80 балғадейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-нен 90 балғадейін=9 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдістемежәне педагогика бойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>30-дан 40 балғадейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>40 - тан 50 балғадейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>50-ден 60 балғадейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-тан 70 балғадейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Педагог-шебер" біліктіліксанатымен - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Біліктілігі/Санаты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1 санат -2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары санатты-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметөтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбеккітапшасы / еңбекқызметіналмастыратынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылғадейін = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3 жылдан 5 жылғадейін = 1,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5 жылдан 10 жылғадейін = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>10 жылданжәнеоданартық = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әкімшілікжәнеәдістемелікқызм</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>еттәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">еңбеккітапшасы / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>еңбекқызметіналмастыратынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>әдіскер= 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>директор орынбасары= 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жұмысқаалғашкіріскенпедагогтарүшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімтуралыдипломғақосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"өтежақсы" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"жақсы" = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алдыңғыжұмысорнынанұсыныс хат (еңбекқызметін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүзегеасырукезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оңұсынысхаттыңболуы = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ұсыныс хат болмағанжағдайда – минус 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Терісұсынысхаттыңболуы = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кәсібижетістіктердіңкөрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- білімалушылардыңдипломдары, олимпиадалар мен конкурстаржеңімпаздарыныңграмоталары, ғылымижобалары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- мұғалімдер мен олимпиадаларжеңімпаздарыныңдипломдары, грамоталары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ғылыми жобалар-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Үздік педагог" конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Үздік педагог" конкурсыныңжүлдегері – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>медаль "Қазақстанныңеңбексіңіргенұстазы" - 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- авторлықжұмыстаржәнежарияланымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесінеенгізілгеноқулықтардыңжәне (немесе) ОӘК авторы немесетең авторы – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>РОӘК – 2 тізбесінеенгізілгеноқулықтардыңжәне (немесе) ОӘК авторы немесетең авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>БҒССҚЕК, Scopus – 3 тізбесінеенгізілгенғылыми-зерттеуқызметібойыншажарияланымныңболуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- көптілділіктіжүзегеасыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ӘБжетекшілігі -1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>кәсіби-педагогикалыққауымдастықкөшбасшысы – 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2 тілдеоқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3 тілдеоқыту (қазақ, орыс, шетел) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- пәндікдайындықсертификаттары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- цифрлықсауаттылық сертификаты,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">GoetheZertifikat, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"Python-да бағдарламалаунегіздері", "Microsoft-пен жұмысістеудіоқыту" бағдарламаларыбойыншаоқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>НЗМ ПШО, "Өрлеу" курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>курстар - 0,5 балл (әрқайсысыжеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="006A61C1">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5822" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Максималды балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="21436" w:tblpY="-21884"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="324"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="00E8097B">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E06C0E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшыларыменпедагогтерін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1303"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымнан босату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-қосымша </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1997"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00F767BB" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5970"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 14" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYBL7VEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UyinULsJIkAJqtPu6+7H7tntw3++7h59fEDghU1WpR7DhtrxRVqsur2XyQYPDO/LY&#10;hYYYtKzeSAqAZG2ky842VYXdCbrR1hXhbl8EtjUogZdBvz8c+l2MEvAFYd/VyCOjdm+y1uYVkw6H&#10;bK61qUtIwXIFoI2KBZQ7LThU82UH+ajfC7vu0ZR8Hxa0YS88tPBRhcKBf34aFLZBDivwo7D/W7Dz&#10;Ns6ChQdgIGDVUiRZyzrZioY2WIjYnvFdokqpbYIWQK7NECBAkJX4h1g4+zS23tMcoaAZTttAYQRt&#10;sKzllsRYZvYIa6Iqxi4X9kUhN2whncuclA4OefRycRgF2yFzB6xqN+ywB8C9qQ13qOV6UFoh5znn&#10;rrZcWCpdf9B1udGS59Q6LRutVssJV2hDbIO7jxUDYEdhSq4FdWAZI3TW2IbkvLYhnrvcwi1sUmDv&#10;o+vgT0N/OBvMBlEnCnuzTuRPp52r+STq9OZBvzs9n04m0+CzpRZEoyynlAnLrp0mQfR33drMtXoO&#10;7OfJkYojsXP3eSrWO6bhcgFa2t86122L1j29lPQO2lXJejzCOAcjk+oeowpGY4z1xzVRDCP+WsDs&#10;GQZRZGepW0TdfggLdehZHnqISAAqxgbDBbfmxNTzd12qfJXBSYErq5BXMCbS3Pazmyc1q2YB488p&#10;aEa1na+Haxf1+Icy/gUAAP//AwBQSwMEFAAGAAgAAAAhAF+IUD7cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4sJRoDlaZThQCJIxtIHL3GawuNU9XZVnh60hMcbX/6/f3F&#10;evK9OtIoXWAL14sMFHEdXMeNhbft09UdKInIDvvAZOGbBNbl+VmBuQsnfqXjJjYqhbDkaKGNcci1&#10;lrolj7IIA3G67cPoMaZxbLQb8ZTCfa9Nlq20x47ThxYHemip/tocvIXn9869CO0rxvhpfh4rmeSj&#10;tvbyYqruQUWa4h8Ms35ShzI57cKBnajewu3K3CTUgjFLUDOQLU0qs5s3K9Blof9XKH8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGAS+1RIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00554BAF" w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жариялаған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00F767BB" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>8(7182</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 15" o:spid="_x0000_s1047" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMrVqLEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ5A7foYcVJCjfbf9j/33/cP9vtj//DrKwInZKqu1Bg23FW30mhV1Y2gHxQ4vBOP&#10;WSiIQav6jUgAkGy0sNnZpbI0O0E32tki3B+KwHYaUXg58KOgN4JaUfAF4dDWyCPjdi/dKP2KCYtD&#10;tjdKuxImYNkCJI2KJUCkZQHVfNlBPgrCgXs0JT+EBW3YCw8tfVSjUT+IzoPCNshh+cNhzyKex/Xa&#10;OAMWHoGBgHVLkWQta7rjDW2wEDE949tEVUKZBC2BXJshQIAgI/EPsXD2eazb0xwhoRnO20BiBG2w&#10;cjIqog0zc4QxUR1jmwvzohRbthTWpc9KB4c8egt+HAXbT1k5N+wwB8C9cYY91HA9Ki0Xi7wobG0L&#10;bqgMA39oc6NEkSfGadgouV5NC4m2xDS4/RgxAHYSJsWGJxYsYySZN7YmeeFsiC9sbuEWNikw99F2&#10;8OeRP5pfzC+iThQO5p3In80614tp1BksgmF/1ptNp7Pgi6EWROMsTxLGDbt2mgTR33VrM9fcHDjM&#10;kxMVJ2IX9vNUrHdKw+YCtLS/Ltdti7qeXonkHtpVCjceYZyDkQn5CaMaRmOM1ccNkQyj4jWH2TMK&#10;osjMUruI+sMQFvLYszr2EE4BKsYawwU35lS7+bupZL7O4KTAlpWLaxgTaW762c4Tx6pZwPizCppR&#10;bebr8dpGPf6hTH4DAAD//wMAUEsDBBQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqJ226k8apwIkLkhQUThw3CYbJzS2Q+y26duzPdHjzI5mv8nW&#10;g23FkfrQeKchGSkQ5ApfNs5o+Pp8eViACBFdia13pOFMAdb57U2GaelP7oOO22gEl7iQooY6xi6V&#10;MhQ1WQwj35HjW+V7i5Flb2TZ44nLbSvHSs2kxcbxhxo7eq6p2G8PVsPTj/1WavFbnfebZPNavRk0&#10;70br+7vhcQUi0hD/w3DBZ3TImWnnD64MomU9nvGWqGEyWYK4BNR8PgWxY2eagMwzeT0h/wMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBMrVqLEAMAAJgGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAAAAAAAAAAAAAAGoF&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdwYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидаттыңТ.А.Ә.(болғанжағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00F767BB" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...25 lines deleted...]
-        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 16" o:spid="_x0000_s1046" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAipJHTEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeI8VTQgq8S/H4x711gpDThlJSCswTfM4Wvxs+fXTb1iIUiFyVlEgEIV6OmTnCudT3yPJXmrCLq&#10;TNSMgzMTsiIalnLlUUkaQK9KL/T9gdcISWspUqYUvJ06Jx5b/CxjqX6XZYppVCYYuGn7lPa5NE9v&#10;fElGK0nqvEhbGuQfWFSk4HDoHmpKNEFrWTyBqopUCiUyfZaKyhNZVqTMagA1gX+i5i4nNbNaIDmq&#10;3qdJ/T/Y9O3mVqKCQu0GGHFSQY1233Y/d993D/b7Y/fw6ysCJ2SqqdUINtzVt9JoVfWNSD8ocHhH&#10;HrNQEIOWzRtBAZCstbDZ2WayMjtBN9raItzvi8C2GqXwcuBHQX8ItUrBF4SxrZFHRt3edK30KyYs&#10;DtncKO1KSMGyBaCtigVAZFUJ1XzZQz4KwoF7tCXfhwVd2AsPLXzUoOF5EJ0GhV2Qw/LjuG8RT+P6&#10;XZwBCw/AQMCqo0jyjnW65S1tsBAxPePbRNVCmQQtgFyXIUCAICPxD7Fw9mms29MeIaEZTttAYgRt&#10;sHQyaqINM3OEMVGTYJsL86ISG7YQ1qVPSgeHPHpLfhgF249ZOTfsMAfAvXGGPdRwPSgtF/OiLG1t&#10;S26oxIEf29woURbUOA0bJVfLSSnRhpgGtx8jBsCOwqRYc2rBckborLU1KUpnQ3xpcwu3sE2BuY+2&#10;gz8P/eHsYnYR9aJwMOtF/nTau55Pot5gHsTn0/50MpkGXwy1IBrlBaWMG3bdNAmiv+vWdq65ObCf&#10;J0cqjsTO7eepWO+Yhs0FaOl+Xa67FnU9vRT0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EJ4CVII1hgtuzIl283ddy2KVw0mBLSsX1zAmssL0s50njlW7gPFnFbSj&#10;2szXw7WNevxDGf8GAAD//wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPS&#10;lw1Z9DPXE8db7QaLIcrByGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2je&#10;jda3N+PjA4hAY/gLw4Qf0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACKkkdMQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="006A61C1">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(лауазымы,жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F767BB">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 17" o:spid="_x0000_s1045" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHXvhSEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSpSqF2MEScV1Gj3bfdz9333YL8/dg+/viJwQqaaWo1gw119K41WVd8I+kGBwzvy&#10;mIWCGLRs3ogUAMlaC5udbSYrsxN0o60twv2+CGyrEYWXAz8K+kOoFQVfEMa2Rh4ZdXvpWulXTFgc&#10;srlR2pUwBcsWIG1VLAAiq0qo5sse8lEQDtyjLfk+LOjCXnho4aMGDc+D6DQo7IIclh/HfYt4Gtfv&#10;4gxYeAAGAlYdRZJ3rOmWt7TBQsT0jG8TVQtlErQAcl2GAAGCjMQ/xMLZp7FuT3uEhGY4bQOJEbTB&#10;0smoiTbMzBHGRE2CbS7Mi0ps2EJYlz4pHRzy6C35YRRsP2bl3LDDHAD3xhn2UMP1oLRczIuytLUt&#10;uaESB35sc6NEWaTGadgouVpOSok2xDS4/RgxAHYUJsWapxYsZySdtbYmRelsiC9tbuEWtikw99F2&#10;8OehP5xdzC6iXhQOZr3In0571/NJ1BvMg/h82p9OJtPgi6EWRKO8SFPGDbtumgTR33VrO9fcHNjP&#10;kyMVR2Ln9vNUrHdMw+YCtHS/Ltddi7qeXor0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EE4BKsEawwU35kS7+buuZbHK4aTAlpWLaxgTWWH62c4Tx6pdwPizCtpR&#10;bebr4dpGPf6hjH8DAAD//wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPS&#10;lw1Z9DPXE8db7QaLIcrByGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2je&#10;jda3N+PjA4hAY/gLw4Qf0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMde+FIQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00F767BB">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 18" o:spid="_x0000_s1044" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQdG6yEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSpSqB1UipMKarT7tvu5+757sN8fu4dfXxE4IVNNrUaw4a6+lUarqm8E/aDA4R15&#10;zEJBDFo2b0QKgGSthc3ONpOV2Qm60dYW4X5fBLbViMLLgR8F/SHUioIvCGNbI4+Mur10rfQrJiwO&#10;2dwo7UqYgmULkLYqFgCRVSVU82UP+SgIB+7RlnwfFnRhLzy08FGDhudBdBoUdkEOy4/jvkU8jet3&#10;cQYsPAADAauOIsk71nTLW9pgIWJ6xreJqoUyCVoAuS5DgABBRuIfYuHs01i3pz1CQjOctoHECNpg&#10;6WTURBtm5ghjoibBNhfmRSU2bCGsS5+UDg559Jb8MAq2H7NybthhDoB74wx7qOF6UFou5kVZ2tqW&#10;3FCJAz+2uVGiLFLjNGyUXC0npUQbYhrcfowYADsKk2LNUwuWM5LOWluTonQ2xJc2t3AL2xSY+2g7&#10;+PPQH84uZhdRLwoHs17kT6e96/kk6g3mQXw+7U8nk2nwxVALolFepCnjhl03TYLo77q1nWtuDuzn&#10;yZGKI7Fz+3kq1jumYXMBWrpfl+uuRV1PL0V6D+0qhRuPMM7ByIX8hFEDozHB6uOaSIZR+ZrD7BkG&#10;UWRmqV1E53EIC3noWR56CKcAlWCN4YIbc6Ld/F3XsljlcFJgy8rFNYyJrDD9bOeJY9UuYPxZBe2o&#10;NvP1cG2jHv9Qxr8BAAD//wMAUEsDBBQABgAIAAAAIQD+uFec3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BT8MwDIXvSPyHyEjcWLKC1qk0nQCJCxJMDA4cvdZNy5qkNNnW/fu5p3Gynv30/L18&#10;NdpOHGgIrXca5jMFglzpq9YZDd9fr3dLECGiq7DzjjScKMCquL7KMav80X3SYRON4BAXMtTQxNhn&#10;UoayIYth5ntyfKv9YDGyHIysBjxyuO1kotRCWmwdf2iwp5eGyt1mbzU8/9ofpZZ/9Wm3nq/f6neD&#10;5sNofXszPj2CiDTGixkmfEaHgpm2fu+qIDrWyYK7RA3pPc/JoNL0AcR22iQgi1z+r1CcAQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFB0brIQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нақтытұратынжері,тіркелгенмекенжайы,байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="006A61C1">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...18 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...64 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="95"/>
-[...2 lines deleted...]
-        <w:t>педагога</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00A65369" w:rsidP="002C4C62">
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="006A61C1">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="201" w:firstLine="670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Менібос/уақытшабослауазымғаорналасуғаарналғанконкурсқажіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F767BB">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 19" o:spid="_x0000_s1043" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1jgczEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeI8VTQgq8S/H4x711gpDThlJSCswTfM4Wvxs+fXTb1iIUiFyVlEgEIV6OmTnCudT3yPJXmrCLq&#10;TNSMgzMTsiIalnLlUUkaQK9KL/T9gdcISWspUqYUvJ06Jx5b/CxjqX6XZYppVCYYuGn7lPa5NE9v&#10;fElGK0nqvEhbGuQfWFSk4HDoHmpKNEFrWTyBqopUCiUyfZaKyhNZVqTMagA1gX+i5i4nNbNaIDmq&#10;3qdJ/T/Y9O3mVqKCQu2GGHFSQY1233Y/d993D/b7Y/fw6ysCJ2SqqdUINtzVt9JoVfWNSD8ocHhH&#10;HrNQEIOWzRtBAZCstbDZ2WayMjtBN9raItzvi8C2GqXwcuBHQX8ItUrBF4SxrZFHRt3edK30KyYs&#10;DtncKO1KSMGyBaCtigVAZFUJ1XzZQz4KwoF7tCXfhwVd2AsPLXzUoOF5EJ0GhV2Qw/LjuG8RT+P6&#10;XZwBCw/AQMCqo0jyjnW65S1tsBAxPePbRNVCmQQtgFyXIUCAICPxD7Fw9mms29MeIaEZTttAYgRt&#10;sHQyaqINM3OEMVGTYJsL86ISG7YQ1qVPSgeHPHpLfhgF249ZOTfsMAfAvXGGPdRwPSgtF/OiLG1t&#10;S26oxIEf29woURbUOA0bJVfLSSnRhpgGtx8jBsCOwqRYc2rBckborLU1KUpnQ3xpcwu3sE2BuY+2&#10;gz8P/eHsYnYR9aJwMOtF/nTau55Pot5gHsTn0/50MpkGXwy1IBrlBaWMG3bdNAmiv+vWdq65ObCf&#10;J0cqjsTO7eepWO+Yhs0FaOl+Xa67FnU9vRT0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EJ4CVII1hgtuzIl283ddy2KVw0mBLSsX1zAmssL0s50njlW7gPFnFbSj&#10;2szXw7WNevxDGf8GAAD//wMAUEsDBBQABgAIAAAAIQBa7ZD73wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqJ2CmhLiVIDEBQkqCgeO22TjhMbrELtt+vc4J3qc2dHsm3w1&#10;2k4caPCtYw3JTIEgLl3VstHw9flyswThA3KFnWPScCIPq+LyIsesckf+oMMmGBFL2GeooQmhz6T0&#10;ZUMW/cz1xPFWu8FiiHIwshrwGMttJ+dKLaTFluOHBnt6bqjcbfZWw9OP/VZq+Vufdutk/Vq/GTTv&#10;Ruvrq/HxAUSgMfyHYcKP6FBEpq3bc+VFF/V8EbcEDbdJCmIKqDS9A7GdnHuQRS7PJxR/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALWOBzMQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="949"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білімберуұйымдарыныңатауы,мекенжайы(облыс,аудан,қала/ауыл) Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00F767BB" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="2"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00F767BB">
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="2"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:group id="Группа 10" o:spid="_x0000_s1039" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
-            <v:line id="Line 6" o:spid="_x0000_s1040" style="position:absolute;visibility:visible" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAQw4KDMMAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPS2vCQBC+C/6HZQq9mY2F+oiuYh+C&#10;h0JbFb0O2WkSzc6G3a2J/94tCL3Nx/ec+bIztbiQ85VlBcMkBUGcW11xoWC/Ww8mIHxA1lhbJgVX&#10;8rBc9HtzzLRt+Zsu21CIGMI+QwVlCE0mpc9LMugT2xBH7sc6gyFCV0jtsI3hppZPaTqSBiuODSU2&#10;9FpSft7+GgXdhz1MXpq6fZ621ebteHLvX59jpR4futUMRKAu/Ivv7o2O84fw90s8QC5uAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABQAAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9jb25uZWN0b3J4bWwueG1sUEsBAi0AFAAGAAgAAAAhAEMOCgzDAAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAAoQIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPkAAACRAwAAAAA=&#10;" strokeweight=".14125mm"/>
+          <v:group id="Группа 20" o:spid="_x0000_s1042" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12">
+            <v:line id="Line 3" o:spid="_x0000_s1027" style="position:absolute;visibility:visible" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAqhcNMMIAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/IEb3VXpSLRVbRQ&#10;ab1pBXN8ZJ9JMPs2ZleT/ntXEHocZuYbZrHqbCXu1PjSsYbRUIEgzpwpOddw/P16n4HwAdlg5Zg0&#10;/JGH1bL3tsDEuJb3dD+EXEQI+wQ1FCHUiZQ+K8iiH7qaOHpn11gMUTa5NA22EW4rOVZqKi2WHBcK&#10;rOmzoOxyuFkN5/R6CulHqn52JF032XjVbjOtB/1uPQcRqAv/4Vf722gYj+D5Jf4AuXwAAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAqhcNMMIAAADbAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokeweight=".19742mm"/>
             <w10:wrap type="none"/>
             <w10:anchorlock/>
           </v:group>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00A65369" w:rsidP="002C4C62">
-[...25 lines deleted...]
-        </w:pict>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="48" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="539" w:right="1873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымы,ұйымныңатауы,мекен-жайы(облыс,аудан,қала/ауыл) Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...11 lines deleted...]
-        <w:t>(фамилия,имя,отчество (при его наличии))</w:t>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="20"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білімі:жоғарынемесежоғарыоқуорнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="10086" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="306"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5245"/>
+        <w:gridCol w:w="3424"/>
+        <w:gridCol w:w="2169"/>
+        <w:gridCol w:w="4493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="00E8097B">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...12 lines deleted...]
-              <w:t>№</w:t>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқуорнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дипломбойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A61C1">
+              <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...31 lines deleted...]
-              <w:t>Кол-вобаллов (от 1 до 20)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
-[...6145 lines deleted...]
-      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+      <w:tr w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidTr="00E8097B">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4275" w:type="dxa"/>
-[...121 lines deleted...]
-            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcW w:w="3424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10703"/>
+        </w:tabs>
+        <w:spacing w:before="25"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Біліктіліксанатыныңболуы(берген(растаған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(подтверждения)):</w:t>
+        <w:t>күні):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00A65369" w:rsidP="002C4C62">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10609"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалықжұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10697"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесіжұмыснәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="88" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="201" w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A61C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наградалары,атақтары,дәрежесі,ғылымидәрежесі,ғылымиатағы,сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00554BAF" w:rsidRPr="006A61C1" w:rsidRDefault="00F767BB" w:rsidP="00554BAF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 31" o:spid="_x0000_s1029" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCc82jLEgMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIUanpODP+/H0znunl1a7IyZYrnUkRUu/C&#10;pYSLSMaZWIf0/XLRGVKiDRMxy6XgIb3nml5Nnj+7rMox92Uq85grAiBCj6sypKkx5dhxdJTygukL&#10;WXIBzkSqghlYqrUTK1YBepE7vuv2nUqquFQy4lrD21ntpBPETxIemXdJorkheUiBm8GnwufKPp3J&#10;JRuvFSvTLGposH9gUbBMwKEHqBkzjGxU9gSqyCIltUzMRSQLRyZJFnHUAGo890zNXcpKjlogObo8&#10;pEn/P9jo7fZWkSwOadejRLACarT/tv+5/75/wO+P/cOvrwSckKmq1GPYcFfeKqtVlzcy+qDB4Zx4&#10;7EJDDFlVb2QMgGxjJGZnl6jC7gTdZIdFuD8Uge8MieBl3/eGvV6Pkgh8nj/AGjls3O6NNtq84hJx&#10;2PZGm7qEMVhYgLhRsYRyJ0UO1XzZIS4ZBvhtCn4IAtF10AuHLF1SkdFg1D0P8tsgRPLcfrdr8c7D&#10;um2YxfKPsID9uuXH0pZytBMNZ7AIsw3jYpZKqW12lsCtTQ8gQJDV94dYOPs8tt7THKGgE857QFEC&#10;PbCqZZTMWGb2CGuSKqSYCvuikFu+lOgyZ3WDQx69uTiOwu3HrGo37LAHwKWpDTzUcj2qq5CLLM+x&#10;sLmwVAaeO8DcaJlnsXVaNlqtV9NckS2z3Y0fKwbATsKU3IgYwVLO4nljG5bltQ3xOeYWrmCTAnsZ&#10;sX0/j9zRfDgfBp3A7887gTubda4X06DTX3iD3qw7m05n3hdLzQvGaRbHXFh27Sjxgr9r1Wao1UPg&#10;MExOVJyIXeDnqVjnlAbmArS0v3Wu2/6sG3ol43voVSXr2QizHIxUqk+UVDAXQ6o/bpjilOSvBQye&#10;kRfAzScGF0Fv4MNCHXtWxx4mIoAKqaFwwa05NfXw3ZQqW6dwkodlFfIaZkSS2WbGYVKzahYw+1BB&#10;M6ftcD1eY9Tjv8nkNwAAAP//AwBQSwMEFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQtWmqKApxKgRC4ggpEj1u4yWJGq/T2G3C3+Oc4Dg7q5k3&#10;xXa2vbjQ6DvHGh5WCgRx7UzHjYbP3et9BsIHZIO9Y9LwQx625fVVgblxE3/QpQqNiCHsc9TQhjDk&#10;Uvq6JYt+5Qbi6H270WKIcmykGXGK4baXa6VSabHj2NDiQM8t1cfqbDUowq/67jTNL8dmeq/83p2y&#10;t73Wtzfz0yOIQHP4e4YFP6JDGZkO7szGi15DtolTgoYkXYNYfJUmCYjDctmALAv5f0H5CwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJzzaMsSAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAAAAAAAAAAAAAAAAbAUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
-            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+          <v:shape id="Полилиния 22" o:spid="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5jSn9EQMAAJwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLutNl2t+oGQ&#10;FlhpywHcxGkiEjvYbtMFcQaOwDVWQnCGciPGdtJNu0JCiEpNx5nx83sznunl1b4s0I4KmXMWYa/v&#10;YkRZzJOcbSL8frXsXWAkFWEJKTijEb6nEl9Nnz+7rKsJ9XnGi4QKBCBMTuoqwplS1cRxZJzRksg+&#10;rygDZ8pFSRQsxcZJBKkBvSwc33WHTs1FUgkeUynh7dw68dTgpymN1bs0lVShIsLATZmnMM+1fjrT&#10;SzLZCFJledzQIP/AoiQ5g0OPUHOiCNqK/AlUmceCS56qfsxLh6dpHlOjAdR47pmau4xU1GiB5Mjq&#10;mCb5/2Djt7tbgfIkwr6PESMl1Ojw7fDz8P3wYL4/Dg+/viJwQqbqSk5gw111K7RWWd3w+IMEh3Pi&#10;0QsJMWhdv+EJAJKt4iY7+1SUeifoRntThPtjEeheoRheDoPxMBgMMIrB5/kjUyOHTNq98VaqV5Qb&#10;HLK7kcqWMAHLFCBpVKyg3GlZQDVf9pCLPH9oH03Jj2FeG/bCQSsX1chz3VFwHgXJ6YJ5QRAYyPO4&#10;oI3TaH4XDSRsWpIka3nHe9YQBwsR3TWuSVXFpU7RCui1OQIECNIi/xALh5/H2j3NEQLa4bwRBEbQ&#10;CGuroyJKM9NHaBPVUAGTDf2m5Du64sanzqoHpzx6C9aNsvu7vKwftugj4O5Ywxyr2XbKy/gyLwpT&#10;34JpMiPPHZnsSF7kiXZqOlJs1rNCoB3RTW4+Wg6AnYQJvmWJAcsoSRaNrUheWBviC5NduIlNEvSd&#10;NF38eeyOFxeLi7AX+sNFL3Tn8971chb2hktvNJgH89ls7n3R1LxwkuVJQplm104UL/y7jm1mm50F&#10;x5lyouJE7NJ8nop1TmmYXICW9tfmum1T29drntxDywpuRySMdDAyLj5hVMN4jLD8uCWCYlS8ZjB/&#10;xl4Y6nlqFuFg5MNCdD3rroewGKAirDBccW3OlJ3B20rkmwxO8kxZGb+GUZHmuqfNTLGsmgWMQKOg&#10;Gdd6xnbXJurxT2X6GwAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHmNKf0RAwAAnAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="003200E5" w:rsidRPr="006A61C1" w:rsidRDefault="003200E5" w:rsidP="003200E5">
+      <w:pPr>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003200E5" w:rsidRPr="006A61C1" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="006A61C1" w:rsidRDefault="003200E5" w:rsidP="003F6B23">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...45 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
-[...73 lines deleted...]
-    <w:sectPr w:rsidR="004F05BF" w:rsidRPr="003200E5" w:rsidSect="000554AB">
+    <w:sectPr w:rsidR="003200E5" w:rsidRPr="006A61C1" w:rsidSect="000554AB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8966,138 +6429,137 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2491" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00A13624"/>
     <w:rsid w:val="000554AB"/>
-    <w:rsid w:val="000801DF"/>
-[...7 lines deleted...]
-    <w:rsid w:val="002C4C62"/>
+    <w:rsid w:val="000A49CC"/>
+    <w:rsid w:val="000A4A0A"/>
+    <w:rsid w:val="000D6371"/>
+    <w:rsid w:val="000E28CE"/>
+    <w:rsid w:val="00177DE6"/>
+    <w:rsid w:val="0018002B"/>
+    <w:rsid w:val="0023526B"/>
+    <w:rsid w:val="00247AF4"/>
+    <w:rsid w:val="00253087"/>
+    <w:rsid w:val="00274FE6"/>
+    <w:rsid w:val="002938A2"/>
+    <w:rsid w:val="002D2332"/>
+    <w:rsid w:val="002E0E0A"/>
+    <w:rsid w:val="002E6A4F"/>
     <w:rsid w:val="003200E5"/>
-    <w:rsid w:val="00352E1F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00454524"/>
+    <w:rsid w:val="00375198"/>
+    <w:rsid w:val="003A64BA"/>
+    <w:rsid w:val="003F6B23"/>
+    <w:rsid w:val="004162E5"/>
+    <w:rsid w:val="004C17BE"/>
+    <w:rsid w:val="004C46A9"/>
     <w:rsid w:val="004F05BF"/>
-    <w:rsid w:val="00506E71"/>
+    <w:rsid w:val="00503661"/>
+    <w:rsid w:val="005104BF"/>
+    <w:rsid w:val="005239E7"/>
     <w:rsid w:val="00554BAF"/>
-    <w:rsid w:val="005B1B68"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00656F1E"/>
+    <w:rsid w:val="0055623E"/>
+    <w:rsid w:val="00586CB1"/>
+    <w:rsid w:val="005A45B6"/>
+    <w:rsid w:val="005E634D"/>
     <w:rsid w:val="00672510"/>
     <w:rsid w:val="0068022E"/>
-    <w:rsid w:val="006977E3"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00A04B10"/>
+    <w:rsid w:val="006A61C1"/>
+    <w:rsid w:val="007209BC"/>
+    <w:rsid w:val="007A65F0"/>
+    <w:rsid w:val="007B1E49"/>
+    <w:rsid w:val="007F7257"/>
+    <w:rsid w:val="008A7FD2"/>
+    <w:rsid w:val="008C263B"/>
+    <w:rsid w:val="00902AA3"/>
+    <w:rsid w:val="009744AE"/>
+    <w:rsid w:val="009A51AB"/>
+    <w:rsid w:val="009B4257"/>
     <w:rsid w:val="00A13624"/>
+    <w:rsid w:val="00A20DA0"/>
+    <w:rsid w:val="00A34E26"/>
     <w:rsid w:val="00A53AEA"/>
-    <w:rsid w:val="00A65369"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00C17BA4"/>
+    <w:rsid w:val="00AA2DA3"/>
+    <w:rsid w:val="00BA6F41"/>
     <w:rsid w:val="00C2136D"/>
-    <w:rsid w:val="00C7070F"/>
-    <w:rsid w:val="00C8534A"/>
+    <w:rsid w:val="00C420D7"/>
     <w:rsid w:val="00D04F39"/>
-    <w:rsid w:val="00D26424"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00FE11CA"/>
+    <w:rsid w:val="00D05D5D"/>
+    <w:rsid w:val="00D42C2E"/>
+    <w:rsid w:val="00D440BA"/>
+    <w:rsid w:val="00D445FA"/>
+    <w:rsid w:val="00D94EEF"/>
+    <w:rsid w:val="00DD25B2"/>
+    <w:rsid w:val="00E06C0E"/>
+    <w:rsid w:val="00E3127B"/>
+    <w:rsid w:val="00F42116"/>
+    <w:rsid w:val="00F767BB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="29698"/>
+    <o:shapedefaults v:ext="edit" spidmax="28674"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -9841,51 +7303,51 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003200E5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10134,69 +7596,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2040</Words>
-  <Characters>11628</Characters>
+  <Words>1555</Words>
+  <Characters>8864</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>73</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13641</CharactersWithSpaces>
+  <CharactersWithSpaces>10399</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>