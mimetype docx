--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,51 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w:rsidR="006662AC" w:rsidRPr="006662AC" w:rsidRDefault="006662AC" w:rsidP="006662AC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006662AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ПЕДАГОГИКАЛЫҚ ҚЫЗМЕТКЕРЛЕРДІҢ ВАКАНТТЫ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006662AC" w:rsidRPr="006662AC" w:rsidRDefault="006662AC" w:rsidP="006662AC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -312,86 +311,91 @@
         </w:rPr>
         <w:t xml:space="preserve">Педагогтердің үлгілік біліктілік сипаттамаларына </w:t>
       </w:r>
       <w:r w:rsidR="00EC100E" w:rsidRPr="003B2E9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>сәйкес келетін және бекітілген тізім бойынша құжаттарын ұсынған</w:t>
       </w:r>
       <w:r w:rsidR="003B2E9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> педагог  қатыса алады. Біліктілік талаптары мен конкурсқа </w:t>
       </w:r>
       <w:r w:rsidR="0065402C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> қажетті құжаттар  тізбесі мен білім беру ұйымының сайтынан  танысуға болады. Конкурсқа қатысу үшін құжаттар конкурс  өткізу туралы хабарландыру соңғы жарияланған күннен бастап жеті жүмыс күні ішінде қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0065402C" w:rsidRPr="0065402C" w:rsidRDefault="0065402C" w:rsidP="006662AC">
+    <w:p w:rsidR="0065402C" w:rsidRPr="0065402C" w:rsidRDefault="0065402C" w:rsidP="002E1578">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0065402C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі: </w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="003C508A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2023 жылғы 3 ақпан – 13</w:t>
+      </w:r>
+      <w:r w:rsidR="00814814" w:rsidRPr="00814814">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FFC000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0065402C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2023 жылғы 1 ақпан – 10 ақпанға дейін</w:t>
+        <w:t>ақпанға дейін</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006662AC" w:rsidRDefault="006662AC" w:rsidP="009E4744">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0065402C" w:rsidRDefault="009E4744" w:rsidP="009E4744">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1131,4944 +1135,348 @@
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002F5BBD" w:rsidRDefault="002F5BBD" w:rsidP="007B329A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
-[...273 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="00DF72F0" w:rsidRPr="001F5572" w:rsidRDefault="001F5572" w:rsidP="001F5572">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="340"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F5572">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік сана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тының болуы(берген(расталған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5572">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күні):_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRPr="003C508A" w:rsidRDefault="001F5572" w:rsidP="001F5572">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогикалық жұмыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5572">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтілі:______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRPr="003C508A" w:rsidRDefault="001F5572" w:rsidP="001F5572">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F5572">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келесі жұмыс нәтижелерім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5572">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C508A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="001F5572">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="679"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F5572" w:rsidRPr="001F5572" w:rsidRDefault="001F5572" w:rsidP="001F5572">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="679"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...4611 lines deleted...]
-    </w:tbl>
+    <w:p w:rsidR="001F5572" w:rsidRPr="00891EDB" w:rsidRDefault="001F5572" w:rsidP="001F5572">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="679"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00891EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наградалары, атақтары,</w:t>
+      </w:r>
+      <w:r w:rsidR="00942B73" w:rsidRPr="00891EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00891EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRPr="001F5572" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRPr="001F5572" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DF72F0" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
@@ -6204,357 +1612,612 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DF72F0" w:rsidRPr="007B329A" w:rsidRDefault="00DF72F0" w:rsidP="007B329A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DF72F0" w:rsidRPr="007B329A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FB560F" w:rsidRDefault="00FB560F" w:rsidP="006662AC">
+    <w:p w:rsidR="006043C2" w:rsidRDefault="006043C2" w:rsidP="006662AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FB560F" w:rsidRDefault="00FB560F" w:rsidP="006662AC">
+    <w:p w:rsidR="006043C2" w:rsidRDefault="006043C2" w:rsidP="006662AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FB560F" w:rsidRDefault="00FB560F" w:rsidP="006662AC">
+    <w:p w:rsidR="006043C2" w:rsidRDefault="006043C2" w:rsidP="006662AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FB560F" w:rsidRDefault="00FB560F" w:rsidP="006662AC">
+    <w:p w:rsidR="006043C2" w:rsidRDefault="006043C2" w:rsidP="006662AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:view w:val="web"/>
+  <w:zoom w:percent="30"/>
+  <w:proofState w:spelling="clean"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE69C1"/>
     <w:rsid w:val="00020B6A"/>
     <w:rsid w:val="00127A5F"/>
+    <w:rsid w:val="001B1F3A"/>
+    <w:rsid w:val="001F5572"/>
+    <w:rsid w:val="002E1578"/>
     <w:rsid w:val="002F5BBD"/>
+    <w:rsid w:val="00397896"/>
     <w:rsid w:val="003B2E9F"/>
+    <w:rsid w:val="003C508A"/>
     <w:rsid w:val="003F6DE5"/>
     <w:rsid w:val="00446294"/>
     <w:rsid w:val="00521A48"/>
+    <w:rsid w:val="00570D0A"/>
+    <w:rsid w:val="006043C2"/>
     <w:rsid w:val="0065402C"/>
     <w:rsid w:val="006662AC"/>
     <w:rsid w:val="007B329A"/>
+    <w:rsid w:val="00814814"/>
+    <w:rsid w:val="00891EDB"/>
+    <w:rsid w:val="00942B73"/>
     <w:rsid w:val="009D020C"/>
     <w:rsid w:val="009E4744"/>
     <w:rsid w:val="00A35F71"/>
+    <w:rsid w:val="00AF245C"/>
     <w:rsid w:val="00BB5BA1"/>
     <w:rsid w:val="00C66B0A"/>
     <w:rsid w:val="00DB50C1"/>
     <w:rsid w:val="00DE2D81"/>
     <w:rsid w:val="00DF72F0"/>
     <w:rsid w:val="00EC100E"/>
+    <w:rsid w:val="00F54C95"/>
     <w:rsid w:val="00FB560F"/>
     <w:rsid w:val="00FE69C1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{E433E6FB-B6F1-514A-875D-97123955ADB8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DF72F0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -6607,412 +2270,103 @@
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006662AC"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="002F5BBD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...306 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00521A48"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00521A48"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7257,90 +2611,91 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C53B40C8-2954-4E94-B2E9-291F8EDC5D9F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{896A83DC-867F-45DE-B7A4-1B396039BF96}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2000/xmlns/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3951</Characters>
+  <Pages>1</Pages>
+  <Words>282</Words>
+  <Characters>1612</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4634</CharactersWithSpaces>
+  <CharactersWithSpaces>1891</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>