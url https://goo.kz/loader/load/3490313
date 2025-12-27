--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,16015 +1,9736 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
-[...3 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...155 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мекенжайы</w:t>
-      </w:r>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>назначениена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантные должности </w:t>
+      </w:r>
+      <w:r w:rsidR="004A739B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдебиеттану </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казахским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004A739B" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қ.</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Дошкольная гимназия №6 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F912DD" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>города Павлодара» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">авлодар, улица </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Ак</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сатпае</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ак. Сатпаев көшесі</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>241</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="00555A4B">
+        <w:t>676-300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>эл.почта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00254C07">
           <w:rPr>
             <w:rStyle w:val="a7"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00874A3E" w:rsidRPr="000B5799" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
-[...4 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="00D04F39" w:rsidRPr="00254C07" w:rsidRDefault="00D04F39" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявляет открытый конкурс на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>вакант</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мемлекеттік тілде оқытылатын  әдебиеттану  мұғалімінің </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>ные</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1334D" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1334D" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бос лауазымына орна</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>литературоведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00672510" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ласуға ашық конкурс жариялайды.</w:t>
-[...5 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
-[...101 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс проводится на основании приказа МОН РК от 21 февраля   2012 года № 57 «О порядке проведения конкурса на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В течение 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00F912DD" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Прием документов на занятие вакантной должности осуществляет </w:t>
+      </w:r>
+      <w:r w:rsidR="004251B0" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1334D" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» улица </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ак</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сатпае</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>241</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Эл. почта sad6@goo.edu.kz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004251B0" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F05BF" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>утверждёнными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовыми квалификационными характеристикам педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектепке дейінгі гимназиясы қазақ  тілінде оқытады. Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
-[...5 lines deleted...]
-        <w:ind w:firstLine="708"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>заседании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>с казахским языком обучения.Реализуеттиповую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004251B0" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="004F05BF" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональноеобразование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      должен отвечать общим требованиям, предъявляемым к квалификации «педагог»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B94C23" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>үміткерлердің құжаттарының педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген Біліктілік талаптарына сәйкестігін қарау;</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...40 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществляет обучение и воспитание </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...27 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>мұғалім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      проводит анализ по итогам проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть с комментариями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      заполняет журналы (бумажные или электронные);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивает достижение личностных, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>системно-деятельностных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      участвует в разработке и выполнении учебных программ, в том числе программ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      создает условия для инклюзивного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      адаптирует учебные программы с учетом индивидуальной потребности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      в специальных образовательных организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      организовывает занятия в дистанционном режиме с использованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      участвует в педагогических консилиумах для родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      консультирует родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      повышает профессиональную компетентность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивает охрану жизни и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>здоровья</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся в период образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      заполняет документы, перечень которых утвержден уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      прививает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>антикоррупционную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> культуру, принципы академической честности среди обучающихся и воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, Трудовой Кодекс Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Казахстан, законы Республики Казахстан «Об образовании»,  «О статусе педагога», «О противодействии коррупции» и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004251B0" w:rsidRPr="00254C07" w:rsidRDefault="004251B0" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...37 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00A53AEA" w:rsidRPr="00254C07" w:rsidRDefault="00A53AEA" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Заработная плата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>среднее-специальное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образование – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>       Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>92</w:t>
+      </w:r>
+      <w:r w:rsidR="0016338F" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>000–12</w:t>
+      </w:r>
+      <w:r w:rsidR="0016338F" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      1) "педагог" (санаты жоқ):</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>000 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A53AEA" w:rsidRPr="00254C07" w:rsidRDefault="00A53AEA" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заработная плата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: высшее образование – 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="0016338F" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>0000–1</w:t>
+      </w:r>
+      <w:r w:rsidR="0016338F" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>000 тенге (без квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00254C07">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000613F4">
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>муз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уководителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) 676-300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>электронный адрес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>sad6@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Приложение 11 к Правилам назначения на должности,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освобожденияотдолжностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> первых руководителей и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>педагоговгосударственных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="0016338F" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="003200E5" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B97FE7" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97FE7" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B97FE7" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:w w:val="95"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="004B64CA" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:group id="Группа 10" o:spid="_x0000_s1039" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
+            <v:line id="Line 6" o:spid="_x0000_s1040" style="position:absolute;visibility:visible" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAQw4KDMMAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPS2vCQBC+C/6HZQq9mY2F+oiuYh+C&#10;h0JbFb0O2WkSzc6G3a2J/94tCL3Nx/ec+bIztbiQ85VlBcMkBUGcW11xoWC/Ww8mIHxA1lhbJgVX&#10;8rBc9HtzzLRt+Zsu21CIGMI+QwVlCE0mpc9LMugT2xBH7sc6gyFCV0jtsI3hppZPaTqSBiuODSU2&#10;9FpSft7+GgXdhz1MXpq6fZ621ebteHLvX59jpR4futUMRKAu/Ivv7o2O84fw90s8QC5uAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABQAAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9jb25uZWN0b3J4bWwueG1sUEsBAi0AFAAGAAgAAAAhAEMOCgzDAAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAAoQIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPkAAACRAwAAAAA=&#10;" strokeweight=".14125mm"/>
+            <w10:wrap type="none"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="004B64CA" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000613F4">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...14000 lines deleted...]
-        <w:rPr>
           <w:noProof/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 14" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYBL7VEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UyinULsJIkAJqtPu6+7H7tntw3++7h59fEDghU1WpR7DhtrxRVqsur2XyQYPDO/LY&#10;hYYYtKzeSAqAZG2ky842VYXdCbrR1hXhbl8EtjUogZdBvz8c+l2MEvAFYd/VyCOjdm+y1uYVkw6H&#10;bK61qUtIwXIFoI2KBZQ7LThU82UH+ajfC7vu0ZR8Hxa0YS88tPBRhcKBf34aFLZBDivwo7D/W7Dz&#10;Ns6ChQdgIGDVUiRZyzrZioY2WIjYnvFdokqpbYIWQK7NECBAkJX4h1g4+zS23tMcoaAZTttAYQRt&#10;sKzllsRYZvYIa6Iqxi4X9kUhN2whncuclA4OefRycRgF2yFzB6xqN+ywB8C9qQ13qOV6UFoh5znn&#10;rrZcWCpdf9B1udGS59Q6LRutVssJV2hDbIO7jxUDYEdhSq4FdWAZI3TW2IbkvLYhnrvcwi1sUmDv&#10;o+vgT0N/OBvMBlEnCnuzTuRPp52r+STq9OZBvzs9n04m0+CzpRZEoyynlAnLrp0mQfR33drMtXoO&#10;7OfJkYojsXP3eSrWO6bhcgFa2t86122L1j29lPQO2lXJejzCOAcjk+oeowpGY4z1xzVRDCP+WsDs&#10;GQZRZGepW0TdfggLdehZHnqISAAqxgbDBbfmxNTzd12qfJXBSYErq5BXMCbS3Pazmyc1q2YB488p&#10;aEa1na+Haxf1+Icy/gUAAP//AwBQSwMEFAAGAAgAAAAhAF+IUD7cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4sJRoDlaZThQCJIxtIHL3GawuNU9XZVnh60hMcbX/6/f3F&#10;evK9OtIoXWAL14sMFHEdXMeNhbft09UdKInIDvvAZOGbBNbl+VmBuQsnfqXjJjYqhbDkaKGNcci1&#10;lrolj7IIA3G67cPoMaZxbLQb8ZTCfa9Nlq20x47ThxYHemip/tocvIXn9869CO0rxvhpfh4rmeSj&#10;tvbyYqruQUWa4h8Ms35ShzI57cKBnajewu3K3CTUgjFLUDOQLU0qs5s3K9Blof9XKH8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGAS+1RIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+          <v:shape id="Полилиния 13" o:spid="_x0000_s1038" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAh7EHlFgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYCbOE1EYgfbbbqLOANH4BorIThDuRHjSdJtuyAhRKWmdmb8zXzfeKYXl9siJxuudCZFSL0z&#10;lxIuIhlnYhXS94t5Z0CJNkzELJeCh/SOa3o5fv7soipH3JepzGOuCIAIParKkKbGlCPH0VHKC6bP&#10;ZMkFGBOpCmZgq1ZOrFgF6EXu+K7bcyqp4lLJiGsNb6e1kY4RP0l4ZN4lieaG5CGF3Aw+FT6X9umM&#10;L9hopViZZlGTBvuHLAqWCQi6h5oyw8haZU+giixSUsvEnEWycGSSZBFHDsDGc0/Y3Kas5MgFxNHl&#10;Xib9/2Cjt5sbRbIYandOiWAF1Gj3dfdj9233gN/vu4efXwgYQamq1CM4cFveKMtVl9cy+qDB4BxZ&#10;7EaDD1lWb2QMgGxtJKqzTVRhTwJvssUi3O2LwLeGRPDS6/eHQ7dLSQQ2z+9jjRw2as9Ga21ecYk4&#10;bHOtTV3CGFZYgLhhsYByJ0UO1XzZIS7p9/wuPpqS79281u2FQxYuqYg/cJEtFHPv5LdOiOW5gd//&#10;LRhoWMe0YP4BGBBYtSmytM062oombVgRZnvGRaFKqa1AC0iuVQgQwMlS/IMvxD71rc80IRQ0w2kb&#10;KEqgDZa1JiUzNjMbwi5JFVLUwr4o5IYvJJrMSekgyKM1F4decByUO8iqNsMJGwDuTb3AoDbXg9IK&#10;Oc/yHGubC5tK1x10URst8yy2RpuNVqvlJFdkw2yD48eSAbAjNyXXIkawlLN41qwNy/J6Df45agu3&#10;sJHA3kfs4E9DdzgbzAZBJ/B7s07gTqedq/kk6PTmXr87PZ9OJlPvs03NC0ZpFsdc2OzaaeIFf9et&#10;zVyr58B+nhyxOCI7x89Tss5xGqgFcGl/a63bFq17einjO2hXJevxCOMcFqlU95RUMBpDqj+umeKU&#10;5K8FzJ6hFwR2luIm6PZ92KhDy/LQwkQEUCE1FC64XU5MPX/XpcpWKUTysKxCXsGYSDLbzzhP6qya&#10;DYw/ZNCMajtfD/fo9fiHMv4FAAD//wMAUEsDBBQABgAIAAAAIQC6GNIY3QAAAAoBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWEoYYypNpwoBEkcGSDt6jdcWGqdqsq3w6/FOcLP9&#10;np6/V6wm36sDjbELbOF6loEiroPruLHw/vZ0tQQVE7LDPjBZ+KYIq/L8rMDchSO/0mGdGiUhHHO0&#10;0KY05FrHuiWPcRYGYtF2YfSYZB0b7UY8SrjvtcmyhfbYsXxocaCHluqv9d5beP7o3EukXcWYPs3P&#10;YxWnuKmtvbyYqntQiab0Z4YTvqBDKUzbsGcXVW/hbmFuxWrB3EiFkyGbG5m2cplnoMtC/69Q/gIA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAh7EHlFgMAAJgGAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC6GNIY3QAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;AHAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAegYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
             <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00874A3E">
-[...9 lines deleted...]
-        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-13"/>
-[...354 lines deleted...]
-        <w:t>кейінгі</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(фамилия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>мя,отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="10086" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3424"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4493"/>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidTr="000F032F">
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
         <w:trPr>
-          <w:trHeight w:val="343"/>
+          <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcW w:w="306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
-[...3 lines deleted...]
-              <w:ind w:left="40"/>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-              <w:t>атауы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
-[...3 lines deleted...]
-              <w:ind w:left="39"/>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
-[...3 lines deleted...]
-              <w:ind w:left="38"/>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-              <w:t>мамандығы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Подтверждающийдокумент</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кол-вобаллов (от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidTr="000F032F">
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническоеипрофессиональное=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшееочное=5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00FC5BD8" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FC5BD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломовысшемобразованиис</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FC5BD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00FC5BD8" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00FC5BD8" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>академическаястепень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистрилиспециалистсвысшим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор=10баллов Докторнаук=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00ED0317">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кандидатнаук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="002C4C62">
+        <w:trPr>
+          <w:trHeight w:val="10049"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от80до90баллов=6баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от80до90баллов=7баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=3балла от60до70баллов=4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от70до80баллов=7баллов от80до90баллов=8баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="5360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от30до40баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от70до80баллов=8баллов от 80 до90 баллов = 9 баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=5баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сквалификационнойкатегорией</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="2034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Удостоверение,иной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2категория=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор=3балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>педагогическойдеятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до3 лет =1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от3 до5 лет =1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от5до10лет=2балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Опытадминистративнойи методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместительдиректора=3балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Дляпедагогов,впервыепоступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложениекдипломуоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"=0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1953"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательноеписьмос</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предыдущегоместаработ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательногописьма=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствиерекомендательного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призерыолимпиадиконкурсов=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных проектов = 1 балл призерыолимпиадиконкурсов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о к а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>государственнаянаграда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призерконкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00FC5BD8" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC5BD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC5BD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обладательмедали"Қазақстанеңбексіңіргенұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"=10баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>авторскиеработы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>переченьКОКСОН</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="3330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическаядеятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководствоМО=1балл лидер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподаваниена2языках</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">усский/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="3350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предметнойподготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификатнацифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучениепо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программированияв</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"," Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсыЦПМНИШ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00ED0317" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы=0,5балл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED0317">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Максимальныйбалл–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97FE7" w:rsidRPr="00254C07" w:rsidRDefault="00B97FE7" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Приложение 10 к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освобожденияотдолжностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ипедагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                       Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="004B64CA" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 23" o:spid="_x0000_s1037" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3axNPFwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolJTOzP+5vtmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kgkwplIVxMBWrTyqSAXoBfdC3+95lVS0VDJhWsPbaW3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBQfdQU2IIWqv8CVSRJ0pqmZqzRBaeTNM8YU4DqAn8EzW3GSmZ0wLJ0eU+&#10;Tfr/wSZvNzcK5TTG4TlGghRQo93X3Y/dt92D+37fPfz8gsAImapKPYIDt+WNslp1eS2TDxoM3pHF&#10;bjT4oGX1RlIAJGsjXXa2qSrsSdCNtq4Id/sisK1BCbwM+v3h0O9ilIAtCPuuRh4ZtWeTtTavmHQ4&#10;ZHOtTV1CCitXANqoWEC504JDNV92kI/6vbDrHk3J925B6/bCQwsfVSgc+E4tFHPvFLZODivwo7D/&#10;WzDIYR3TgoUHYCBg1VIkWcs62YqGNqwQsT3ju0SVUtsELYBcmyFAACcr8Q++EPvUtz7ThFDQDKdt&#10;oDCCNljWOSmJscxsCLtEFVwKmwv7opAbtpDOZE5KB0EerVwcesFxyNwBq9oMJ2wAuDf1wgW1XA9K&#10;K+Q859zVlgtLpesPuo6Kljyn1mjZaLVaTrhCG2Ib3H2sGAA7clNyLagDyxihs2ZtSM7rNfhzl1u4&#10;hU0K7H10Hfxp6A9ng9kg6kRhb9aJ/Om0czWfRJ3ePOh3p+fTyWQafLbUgmiU5ZQyYdm10ySI/q5b&#10;m7lWz4H9PDlScSR27j5PxXrHNFwuQEv7W+e6bdG6p5eS3kG7KlmPRxjnsMikuseogtEYY/1xTRTD&#10;iL8WMHuGQRTZWeo2UbcfwkYdWpaHFiISgIqxwXDB7XJi6vm7LlW+yiBS4Moq5BWMiTS3/ezmSc2q&#10;2cD4cwqaUW3n6+HeeT3+oYx/AQAA//8DAFBLAwQUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixdGRsqTacKARJHBkg7eo3XFhqnqrOt8PSkp3G0&#10;/en39+fr0XXqSIO0ng3MZwko4srblmsDH+/PN/egJCBb7DyTgR8SWBeXFzlm1p/4jY6bUKsYwpKh&#10;gSaEPtNaqoYcysz3xPG294PDEMeh1nbAUwx3nU6TZKkdthw/NNjTY0PV9+bgDLx8tvZVaF8yhq/0&#10;96mUUbaVMddXY/kAKtAYzjBM+lEdiui08we2ojoDq2V6F1ED6WIOagKSRRrL7KbNLegi1/8rFH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd2sTTxcDAACYBgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AABxBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHsGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 24" o:spid="_x0000_s1036" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOg+x/EwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMwwgjQQqo0e7r7sfu2+7Bfb/vHn5+QeCETFWlHsGG2/JGWa26vJbJBw0O78hj&#10;Fxpi0LJ6IykAkrWRLjvbVBV2J+hGW1eEu30R2NagBF4G/f5w6HcxSsAXhH1XI4+M2r3JWptXTDoc&#10;srnWpi4hBcsVgDYqFlDutOBQzZcd5KN+L+y6R1PyfVjQhr3w0MJHFQoH/vlpUNgGOazAj8L+b8HO&#10;2zgLFh6AgYBVS5FkLetkKxraYCFie8Z3iSqltglaALk2Q4AAQVbiH2Lh7NPYek9zhIJmOG0DhRG0&#10;wbKWWxJjmdkjrIkquBQ2F/ZFITdsIZ3LnJQODnn0cnEYBdshcwesajfssAfAvakNd6jlelBaIec5&#10;5662XFgqXX/QdVS05Dm1TstGq9VywhXaENvg7mPFANhRmJJrQR1YxgidNbYhOa9tiOcut3ALmxTY&#10;++g6+NPQH84Gs0HUicLerBP502nnaj6JOr150O9Oz6eTyTT4bKkF0SjLKWXCsmunSRD9Xbc2c62e&#10;A/t5cqTiSOzcfZ6K9Y5puFyAlva3znXbonVPLyW9g3ZVsh6PMM7ByKS6x6iC0Rhj/XFNFMOIvxYw&#10;e4ZBFNlZ6hZRtx/CQh16loceIhKAirHBcMGtOTH1/F2XKl9lcFLgyirkFYyJNLf97OZJzapZwPhz&#10;CppRbefr4dpFPf6hjH8BAAD//wMAUEsDBBQABgAIAAAAIQAQsddv3AAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLKXaCipNpwrBJI4MkDh6jdcWGqeqs63j6UlPcLT96ff3&#10;F+vJ9epIo3SeDdwuElDEtbcdNwbe355v7kFJQLbYeyYDZxJYl5cXBebWn/iVjtvQqBjCkqOBNoQh&#10;11rqlhzKwg/E8bb3o8MQx7HRdsRTDHe9TpMk0w47jh9aHOixpfp7e3AGNh+dfRHaV4zhK/15qmSS&#10;z9qY66upegAVaAp/MMz6UR3K6LTzB7aiegN3WbqKqIFVsgQ1A8kyjWV28yYDXRb6f4XyFwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE6D7H8TAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABCx12/cAAAACgEAAA8AAAAAAAAAAAAAAAAAbQUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(государственныйорган, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="004B64CA" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 25" o:spid="_x0000_s1035" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaKgghEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaCMcOttt0QZyBI3CNlRCcodyIsZN0266QEKJS03Fm/PzejGd6ebUrONoypXMpYhx0&#10;fYyYoDLJxTrG75eLzgVG2hCREC4Fi/E90/hq8vzZZVWOWSgzyROmEIAIPa7KGGfGlGPP0zRjBdFd&#10;WTIBzlSqghhYqrWXKFIBesG90PcHXiVVUipJmdbwdlY78cThpymj5l2aamYQjzFwM+6p3HNln97k&#10;kozXipRZThsa5B9YFCQXcOgBakYMQRuVP4EqcqqklqnpUll4Mk1zypwGUBP4Z2ruMlIypwWSo8tD&#10;mvT/g6Vvt7cK5UmMwz5GghRQo/23/c/99/2D+/7YP/z6isAJmapKPYYNd+Wtslp1eSPpBw0O78Rj&#10;Fxpi0Kp6IxMAJBsjXXZ2qSrsTtCNdq4I94cisJ1BFF4O/CjojaBWFHxBOHQ18si43Us32rxi0uGQ&#10;7Y02dQkTsFwBkkbFEiDSgkM1X3aQj4JwUD+akh/CgjbshYeWPqrQqB9E50FhG1Rj+cNhzyGex/Xa&#10;OAsWHoGBgHVLkWQta7oTDW2wELE947tElVLbBC2BXJshQIAgK/EPsXD2eWy9pzlCQTOct4HCCNpg&#10;VcsoibHM7BHWRFWMXS7si0Ju2VI6lzkrHRzy6OXiOAq2n7Kq3bDDHgD3pjbcoZbrUWmFXOScu9py&#10;YakMA3/ocqMlzxPrtGy0Wq+mXKEtsQ3uPlYMgJ2EKbkRiQPLGEnmjW1Izmsb4rnLLdzCJgX2ProO&#10;/jzyR/OL+UXUicLBvBP5s1nnejGNOoNFMOzPerPpdBZ8sdSCaJzlScKEZddOkyD6u25t5lo9Bw7z&#10;5ETFidiF+zwV653ScLkALe1vneu2ReueXsnkHtpVyXo8wjgHI5PqE0YVjMYY648bohhG/LWA2TMK&#10;osjOUreI+sMQFurYszr2EEEBKsYGwwW35tTU83dTqnydwUmBK6uQ1zAm0tz2s5snNatmAePPKWhG&#10;tZ2vx2sX9fiHMvkNAAD//wMAUEsDBBQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqJ226k8apwIkLkhQUThw3CYbJzS2Q+y26duzPdHjzI5mv8nW&#10;g23FkfrQeKchGSkQ5ApfNs5o+Pp8eViACBFdia13pOFMAdb57U2GaelP7oOO22gEl7iQooY6xi6V&#10;MhQ1WQwj35HjW+V7i5Flb2TZ44nLbSvHSs2kxcbxhxo7eq6p2G8PVsPTj/1WavFbnfebZPNavRk0&#10;70br+7vhcQUi0hD/w3DBZ3TImWnnD64MomU9nvGWqGEyWYK4BNR8PgWxY2eagMwzeT0h/wMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAaKgghEAMAAJgGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAAAAAAAAAAAAAAGoF&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdwYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ф.И.О.кандидат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>а(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>приегоналичии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="004B64CA" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 26" o:spid="_x0000_s1034" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhfqJtDwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMC1nSYisYPtNl0QZ+AIXGMlBGcoN2LsJN22KySEiJR07Bl/882MZ3p5tStytOVKZ1LEOLjw&#10;MeKCSpaJdYzfLxedIUbaEMFILgWP8T3X+Gry/NllVY55KFOZM64QgAg9rsoYp8aUY8/TNOUF0Rey&#10;5AKUiVQFMbBUa48pUgF6kXuh7/e9SipWKkm51rA7q5V44vCThFPzLkk0NyiPMXAz7qvcd2W/3uSS&#10;jNeKlGlGGxrkH1gUJBPg9AA1I4agjcqeQBUZVVLLxFxQWXgySTLKXQwQTeCfRXOXkpK7WCA5ujyk&#10;Sf8/WPp2e6tQxmIc9jESpIAa7b/tf+6/7x/c+2P/8OsrAiVkqir1GA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisNn3o6A7glpR0AXhwNXII+P2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GkbubQp+MApaoxceWvqoQqNeEJ0bha2RQwr8bq9r8c7Nuq2Z&#10;xQqPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KoPAH7jcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvmj+XA+jDpR2J93In8261wvplGnvwgGvVl3Np3Ogi+WWhCN04wxLiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIII&#10;bj4ybhH1BiEs1LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAYX6ibQ8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(должность</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>есто</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="004B64CA" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 27" o:spid="_x0000_s1033" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqhwCZDwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMC1nSYisYPtNl0QZ+AIXGMlBGcoN2LsJN22KySEiJR07Bl/882MZ3p5tStytOVKZ1LEOLjw&#10;MeKCSpaJdYzfLxedIUbaEMFILgWP8T3X+Gry/NllVY55KFOZM64QgAg9rsoYp8aUY8/TNOUF0Rey&#10;5AKUiVQFMbBUa48pUgF6kXuh7/e9SipWKkm51rA7q5V44vCThFPzLkk0NyiPMXAz7qvcd2W/3uSS&#10;jNeKlGlGGxrkH1gUJBPg9AA1I4agjcqeQBUZVVLLxFxQWXgySTLKXQwQTeCfRXOXkpK7WCA5ujyk&#10;Sf8/WPp2e6tQxmIcDjASpIAa7b/tf+6/7x/c+2P/8OsrAiVkqir1GA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisNn3o6A7glpR0AXhwNXII+P2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GkbubQp+MApaoxceWvqoQqNeEJ0bha2RQwr8bq9r8c7Nuq2Z&#10;xQqPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KoPAH7jcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvmj+XA+jDpR2J93In8261wvplGnvwgGvVl3Np3Ogi+WWhCN04wxLiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIII&#10;bj4ybhH1BiEs1LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAKocAmQ8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 28" o:spid="_x0000_s1032" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEsCzzDwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMC1nSYisYPtNl0QZ+AIXGMlBGcoN2LsJN22KySEiJR07Bl/882MZ3p5tStytOVKZ1LEOLjw&#10;MeKCSpaJdYzfLxedIUbaEMFILgWP8T3X+Gry/NllVY55KFOZM64QgAg9rsoYp8aUY8/TNOUF0Rey&#10;5AKUiVQFMbBUa48pUgF6kXuh7/e9SipWKkm51rA7q5V44vCThFPzLkk0NyiPMXAz7qvcd2W/3uSS&#10;jNeKlGlGGxrkH1gUJBPg9AA1I4agjcqeQBUZVVLLxFxQWXgySTLKXQwQTeCfRXOXkpK7WCA5ujyk&#10;Sf8/WPp2e6tQxmIcQqUEKaBG+2/7n/vv+wf3/tg//PqKQAmZqko9hgN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobPb9KOiOoFYUdEE4cDXyyLg9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPhpF7m4IfjILW6IWHlj6q0KgXROdGYWvkkAK/2+tavHOzbmtm&#10;scIjLGC/bvmRtKVMd6LhDBIitmF8l6VSapudJXBr0wMIYGTj+4Mt+D63rc80LhR0wnkPKIygB1Z1&#10;GCUxlpl1YUVUxdilwm4UcsuX0qnMWd3AyaM2F8dWcPyUVa2GE9YBXJpacE4t16O6CrnI8twVNheW&#10;yiDwBy43WuYZs0rLRqv1aportCW2u91jgwGwEzMlN4I5sJQTNm9kQ7K8lsE+d7mFK9ikwF5G176f&#10;R/5oPpwPo04U9uedyJ/NOteLadTpL4JBb9adTaez4IulFkTjNGOMC8uuHSVB9Het2gy1eggchslJ&#10;FCfBLtzzNFjvlIbLBcTS/ta5bvuzbuiVZPfQq0rWsxFmOQipVJ8wqmAuxlh/3BDFMcpfCxg8oyCC&#10;m4+MW0S9QQgLdaxZHWuIoAAVY4PhgltxaurhuylVtk7BU+DKKuQ1zIgks83shknNqlnA7HMRNHPa&#10;DtfjtbN6/DeZ/AYAAP//AwBQSwMEFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyo3R8gSuNUgMQFCaoWDj1uk40TGq9D7Lbp2+Oc4LTandHsN9lq&#10;sK04Ue8bxxqmEwWCuHBlw0bD1+frXQLCB+QSW8ek4UIeVvn1VYZp6c68odM2GBFD2KeooQ6hS6X0&#10;RU0W/cR1xFGrXG8xxLU3suzxHMNtK2dKPUiLDccPNXb0UlNx2B6thudvu1Mq+akuh/V0/Va9GzQf&#10;Ruvbm+FpCSLQEP7MMOJHdMgj094dufSi1ZAsYpWg4XEe56ir+f0CxH68zEDmmfzfIP8FAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEARLAs8w8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAo7PiH98AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Фактическоеместопроживания</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>дреспрописки,контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Прошудопуститьменякконкурсуназанятиевакантной/временновакантной должности (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>нужное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="004B64CA" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 29" o:spid="_x0000_s1031" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZ20OzEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu7TQRiR1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq12Roy1XOpMixkHX&#10;x4gLKlkm1jF+v1x0hhhpQwQjuRQ8xvdc46vJ82eXVTnmoUxlzrhCACL0uCpjnBpTjj1P05QXRHdl&#10;yQUoE6kKYmCp1h5TpAL0IvdC3+97lVSsVJJyrWF3VivxxOEnCafmXZJoblAeY+Bm3Fe578p+vckl&#10;Ga8VKdOMNjTIP7AoSCbA6QFqRgxBG5U9gSoyqqSWielSWXgySTLKXQwQTeCfRXOXkpK7WCA5ujyk&#10;Sf8/WPp2e6tQxmIcjjASpIAa7b/tf+6/7x/c+2P/8OsrAiVkqir1GA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisNkPen44glpR0AXhwNXII+P2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GkbubQp+MApaoxceWvqoQqP+RXRuFLZGDinwo1HP4p2b9Voz&#10;ixUeYQH7dcuPpC1luhMNZ5AQsQ3juyyVUtvsLIFbmx5AACMb3x9swfe5bX2mcaGgE857QGEEPbCq&#10;wyiJscysCyuiKsYuFXajkFu+lE5lzuoGTh61uTi2guOnrGo1nLAO4NLUgnNquR7VVchFlueusLmw&#10;VAaBP3C50TLPmFVaNlqtV9NcoS2x3e0eGwyAnZgpuRHMgaWcsHkjG5LltQz2ucstXMEmBfYyuvb9&#10;PPJH8+F8GHWisD/vRP5s1rleTKNOfxEMLma92XQ6C75YakE0TjPGuLDs2lESRH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMwoi&#10;uPnIuEV0MQhhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2&#10;g2vZCfvQeFKwmAtgSJU3DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8&#10;VBadDnPfISXvy/dOxyT7mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSj&#10;RaWur4aHe2ARh/j3DBN+QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABnbQ7MQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>наименованиеорганизацийобразования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>дрес(область,район,город\село) В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="004B64CA" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 30" o:spid="_x0000_s1030" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvy8huDwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnsS4B+kRpIAa7b/tf+6/7x/c+2P/8OsrAiVkqir1GA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbmQAg2RjpsrNLVWFPQtxo54pwfygC2xlEYbMf9PxwBGQo6IJw4Dx7ZNyepRttXjHpcMj2&#10;Rpu6hAlIrgBJE8USINKCQzVfdpCPhpF7m4IfjILW6IWHlj6q0Kh/EZ0bha2RQwr8aNSzeOdmvdbM&#10;YoVHWMB+3fIjWUuZ7kTDGSREbMP4Lkul1DY7S+DWpgcQwMjG9wdb8H1uW59pXCjohPMeUBhBD6zq&#10;MEpiLDPrwoqoirFLhd0o5JYtpVOZs7qBk0ctF8dWcPyUVa2GE9YBXJpacE4t16O6CrnIOXeF5cJS&#10;GQT+wOVGS54nVmnZaLVeTblCW2K72z02GAA7MVNyIxIHljGSzBvZkJzXMthzl1u4gk0K7GV07ft5&#10;5I/mw/kw6kRhf96J/Nmsc72YRp3+IhhczHqz6XQWfLHUgmic5UnChGXXjpIg+rtWbYZaPQQOw+Qk&#10;ipNgF+55Gqx3SsPlAmJpf+tct/1ZN/RKJvfQq0rWsxFmOQiZVJ8wqmAuxlh/3BDFMOKvBQyeURDB&#10;zUfGLaKLQQgLdaxZHWuIoAAVY4PhgltxaurhuylVvs7AU+DKKuQ1zIg0t83shknNqlnA7HMRNHPa&#10;DtfjtbN6/DeZ/AYAAP//AwBQSwMEFAAGAAgAAAAhAKSEmgzeAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJC6IJRvVFErTCU0CcUJigLZj1pimInFKk23t25Od4Gj/1u/vq1aj&#10;d+yIQ+wCKZjPBDCkJpiOWgUf70+3ElhMmox2gVDBhBFW9eVFpUsTTvSGx01qWS6hWGoFNqW+5Dw2&#10;Fr2Os9Aj5ewrDF6nPA4tN4M+5XLv+EKIJfe6o/zB6h7XFpvvzcEr+PzZObm0r+uXZ9nK6WaLYrKo&#10;1PXV+PgALOGY/o7hjJ/Roc5M+3AgE5lTIIuskhTczbPBORfFfQFsnzcLAbyu+H+D+hcAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDvy8huDwMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAAAAAAAAAAAAAAGkFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>аименованиеорганизации,адрес(область,район,город\село) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Образование</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ысшееили</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Наименованиеучебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Специальностьпо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00254C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcW w:w="2433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="000F032F">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00874A3E" w:rsidRPr="00F96347" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
-[...12 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Наличиеквалификационнойкатегори</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>и(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>датаприсвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>күні):</w:t>
-[...74 lines deleted...]
-        <w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="004B64CA" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 22" o:spid="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5jSn9EQMAAJwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLutNl2t+oGQ&#10;FlhpywHcxGkiEjvYbtMFcQaOwDVWQnCGciPGdtJNu0JCiEpNx5nx83sznunl1b4s0I4KmXMWYa/v&#10;YkRZzJOcbSL8frXsXWAkFWEJKTijEb6nEl9Nnz+7rKsJ9XnGi4QKBCBMTuoqwplS1cRxZJzRksg+&#10;rygDZ8pFSRQsxcZJBKkBvSwc33WHTs1FUgkeUynh7dw68dTgpymN1bs0lVShIsLATZmnMM+1fjrT&#10;SzLZCFJledzQIP/AoiQ5g0OPUHOiCNqK/AlUmceCS56qfsxLh6dpHlOjAdR47pmau4xU1GiB5Mjq&#10;mCb5/2Djt7tbgfIkwr6PESMl1Ojw7fDz8P3wYL4/Dg+/viJwQqbqSk5gw111K7RWWd3w+IMEh3Pi&#10;0QsJMWhdv+EJAJKt4iY7+1SUeifoRntThPtjEeheoRheDoPxMBgMMIrB5/kjUyOHTNq98VaqV5Qb&#10;HLK7kcqWMAHLFCBpVKyg3GlZQDVf9pCLPH9oH03Jj2FeG/bCQSsX1chz3VFwHgXJ6YJ5QRAYyPO4&#10;oI3TaH4XDSRsWpIka3nHe9YQBwsR3TWuSVXFpU7RCui1OQIECNIi/xALh5/H2j3NEQLa4bwRBEbQ&#10;CGuroyJKM9NHaBPVUAGTDf2m5Du64sanzqoHpzx6C9aNsvu7vKwftugj4O5Ywxyr2XbKy/gyLwpT&#10;34JpMiPPHZnsSF7kiXZqOlJs1rNCoB3RTW4+Wg6AnYQJvmWJAcsoSRaNrUheWBviC5NduIlNEvSd&#10;NF38eeyOFxeLi7AX+sNFL3Tn8971chb2hktvNJgH89ls7n3R1LxwkuVJQplm104UL/y7jm1mm50F&#10;x5lyouJE7NJ8nop1TmmYXICW9tfmum1T29drntxDywpuRySMdDAyLj5hVMN4jLD8uCWCYlS8ZjB/&#10;xl4Y6nlqFuFg5MNCdD3rroewGKAirDBccW3OlJ3B20rkmwxO8kxZGb+GUZHmuqfNTLGsmgWMQKOg&#10;Gdd6xnbXJurxT2X6GwAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHmNKf0RAwAAnAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
-            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
+          <v:shape id="Полилиния 31" o:spid="_x0000_s1029" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCc82jLEgMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIUanpODP+/H0znunl1a7IyZYrnUkRUu/C&#10;pYSLSMaZWIf0/XLRGVKiDRMxy6XgIb3nml5Nnj+7rMox92Uq85grAiBCj6sypKkx5dhxdJTygukL&#10;WXIBzkSqghlYqrUTK1YBepE7vuv2nUqquFQy4lrD21ntpBPETxIemXdJorkheUiBm8GnwufKPp3J&#10;JRuvFSvTLGposH9gUbBMwKEHqBkzjGxU9gSqyCIltUzMRSQLRyZJFnHUAGo890zNXcpKjlogObo8&#10;pEn/P9jo7fZWkSwOadejRLACarT/tv+5/75/wO+P/cOvrwSckKmq1GPYcFfeKqtVlzcy+qDB4Zx4&#10;7EJDDFlVb2QMgGxjJGZnl6jC7gTdZIdFuD8Uge8MieBl3/eGvV6Pkgh8nj/AGjls3O6NNtq84hJx&#10;2PZGm7qEMVhYgLhRsYRyJ0UO1XzZIS4ZBvhtCn4IAtF10AuHLF1SkdFg1D0P8tsgRPLcfrdr8c7D&#10;um2YxfKPsID9uuXH0pZytBMNZ7AIsw3jYpZKqW12lsCtTQ8gQJDV94dYOPs8tt7THKGgE857QFEC&#10;PbCqZZTMWGb2CGuSKqSYCvuikFu+lOgyZ3WDQx69uTiOwu3HrGo37LAHwKWpDTzUcj2qq5CLLM+x&#10;sLmwVAaeO8DcaJlnsXVaNlqtV9NckS2z3Y0fKwbATsKU3IgYwVLO4nljG5bltQ3xOeYWrmCTAnsZ&#10;sX0/j9zRfDgfBp3A7887gTubda4X06DTX3iD3qw7m05n3hdLzQvGaRbHXFh27Sjxgr9r1Wao1UPg&#10;MExOVJyIXeDnqVjnlAbmArS0v3Wu2/6sG3ol43voVSXr2QizHIxUqk+UVDAXQ6o/bpjilOSvBQye&#10;kRfAzScGF0Fv4MNCHXtWxx4mIoAKqaFwwa05NfXw3ZQqW6dwkodlFfIaZkSS2WbGYVKzahYw+1BB&#10;M6ftcD1eY9Tjv8nkNwAAAP//AwBQSwMEFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQtWmqKApxKgRC4ggpEj1u4yWJGq/T2G3C3+Oc4Dg7q5k3&#10;xXa2vbjQ6DvHGh5WCgRx7UzHjYbP3et9BsIHZIO9Y9LwQx625fVVgblxE3/QpQqNiCHsc9TQhjDk&#10;Uvq6JYt+5Qbi6H270WKIcmykGXGK4baXa6VSabHj2NDiQM8t1cfqbDUowq/67jTNL8dmeq/83p2y&#10;t73Wtzfz0yOIQHP4e4YFP6JDGZkO7szGi15DtolTgoYkXYNYfJUmCYjDctmALAv5f0H5CwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJzzaMsSAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAAAAAAAAAAAAAAAAbAUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00874A3E" w:rsidRDefault="00874A3E" w:rsidP="00874A3E">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F912DD" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...24 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Имею следующие результаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>аграды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>атакжедополнительныесведени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>я(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="004B64CA" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...119 lines deleted...]
-    <w:sectPr w:rsidR="000F1A02" w:rsidSect="000554AB">
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 32" o:spid="_x0000_s1028" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA/v4NEQMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPqKNl2t+kBI&#10;C6y05QCu4zQRiR1st+mCOANH4BorIThDuRFjJ+mmXSEhRKSkY8/4m29mPNPLq32Rox2TKhM8wt6F&#10;ixHjVMQZ30T4/WrZG2OkNOExyQVnEb5nCl9Nnz+7rMqQ+SIVecwkAhCuwqqMcKp1GTqOoikriLoQ&#10;JeOgTIQsiIal3DixJBWgF7nju+7QqYSMSykoUwp257USTy1+kjCq3yWJYhrlEQZu2n6l/a7N15le&#10;knAjSZlmtKFB/oFFQTIOTo9Qc6IJ2srsCVSRUSmUSPQFFYUjkiSjzMYA0XjuWTR3KSmZjQWSo8pj&#10;mtT/g6Vvd7cSZXGE+z5GnBRQo8O3w8/D98ODfX8cHn59RaCETFWlCuHAXXkrTayqvBH0gwKFc6Ix&#10;CwU2aF29ETEAkq0WNjv7RBbmJMSN9rYI98cisL1GFDaHvjceDAYYUdB5/sjWyCFhe5ZulX7FhMUh&#10;uxul6xLGINkCxE0UKyh3UuRQzZc95KJxYN+m4EcjrzV64aCViyo0GU3650aQmQ6S5w77fYN3btZv&#10;zQyW38EC9puWH0lbynTPG84gIWIaxrVZKoUy2VkBtzY9gABGJr4/2ILvc9v6TONCQiec94DECHpg&#10;XYdREm2YGRdGRFWEbSrMRiF2bCWsSp/VDZw8anPetbLHu6xqNZwwDuDS1IJ1arh26srFMstzW9ic&#10;Gyojzx3Z3CiRZ7FRGjZKbtazXKIdMd1tHxMMgJ2YSbHlsQVLGYkXjaxJltcy2Oc2t3AFmxSYy2jb&#10;9/PEnSzGi3HQC/zhohe483nvejkLesOlNxrM+/PZbO59MdS8IEyzOGbcsGtHiRf8Xas2Q60eAsdh&#10;chLFSbBL+zwN1jmlYXMBsbS/da7b/qwbei3ie+hVKerZCLMchFTITxhVMBcjrD5uiWQY5a85DJ6J&#10;F8DNR9ougsHIh4XsatZdDeEUoCKsMVxwI850PXy3pcw2KXjybFm5uIYZkWSmme0wqVk1C5h9NoJm&#10;Tpvh2l1bq8d/k+lvAAAA//8DAFBLAwQUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1aaooCnEqBELiCCkSPW7jJYkar9PYbcLf45zgODurmTfF&#10;dra9uNDoO8caHlYKBHHtTMeNhs/d630Gwgdkg71j0vBDHrbl9VWBuXETf9ClCo2IIexz1NCGMORS&#10;+roli37lBuLofbvRYohybKQZcYrhtpdrpVJpsePY0OJAzy3Vx+psNSjCr/ruNM0vx2Z6r/zenbK3&#10;vda3N/PTI4hAc/h7hgU/okMZmQ7uzMaLXkO2iVOChiRdg1h8lSYJiMNy2YAsC/l/QfkLAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAAP7+DREDAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAAAAAAAAAAAAAABrBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="003200E5" w:rsidRPr="00254C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00254C07" w:rsidRDefault="003200E5" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidRDefault="004F05BF" w:rsidP="00254C07">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004F05BF" w:rsidRPr="00254C07" w:rsidSect="000554AB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00874A3E"/>
-[...22 lines deleted...]
-    <w:rsid w:val="00FF02BB"/>
+    <w:rsidRoot w:val="00A13624"/>
+    <w:rsid w:val="000554AB"/>
+    <w:rsid w:val="0016338F"/>
+    <w:rsid w:val="00254C07"/>
+    <w:rsid w:val="002940DB"/>
+    <w:rsid w:val="002B1F93"/>
+    <w:rsid w:val="002B2846"/>
+    <w:rsid w:val="002C4C62"/>
+    <w:rsid w:val="003200E5"/>
+    <w:rsid w:val="00357572"/>
+    <w:rsid w:val="00393161"/>
+    <w:rsid w:val="004251B0"/>
+    <w:rsid w:val="00454524"/>
+    <w:rsid w:val="004A739B"/>
+    <w:rsid w:val="004B64CA"/>
+    <w:rsid w:val="004F05BF"/>
+    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="005B1B68"/>
+    <w:rsid w:val="00672510"/>
+    <w:rsid w:val="0068022E"/>
+    <w:rsid w:val="006D757C"/>
+    <w:rsid w:val="006F60EB"/>
+    <w:rsid w:val="00852CD6"/>
+    <w:rsid w:val="00A13624"/>
+    <w:rsid w:val="00A53AEA"/>
+    <w:rsid w:val="00A62847"/>
+    <w:rsid w:val="00B008E3"/>
+    <w:rsid w:val="00B42167"/>
+    <w:rsid w:val="00B94C23"/>
+    <w:rsid w:val="00B97FE7"/>
+    <w:rsid w:val="00BB5F4F"/>
+    <w:rsid w:val="00C2136D"/>
+    <w:rsid w:val="00C8534A"/>
+    <w:rsid w:val="00CB684D"/>
+    <w:rsid w:val="00D04F39"/>
+    <w:rsid w:val="00E1334D"/>
+    <w:rsid w:val="00ED0317"/>
+    <w:rsid w:val="00F409A2"/>
+    <w:rsid w:val="00F912DD"/>
+    <w:rsid w:val="00FC5BD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11266"/>
+    <o:shapedefaults v:ext="edit" spidmax="15362"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -16019,51 +9740,51 @@
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -16135,259 +9856,678 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00554BAF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00C2136D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00C2136D"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="00874A3E"/>
+    <w:rsid w:val="00A53AEA"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...8 lines deleted...]
-  <w:style w:type="table" w:styleId="a9">
+  <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00874A3E"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="003200E5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="003200E5"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003200E5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B97FE7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00554BAF"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00554BAF"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00554BAF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00554BAF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00554BAF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00554BAF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C2136D"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C2136D"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:rsid w:val="00A53AEA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="003200E5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="003200E5"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003200E5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16421,84 +10561,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -16633,55 +10775,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>14822</Characters>
+  <Pages>7</Pages>
+  <Words>2200</Words>
+  <Characters>12542</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>123</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17388</CharactersWithSpaces>
+  <CharactersWithSpaces>14713</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Lenovo</dc:creator>
+  <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>