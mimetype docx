--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -1,13270 +1,11564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00D4457F" w:rsidRDefault="00097EC8" w:rsidP="00D4457F">
+    <w:p w:rsidR="00C65762" w:rsidRPr="00B4534D" w:rsidRDefault="00B531BC" w:rsidP="00B4534D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+        <w:t>Я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-сад №57 города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00451F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-центр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00451F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полиязычного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00451F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00451F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитания»</w:t>
+      </w:r>
+      <w:r w:rsidR="00451F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар қаласы білім беру бөлімінің  «Павлодар қаласының №57 сәбилер бақшасы-көптілде тәрбиелеу орталығы» коммуналдық мемлекеттік қазыналық кәсіпорын</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдела</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования города Павлодара, управления образования Павлодарской области</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B4534D" w:rsidRDefault="00B531BC" w:rsidP="00B4534D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B4534D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявляет открытый конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4534D" w:rsidRPr="00B4534D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">замещение </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4677">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Негізгі қызметкердің декреттік демалыс кезеңіне м</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00323260">
+        <w:t xml:space="preserve">временно </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4534D" w:rsidRPr="00B4534D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4534D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DA4677">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>емлекеттік тілде оқытылатын тәрбиешінің</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D4457F" w:rsidRPr="00D4457F">
+        <w:t xml:space="preserve">воспитателя  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20033" w:rsidRPr="00B4534D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D20033" w:rsidRPr="00B4534D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002544DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">уақытша </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D4457F" w:rsidRPr="00D4457F">
+        <w:t>государственным</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20033" w:rsidRPr="00B4534D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бос</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D4457F">
+        <w:t xml:space="preserve"> языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лауазымына орналасуға </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A694D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4677" w:rsidRPr="00DA4677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ашық конкурс жариялайды:</w:t>
+        <w:t>на период декретн</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4677">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ого отпуска основного работника</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4534D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10940" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="11578" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="394"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1496"/>
+        <w:gridCol w:w="438"/>
+        <w:gridCol w:w="1404"/>
+        <w:gridCol w:w="1127"/>
+        <w:gridCol w:w="1156"/>
+        <w:gridCol w:w="1171"/>
+        <w:gridCol w:w="2232"/>
+        <w:gridCol w:w="1374"/>
+        <w:gridCol w:w="1610"/>
+        <w:gridCol w:w="1297"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidTr="00F426FD">
+      <w:tr w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidTr="00DA4677">
         <w:trPr>
-          <w:trHeight w:val="1500"/>
+          <w:trHeight w:val="1346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бос </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D4457F">
+              <w:t>Вакантная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>орын</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D4457F">
+            </w:pPr>
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>должность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1052" w:type="dxa"/>
+            <w:tcW w:w="1127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жүктеме</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D4457F">
+              <w:t>Объем</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D4457F">
+            </w:pPr>
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>көлемі</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>нагрузки</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:tcW w:w="1156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00D4457F">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">МДҰ </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Адрес ДО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="2232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Байланыс</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Контакты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>телефондары</w:t>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>электронный адрес</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1448" w:type="dxa"/>
+            <w:tcW w:w="1374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Конкурстың</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Дата проведения конкурса</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="1610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жалақының</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Размер должностного оклада</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcW w:w="1206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00F426FD" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+          <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>мерзімі</w:t>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00DA4677">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>срок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidTr="00F426FD">
+      <w:tr w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidTr="00DA4677">
         <w:trPr>
-          <w:trHeight w:val="303"/>
+          <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1052" w:type="dxa"/>
+            <w:tcW w:w="1127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:tcW w:w="1156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="2232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1448" w:type="dxa"/>
+            <w:tcW w:w="1374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="1610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcW w:w="1206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidTr="00F426FD">
+      <w:tr w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidTr="00DA4677">
         <w:trPr>
-          <w:trHeight w:val="909"/>
+          <w:trHeight w:val="816"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Тәрбиеші</w:t>
+              <w:t>Воспитатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1052" w:type="dxa"/>
+            <w:tcW w:w="1127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:tcW w:w="1156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>қазақ</w:t>
+              <w:t>казахский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00323260" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
-[...14 lines deleted...]
-              <w:t>Павлодар қаласы, Жаяу Мұса к.,4 құрылыс</w:t>
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4534D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город Павлодар, улица </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B4534D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жаяу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B4534D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мусы, стр. 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="2232" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>34-70-22, 87772070691</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>э/п:sad57@</w:t>
-[...17 lines deleted...]
-              <w:t>goo.edu.kz</w:t>
+              <w:t>э/п:sad57@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1448" w:type="dxa"/>
+            <w:tcW w:w="1374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00D4457F" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4534D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4534D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.2023-01.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4534D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="1610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRPr="00323260" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00E774CD" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>161,000</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D4457F">
+            <w:r w:rsidRPr="00B4534D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4534D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>171,000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA4677" w:rsidRPr="00B4534D" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcW w:w="1206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F426FD" w:rsidRDefault="00F426FD" w:rsidP="00D4457F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B4534D">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00DA4677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00DA4677">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>23.11.2023 ж. дейін</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">До 23.11.2023г </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D4457F" w:rsidRPr="00097EC8" w:rsidRDefault="00D4457F" w:rsidP="00097EC8">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00B4534D" w:rsidRPr="00B531BC" w:rsidRDefault="00B4534D" w:rsidP="00B531BC">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа МОН РК от 21 февраля   2012 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 57 «О порядке проведения конкурса на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и место проведения конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4677">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00E774CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4677">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4677">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2023 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65762">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">город Павлодар, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жаяу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мусы, стр. 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, утверждёнными Типовыми квалификационными характеристикам педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) заседании конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Срок и место подачи заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>течение  7</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней со дня опубликования объявления в средствах массовой информации документы на занятие вакантной должности принимаются в КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-сад №57 города Павлодара» по адресу: город Павлодар, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жаяу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мусы, стр. 4 (по электронной почте или на бумажном носителе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы или техническое и профессиональное образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: Осуществляет музыкальное воспитание и эстетическое развитие детей в соответствии с государственным общеобязательным стандартом дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Организует и проводит музыкальные занятия, детские праздники и другие культурно-массовые мероприятия, выявляет музыкально одаренных детей, проводит индивидуальную работу с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принимает участие в организации игровой деятельности детей, проводит различные музыкально-дидактические игры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участвует в подготовке педагогических советов, работе методических объединений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедряет инновационный педагогический опыт в практику работы с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Консультирует родителей и воспитателей по вопросам музыкального воспитания детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Владеет компьютерной грамотностью, информационно-коммуникационной компетентностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Размер должностного оклада</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E774CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в зависимости от стажа работы, образования от </w:t>
+      </w:r>
+      <w:r w:rsidR="00E774CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Конкурс: </w:t>
-[...219 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        <w:t>161,000</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4534D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурс кезеңдері:</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4534D" w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4534D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...92 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E774CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>171,000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тенге</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00323260" w:rsidRDefault="00323260" w:rsidP="00323260">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, необходимых для участия в конкурсе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление по форме согласно приложению 10 к настоящим </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правилам; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3)заполненный личный листок по учету кадров (с указанием фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4)копии документов об образовании в соответствии с квалификационными требованиями к должности, утвержденными типовыми квалификационными характеристиками педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5)копия документа, подтверждающего трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) справка о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности министра здравоохранения Республики Казахстан от 30 октября 2020 года № МЗ РК-175/2020" Об утверждении форм учетной документации в области здравоохранения " (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) справка с психоневрологической организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) справка с наркологической организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRPr="008C2B14" w:rsidRDefault="00DA4677" w:rsidP="00DA4677">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F73DDB">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>сертификат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...39 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о результатах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00735FF1">
+        </w:rPr>
+        <w:t>прохождения сертификации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...17 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...157 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00323260">
+        </w:rPr>
+        <w:t>удостоверение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о наличии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        </w:rPr>
+        <w:t xml:space="preserve">действующей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">квалификационной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00323260">
+        </w:rPr>
+        <w:t>категории не ниже педагога-модератора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRPr="008C2B14" w:rsidRDefault="00DA4677" w:rsidP="00DA4677">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        </w:rPr>
+        <w:t>английского языка сертификат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Certificate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>English</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Adults</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айелтс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тойфл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (TOEFL) (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nternet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Based Test (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRPr="008C2B14" w:rsidRDefault="00DA4677" w:rsidP="00DA4677">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> освобождаются от прохождения сертификации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRPr="008C2B14" w:rsidRDefault="00DA4677" w:rsidP="00DA4677">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) заполненный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB6232">
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRPr="008C2B14" w:rsidRDefault="00DA4677" w:rsidP="00DA4677">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        </w:rPr>
+        <w:t>видеопрезентация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00323260">
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        </w:rPr>
+        <w:t xml:space="preserve"> без стажа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> продолжительностью </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...285 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        </w:rPr>
+        <w:t>не менее 15 минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009914CE">
+        </w:rPr>
+        <w:t>, с минимальным разрешением – 720 x 480</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C2B14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...104 lines deleted...]
-        <w:t>(бар болса);</w:t>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="009914CE">
-[...181 lines deleted...]
-    <w:p w:rsidR="00A970D0" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00A970D0">
+    <w:p w:rsidR="00C65762" w:rsidRDefault="00B531BC" w:rsidP="00C65762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00734337">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контактные телефоны для уточнения информации</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 8 (7182) 34-70-22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>87772070691,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электронный адрес: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65762">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...65 lines deleted...]
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>sad</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>sad57@goo.edu.kz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C65762" w:rsidRDefault="00C65762" w:rsidP="00C65762">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>57@</w:t>
-[...4 lines deleted...]
-          <w:b/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00C65762" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>goo.edu.kz</w:t>
-[...10 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A970D0" w:rsidRPr="00097EC8" w:rsidRDefault="00A970D0" w:rsidP="00A970D0">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D4457F" w:rsidRDefault="00D4457F" w:rsidP="00D4457F">
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA4677" w:rsidRPr="00B531BC" w:rsidRDefault="00DA4677" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a9"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpYSpec="outside"/>
+        <w:tblW w:w="11009" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5865"/>
+        <w:gridCol w:w="5144"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidTr="00A9353D">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5865" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9353D" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5144" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9353D" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A9353D" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
+    <w:p w:rsidR="00A9353D" w:rsidRPr="001048CA" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009914CE" w:rsidRDefault="009914CE" w:rsidP="00D4457F">
-[...344 lines deleted...]
-    <w:p w:rsidR="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009914CE" w:rsidRPr="00097EC8" w:rsidRDefault="009914CE" w:rsidP="00097EC8">
+    <w:p w:rsidR="00A9353D" w:rsidRPr="001048CA" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009439A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="1303"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік білім беру </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="1303"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...148 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
-[...113 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00ED055D" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00A9353D" w:rsidRPr="004D07D1" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="004D07D1" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-13"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="004D07D1" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурс</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00ED055D" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="004D07D1" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-12"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="004D07D1" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="004D07D1" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жариялаған</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00ED055D" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED055D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">мемлекеттік </w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-2"/>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орган</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...4 lines deleted...]
-        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
-[...108 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>кандидаттың</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1592 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...11 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3424"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4493"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidTr="008F2436">
+      <w:tr w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidTr="00E55612">
         <w:trPr>
-          <w:trHeight w:val="343"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...51 lines deleted...]
-              <w:t>атауы</w:t>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00E55612">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...23 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00E55612">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00097EC8">
-[...7 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00E55612">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...23 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00E55612">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00097EC8">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00E55612">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00097EC8">
-[...7 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00E55612">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidTr="008F2436">
+      <w:tr w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidTr="00E55612">
         <w:trPr>
-          <w:trHeight w:val="343"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...2 lines deleted...]
-              <w:ind w:left="40"/>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00E55612">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...2 lines deleted...]
-              <w:ind w:left="39"/>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00E55612">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...2 lines deleted...]
-              <w:ind w:left="38"/>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00E55612">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00E55612">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...598 lines deleted...]
-    <w:p w:rsidR="00D4457F" w:rsidRPr="00D25017" w:rsidRDefault="00D4457F" w:rsidP="00D4457F">
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">_ </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>подтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылғы «____</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>»_______________                ______________________</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>олы</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="004D07D1" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="004D07D1" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="001048CA" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00790B31" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRPr="00937FAE" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidR="009439A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A9353D" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5546"/>
-        <w:gridCol w:w="4025"/>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidTr="0023490D">
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...12 lines deleted...]
-          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="009914CE">
+    <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6" w:rsidP="009439A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="009914CE">
+    <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6" w:rsidP="009439A6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B25802">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B25802">
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...139 lines deleted...]
-      <w:r w:rsidRPr="00B25802">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="009914CE">
-[...35 lines deleted...]
-    <w:p w:rsidR="009914CE" w:rsidRPr="00B25802" w:rsidRDefault="009914CE" w:rsidP="009914CE">
+    <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6" w:rsidP="009439A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6" w:rsidP="009439A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9398" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10990" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="328"/>
-        <w:gridCol w:w="1982"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2552"/>
-        <w:gridCol w:w="3543"/>
-        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="4535"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:trPr>
-          <w:trHeight w:val="520"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009914CE">
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...24 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
+        <w:trPr>
+          <w:trHeight w:val="1036"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...187 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...126 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...16 lines deleted...]
-              <w:t>- т</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>ехникалық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...25 lines deleted...]
-              <w:t>- ж</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...192 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...126 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="009914CE">
-[...25 lines deleted...]
-              <w:t>- ғ</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>ылыми</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...26 lines deleted...]
-              <w:t>- ғ</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>ылыми</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...17 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:trPr>
-          <w:trHeight w:val="29"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...63 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...24 lines deleted...]
-              <w:t>е</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>кінші</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...33 lines deleted...]
-              <w:t>б</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>ірінші</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...33 lines deleted...]
-              <w:t>ж</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...207 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="00F426FD" w:rsidTr="009914CE">
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:trPr>
-          <w:trHeight w:val="29"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...17 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...17 lines deleted...]
-              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...59 lines deleted...]
-              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...17 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...17 lines deleted...]
-              <w:t>п</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>едагогикалық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">/ </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="009914CE">
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="009914CE">
-[...23 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="00F426FD" w:rsidTr="009914CE">
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:trPr>
-          <w:trHeight w:val="29"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...17 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...17 lines deleted...]
-              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...38 lines deleted...]
-              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="00F426FD" w:rsidTr="009914CE">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...396 lines deleted...]
-              <w:t xml:space="preserve"> награда</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>олимпиадалар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>конкурстар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...294 lines deleted...]
-              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:trPr>
-          <w:trHeight w:val="29"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...63 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>тізбесіне</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...413 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="00F426FD" w:rsidTr="009914CE">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Общественно-педагогическая </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Документ, подтверждающий </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>общественно-педагогическую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...80 lines deleted...]
-              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="00F426FD" w:rsidTr="009914CE">
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:trPr>
-          <w:trHeight w:val="685"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="009914CE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>пәндік</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>дайындық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>сертификаттары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> - </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009914CE">
-[...5 lines deleted...]
-              <w:t>цифрлық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009914CE">
-[...378 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...23 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009914CE">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
-[...569 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:trPr>
-          <w:trHeight w:val="29"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...17 lines deleted...]
-              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...17 lines deleted...]
-              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...17 lines deleted...]
-              <w:t>3 балл қосылады</w:t>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidTr="009914CE">
+      <w:tr w:rsidR="009439A6" w:rsidTr="009439A6">
         <w:trPr>
-          <w:trHeight w:val="29"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4862" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3053" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...12 lines deleted...]
-              <w:t>:</w:t>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009914CE" w:rsidRPr="009914CE" w:rsidRDefault="009914CE" w:rsidP="0023490D">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D4457F" w:rsidRPr="001B695E" w:rsidRDefault="00D4457F" w:rsidP="009914CE">
+    <w:p w:rsidR="009439A6" w:rsidRDefault="009439A6" w:rsidP="009439A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D4457F" w:rsidRPr="00097EC8" w:rsidRDefault="00D4457F">
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00A9353D" w:rsidRDefault="00A9353D" w:rsidP="00A9353D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D4457F" w:rsidRPr="00097EC8">
-[...3 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr w:rsidR="00A9353D" w:rsidSect="00A9353D">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E918E4"/>
-[...24 lines deleted...]
-    <w:rsid w:val="00FB0076"/>
+    <w:rsidRoot w:val="00C37D06"/>
+    <w:rsid w:val="000846A1"/>
+    <w:rsid w:val="00197CF2"/>
+    <w:rsid w:val="002544DD"/>
+    <w:rsid w:val="003561EF"/>
+    <w:rsid w:val="003F34EB"/>
+    <w:rsid w:val="00451F09"/>
+    <w:rsid w:val="005A0474"/>
+    <w:rsid w:val="005C31A0"/>
+    <w:rsid w:val="007C0FF0"/>
+    <w:rsid w:val="008D0EB2"/>
+    <w:rsid w:val="009439A6"/>
+    <w:rsid w:val="00A21C04"/>
+    <w:rsid w:val="00A9353D"/>
+    <w:rsid w:val="00B4534D"/>
+    <w:rsid w:val="00B531BC"/>
+    <w:rsid w:val="00C37D06"/>
+    <w:rsid w:val="00C65762"/>
+    <w:rsid w:val="00C72BB0"/>
+    <w:rsid w:val="00CF0AB5"/>
+    <w:rsid w:val="00D20033"/>
+    <w:rsid w:val="00DA4677"/>
+    <w:rsid w:val="00E05DF6"/>
+    <w:rsid w:val="00E65636"/>
+    <w:rsid w:val="00E774CD"/>
+    <w:rsid w:val="00FF3D23"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="77BEC07A"/>
-  <w15:docId w15:val="{30FC2724-7151-44F7-8C17-D8034B00FE0D}"/>
+  <w14:docId w14:val="12D45F86"/>
+  <w15:docId w15:val="{CB4A0725-B209-41CD-9702-186C1D73FC7E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13308,51 +11602,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13645,125 +11939,317 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B531BC"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B531BC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B531BC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B531BC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00097EC8"/>
+    <w:rsid w:val="00B531BC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00B531BC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B531BC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003F34EB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003F34EB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00D4457F"/>
+    <w:rsid w:val="00A9353D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="844898136">
+    <w:div w:id="70782054">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="456215790">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="972908942">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1755274733">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1934125050">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2063825268">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13983,90 +12469,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1828</Words>
-  <Characters>10422</Characters>
+  <Words>2189</Words>
+  <Characters>12483</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12226</CharactersWithSpaces>
+  <CharactersWithSpaces>14643</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асем</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>