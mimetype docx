--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -1,9940 +1,8089 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6CC990AC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="58638A85" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">КГУ </w:t>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>21</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+        <w:t xml:space="preserve">  жалпы орта білім беру мектебі» КММ  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BBFFBF1" w14:textId="71E2FDE3" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="7DC5E7FB" w14:textId="17125B9F" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...72 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>русским  языком</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>орыс тілінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> обучения,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>дене шынықтыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-[...2 lines deleted...]
-        <w:t>(на вакантную должность)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі лауазымына </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F30FDED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2C6175F4" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F6EF87" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="10440" w:type="dxa"/>
+        <w:tblInd w:w="-432" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="2683"/>
+        <w:gridCol w:w="2213"/>
+        <w:gridCol w:w="5039"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="012376F5" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00036FAE" w:rsidRPr="00407673" w14:paraId="7D8B7F98" w14:textId="77777777" w:rsidTr="00642E67">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="758A61D5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="694FD85F" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="58D8286E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="372C958B" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="7793EE22" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4471D7F4" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E76790A" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="020E66D4" w14:textId="19068C63" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="009A4F01">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қазақстан Республикасы, Павлодар облысы, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, Камзин </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1F459DC2" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00036FAE" w:rsidRPr="00635CEC" w14:paraId="6C06ADCF" w14:textId="77777777" w:rsidTr="00642E67">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="489737FF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAAED58" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="6C4C04CE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="176034F1" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="3B614FF8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  нөмірлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DBD1A6" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-              <w:t>Камзина, 346</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="3F1E24D6" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00036FAE" w:rsidRPr="00407673" w14:paraId="2A53F0A3" w14:textId="77777777" w:rsidTr="00642E67">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4CC1EBF3" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5746DC9A" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5489EA45" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Электрондық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="49ED293D" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00407673" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...64 lines deleted...]
-              <w:t>182) 60-73-13</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="7B65F3AA" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00036FAE" w:rsidRPr="00645F04" w14:paraId="05819EBB" w14:textId="77777777" w:rsidTr="00642E67">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="027803B5" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71437122" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="5132E1B0" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43580FFA" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-              <w:t>sosh21@goo.edu.kz</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2469AF95" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="32D9247E" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00036FAE" w:rsidRPr="00645F04" w14:paraId="5FD2CEEA" w14:textId="77777777" w:rsidTr="00642E67">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B316DE" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69811F8F" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі  функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A493C8" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды мемлекеттік жалпыға міндетті білім беру стандарттарына сәйкес және "Құндылықтарға негізделген білім беру" тұжырымдамасының негізінде оқыту мен тәрбиелеуді жүзеге асырады,   білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оның әлеуметтенуіне ықпал етеді, білім алушының жеке қабілеттерін анықтайды және дамытуға ықпал етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59C62989" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Оқытудың жаңа тәсілдерін, тиімді түрлерін, әдістері мен құралдарын қолданады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22344A5B" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қысқа мерзімді жоспарларды, бөлімдер мен тоқсанның суммативті бағалауға арналған тапсырмаларды жасайды. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B1559E1" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Электронды журналдарды толтырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D25D7E5" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпыға міндетті білім беру стандарттарында көзделген оқушылар мен деңгейден төмен емес тәрбиеленушілердің пәндік нәтижелерін, отбасылық-қызметтік, тұлғалық жетістіктерін қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD826C8" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу бағдарламаларын әзірлеуге және орындауға қатысады, оқу жоспары мен оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2254C882" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістемелік бірлестіктердің, әдістемелік кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="299CF4D3" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтары мен бейімділігін зерттейді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05691514" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіби құзыреттілікті, оның ішінде ақпараттық-коммуникациялық құзыреттілікті арттырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B5A4C40" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормаларын орындайды. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="422BFEA1" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын сақтауды қамтамасыз етеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CD435FD" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ата-аналармен немесе оларды алмастыратын тұлғалармен ынтымақтастықты жүзеге асырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6427FA08" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жабдықты пайдалану кезінде қауіпсіздік техникасы талаптарын орындайды. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CAFFDEA" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру процесі кезінде балалардың өмірі мен денсаулығын сақтау үшін қажетті жағдайлар жасауды қамтамасыз етеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36ACE143" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="214A8682" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:ind w:firstLine="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4316E16C" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім алушылар, тәрбиеленушілер, арасында академиялық адалдық қағидаларын, сыбайлас жемқорлыққа қарсы мәдениеттің алдын алады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00036FAE" w:rsidRPr="00645F04" w14:paraId="6D264A84" w14:textId="77777777" w:rsidTr="00642E67">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1141A7F0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="3558C951" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...154 lines deleted...]
-          <w:p w14:paraId="4F59CD5D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A2FE7E4" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0ADFE9E7" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="7C820F6C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B1CEEC0" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30001F8E" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC76255" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F13FEE3" w14:textId="7D4B9BB4" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00642E67">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орыс тілінде оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дене шынықтыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімі, </w:t>
+            </w:r>
+            <w:r w:rsidR="009E7A0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00036FAE" w:rsidRPr="00635CEC" w14:paraId="4A829701" w14:textId="77777777" w:rsidTr="00642E67">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="71059420" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E10784C" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E3F25F" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BD5FC9B" w14:textId="71B69842" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арнайы орта білім (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="00F948EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E250F9" w:rsidRPr="00E250F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>68036</w:t>
+            </w:r>
+            <w:r w:rsidR="00F948EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B4894D6" w14:textId="1290437D" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00E250F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>207515</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00036FAE" w:rsidRPr="00645F04" w14:paraId="40B6A950" w14:textId="77777777" w:rsidTr="00642E67">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE7E339" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7104BDB9" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос лауазымның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEF4F00" w14:textId="1E277F97" w:rsidR="00036FAE" w:rsidRPr="00363A9C" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642E67">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орыс тілінде оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дене шынықтыру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642E67">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00036FAE" w:rsidRPr="00645F04" w14:paraId="442A8290" w14:textId="77777777" w:rsidTr="00642E67">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8A34A2" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63120B22" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="464200DA" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D277B71" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...37 lines deleted...]
-          <w:p w14:paraId="24968B96" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EB78C7F" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="3E75BBF4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0295B417" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="223CBE1D" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00036FAE" w:rsidRPr="00635CEC" w14:paraId="3D22EA62" w14:textId="77777777" w:rsidTr="00642E67">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4CF72DBA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DDFAE99" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="41A204FF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7939FDB8" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C76964" w14:textId="2E724002" w:rsidR="00036FAE" w:rsidRPr="003F2DAE" w:rsidRDefault="00645F04" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...133 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00F948EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00193382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F948EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="0063627A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00193382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F948EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="0063627A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00F948EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="4A3A3789" w14:textId="77777777" w:rsidTr="00BE28CF">
-[...4 lines deleted...]
-          <w:p w14:paraId="0F5627BE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+      <w:tr w:rsidR="00036FAE" w:rsidRPr="00645F04" w14:paraId="3979A8E3" w14:textId="77777777" w:rsidTr="00642E67">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F868F42" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...32 lines deleted...]
-          <w:p w14:paraId="56B5DC85" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6832D920" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01C08E19" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53181705" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E37EEA9" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22CBC40E" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E2D0DD2" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21782F19" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AB384A9" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73F5122C" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BC70677" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>) Ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – ҰБТ) немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D4FCD09" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="640C07C5" w14:textId="77777777" w:rsidTr="00BE28CF">
-[...7 lines deleted...]
-          <w:p w14:paraId="36714FB9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+      <w:tr w:rsidR="00036FAE" w:rsidRPr="00635CEC" w14:paraId="1564E8B1" w14:textId="77777777" w:rsidTr="00642E67">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B50E569" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="340C3497" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="397D918F" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="534A4A2A" w14:textId="78F8E81E" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00297343" w:rsidP="00A81D9B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2145FF6E" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...115 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="2CE5E190" w14:textId="77777777" w:rsidTr="00BE28CF">
-[...577 lines deleted...]
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="5B51D5A6" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="58BF8A83" w14:textId="77777777" w:rsidTr="00642E67">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="67F97A8E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="5401" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B3F9DF3" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="68DF8E79" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="329B5057" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="003F2DAE" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B65E403" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="63699F95" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EE908BA" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="661BF8FC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D00A5E8" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="5A2BBDED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CE9830F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="5B2219E4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75559EC1" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="46483624" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70B836D0" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="661BCE8F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53D02DAC" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="747504A2" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="483FC34C" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51340B9B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54AE20B5" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3729B312" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55C781EB" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61D0000B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="039E8083" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72B4E53F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20CBA2EA" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F35BCC1" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B971879" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E92A410" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AACC5F1" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71327701" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="380C5401" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BFF80E8" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24011641" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D7E2196" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...61 lines deleted...]
-    <w:p w14:paraId="6D24C085" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4731A7B2" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="35FA9CC3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="56FB24EA" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5CB4C9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...19 lines deleted...]
-    <w:p w14:paraId="01907BF5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="7BC40942" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...11 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF01FED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2AA42A87" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D058A3B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="77005920" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5894FB8C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...53 lines deleted...]
-    <w:p w14:paraId="4ABEC0DF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="636829E4" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00642E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12FA0FCB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2E1C070A" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00642E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0446E41A" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00642E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3C9DFD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2EA96847" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00642E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3412336D" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00642E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="394BA8F3" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269D4FA4" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C05067D" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1685B214" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="67D6E74A" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220D6177" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="3A73E1B7" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...7 lines deleted...]
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7660CE8B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0AA70F89" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...15 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE0B329" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="460BBD61" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="19463817" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...27 lines deleted...]
-    <w:p w14:paraId="35E27823" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4B6D1E6F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C27AFE1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="34356D41" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29932A6C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="00AD23CB" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
-[...15 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCF495A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0D42D9AC" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="643DCC8C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="58A5546E" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31DD024F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="59A4E719" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06AE5650" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2642983A" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6931E4B8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="63D6C35B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A2066BF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4111758A" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="6426A1C5" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="78BE53BE" w14:textId="77777777" w:rsidTr="00DC0180">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0812898D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007B5B47" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="55D71629" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="4A33A9BC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3779F35E" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7A3A22" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3B035E06" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58151426" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="0B3AE606" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB2E1ED" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58921F0E" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="381FF241" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="895"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="389FA34C" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F487D70" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0121ED" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...46 lines deleted...]
-          <w:p w14:paraId="3918FBA7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="757F850B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...49 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="207F5D46" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="3C9D79CF" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="512A0ECF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0056DE02" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...40 lines deleted...]
-        <w:t>_____________</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (берген (растаған) күні):_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="558706DF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...25 lines deleted...]
-    <w:p w14:paraId="381F7387" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="1F8FA41B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="299FC5B4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="64976E2F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...31 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7170650D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="206AE927" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>__</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE19BAE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="407F3C1C" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D1E5B13" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6C31C7D3" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60989AED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4CCBD8B2" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597C6AAF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="434505FF" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1515ADB1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4A03DF9A" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы ____________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7BB52B46" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="11A5FA3A" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="704A23AC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="277D5066" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="67477871" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0D821DEB" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...13 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BE463BD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="53C27113" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="43D31796" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6578C249" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="143CABBD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="64C2694C" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="114E6F57" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...179 lines deleted...]
-      </w:pPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00F7191E" w14:paraId="5638917A" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="78CD1BF9" w14:textId="77777777" w:rsidTr="00DC0180">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52ACED7E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="09121135" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="4F1FD284" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="152AE55D" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="12DBE055" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:tcW w:w="4217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29ADE2B9" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="1839D035" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EDFA70E" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="7CF544FC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35188161" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="68647F8A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0828300C" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="727DC50B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C7EC9E" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...44 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5331E0C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6FB71099" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B88AB2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="5D04A236" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B772A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C3AFB">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="051BAD60" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="15CFC95C" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6C9CCC" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="3504D79F" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="277B08C3" w14:textId="77777777" w:rsidTr="00DC0180">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C817CC" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B45D735" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...10 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="715DEDE2" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...14 lines deleted...]
-              <w:ind w:firstLine="851"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7BEB04" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="0EF70198" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF3D24B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73D758EA" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="79D78A1C" w14:textId="77777777" w:rsidTr="00BE28CF">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00645F04" w14:paraId="0A944546" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...4 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="360BEF24" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E20ACE" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C52254" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09C2D1C7" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11F680EF" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38BD08CC" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470747E3" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5D97C4" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="194CEAB4" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="753246B3" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24CF2AAE" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ғылыми/ академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA50D2F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F791D9" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Магистр немесе жоғары білімі бар маман = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CA3207F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PHD-докторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1922B335" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6341B086" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1DEE54" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00645F04" w14:paraId="20FB14AD" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D4BB3B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A1F96FC" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48EFFF23" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ұлттық біліктілік тестілеуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1BC765" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56BD33D3" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="337A0018" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A625569" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59737BED" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E662AAF" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>70-тен 80-ге дейін = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70805184" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>80-нен 90-ға дейін = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05C41BE9" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F6F5CEF" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>30-дан 40-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E4D2BDD" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40-тан 50-ге дейін = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7198C4D4" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CC3E97D" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52E10640" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DB994AD" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«Педагог-модератор» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73897900" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF3F220" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="589CC303" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10F24101" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38B480F5" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>80-ден 90 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FC3F651" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BCD6DED" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32FED12D" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74AB6809" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EC3266A" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FA5A82B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2131569C" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CD4621B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AC491ED" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="621F357F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6254217A" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50952514" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04BC4F5B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="473CF66D" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C69F6C" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46DEB452" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68B88F91" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B68AF75" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A1FBFB2" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-зерттеуші» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F09DF3D" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78C5FD40" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E917523" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D47A758" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10EB9677" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38F80F40" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F6DD0AF" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52EB9986" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40 - тан 50 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="336D7C40" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A448389" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0176E1E9" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48C55187" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D5967D" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="4D52AD75" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B54ED77" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6426C60B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Біліктілігі/ Санаты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E888FB4" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17FDC1F6" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D06BE79" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1 санат -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06C62C6F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Жоғары санатты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BA35731" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4454EDD5" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0934E81D" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог- зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DB94AF2" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="587CF869" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="14C5D1B5" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D54F1F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D494E80" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10555041" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F49997" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылға дейін = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B516BD" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3 жылдан 5 жылға дейін = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4336252E" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5 жылдан 10 жылға дейін = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F3D2B5B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>10 жылдан және одан артық = 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B50D23" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="27CDA2A0" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="040AC601" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5ABF26" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3063E3C8" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0326345F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>әдіскер= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB3C347" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>директор орынбасары= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A575F6C" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F4A0E8" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="7B730E1D" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E48C66" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58EAE857" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E02FCA" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Білім туралы дипломға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21963E96" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BEBD10B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40BF5096" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0683702C" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="78FCBD72" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F16F57" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5449195F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="135F3744" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D7F8CE" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6670CD27" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат болмаған жағдайда – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="107B349A" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="619DACD8" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="3FD19E60" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12FCBC99" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04DBE891" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0375B1E2" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- білім алушылардың дипломдары, олимпиадалар мен конкурстар жеңімпаздарының грамоталары, ғылыми жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5535EF36" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- мұғалімдер мен олимпиадалар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1126C8BB" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17EF66CF" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5647C181" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ғылыми жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19D75572" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74F5B93F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11D0A6FE" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсының жүлдегері – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA3108E" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>медаль «Қазақстанның еңбек сіңірген ұстазы» – 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66BEC67D" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00645F04" w14:paraId="2C29427D" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67B5911B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8C968B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B783541" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- авторлық жұмыстар және жарияланымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9FC186" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24D01363" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>РОӘК  тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D849168" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы – 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CB37D2" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="5AF8E3DA" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E88F06" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C3BC50" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Қоғамдық-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>педагогикалық қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="411C0874" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B7D173D" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- көптілділікті жүзеге асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F17BD7" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2328CA8A" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ӘБ жетекшілігі -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EEEC508" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық қауымдастық көшбасшысы – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5909A6E3" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2 тілде оқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62542A5B" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51E9C15F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3 тілде оқыту (қазақ, орыс, шетел) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FAC2AF6" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="1291AF98" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1949FCC9" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="467375A6" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="567537D9" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69EC51CD" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A0B1ABD" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="070D8268" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C5076AC" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python-да бағдарламалау негіздері», «Microsoft-пен жұмыс істеуді оқыту» бағдарламалары бойынша оқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E56261" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, «Өрлеу» курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BFBD80F" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>курстар - 0,5 балл (әрқайсысы жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="379CB9D3" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w14:paraId="5E6B12D7" w14:textId="77777777" w:rsidTr="00DC0180">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0A08D2" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...26 lines deleted...]
-              <w:ind w:left="141"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E015FBD" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-              <w:ind w:left="141"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Максималды балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C2D4D0" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...5160 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55A045A7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00D62329">
+    <w:p w14:paraId="4CBEB5CB" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidSect="00247927">
+    <w:p w14:paraId="4B5117F8" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01115C2A" w14:textId="77777777" w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12096D49" w14:textId="77777777" w:rsidR="00642E67" w:rsidRDefault="00642E67">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00642E67" w:rsidSect="00642E67">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="539" w:right="850" w:bottom="1134" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00810274"/>
-[...4 lines deleted...]
-    <w:rsid w:val="005E4B0F"/>
+    <w:rsidRoot w:val="00D81C5D"/>
+    <w:rsid w:val="00036FAE"/>
+    <w:rsid w:val="00063396"/>
+    <w:rsid w:val="00193382"/>
+    <w:rsid w:val="002F097F"/>
+    <w:rsid w:val="0049107F"/>
     <w:rsid w:val="00625E1A"/>
-    <w:rsid w:val="00661D74"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00BD4594"/>
+    <w:rsid w:val="0063627A"/>
+    <w:rsid w:val="00642E67"/>
+    <w:rsid w:val="00645F04"/>
+    <w:rsid w:val="009A4F01"/>
+    <w:rsid w:val="009E7A0A"/>
     <w:rsid w:val="00C06D6F"/>
-    <w:rsid w:val="00D62329"/>
+    <w:rsid w:val="00CB7660"/>
+    <w:rsid w:val="00D81C5D"/>
+    <w:rsid w:val="00DA6AC0"/>
+    <w:rsid w:val="00E250F9"/>
+    <w:rsid w:val="00F948EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0CD46D72"/>
+  <w14:docId w14:val="66A44244"/>
   <w15:docId w15:val="{B2B24224-8B9C-45A5-9360-F68BDC035E09}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10293,119 +8442,134 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="00036FAE"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="00036FAE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="530844431">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10649,91 +8813,75 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1758</Words>
-  <Characters>10025</Characters>
+  <Words>1897</Words>
+  <Characters>10814</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11760</CharactersWithSpaces>
+  <CharactersWithSpaces>12686</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Бахытнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>