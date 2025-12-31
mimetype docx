--- v0 (2025-12-10)
+++ v1 (2025-12-31)
@@ -1,4741 +1,1829 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="007532C7" w:rsidRDefault="007532C7" w:rsidP="007532C7">
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-сад №31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлода</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> " отдела образования города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, управления образования Павлодарской области </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дрес: г. Павлодар, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пр.Н.Назарбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 7/2, тел.61-03-02</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, э</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / почта: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039299C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sad31@goo.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0039299C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0039299C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00A679E2" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A679E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Объявляе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т открытый конкурс на вакантную должность воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A679E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в приказ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МОН РК от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21 февраля  2012 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 57 «Об утверждении правил назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC56F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и место проведения конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ород Павлодар, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пр.Н.Назарбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 7/2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00575F1E" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Этапы конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00575F1E" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) прием документов от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидатов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изъявив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их желание участвовать в конкурсе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рассмотрение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов кандидатов на соответствие квалификационным требованиям, утверждёнными Типовыми квалификационными характеристикам педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00821B0C" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) заседании конкурсной комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Срок и место подачи заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7 рабочих дней со дня опубликования объявления в средствах массовой информации документы на занятие вакантной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности принимаются в КГКП «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-сад №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по адресу: город Павлодар, пр. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н.Назарбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7/2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (по электронной почте или на бумажном носителе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00DF16DF" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575F1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечивает охрану жизни и здоровья детей, применяет здоровье</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сберегающие технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00DF16DF" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00DF16DF" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00DF16DF" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00DF16DF" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проектирует </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00DF16DF" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00DF16DF" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00DF16DF" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00DF16DF" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00DF16DF" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF16DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности на основе отечественных и зарубежных научно-исследовательских работ, авторских произведений и их применением в процессе работы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хорошо владеет компьютерной грамотностью и информационно-коммуникационной компетентностью</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Размер должностного оклада</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м в зависимости от стажа работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования от 121000 до 200000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, необходимых для участия в конкурсе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление по форме согласно приложен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ию 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правилам; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) документ, удостоверяющий личность (для идентификации); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3)заполненный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> личный листок по учету кадров (с указанием фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>копии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов об образовании в соответствии с квалификационными требованиями к должности, утвержденными типовыми квалификационными характеристиками педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>копия документа, подтверждающего трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> 6) справка о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности министра здравоохранения Республики Казахстан от 30 октября 2020 года № МЗ РК-175/2020" Об утверждении форм учетной документации в области здравоохранения " (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) справка с психоневрологической организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) справка с наркологической организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00DD5FCA" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) справка об отсутствии судимости; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00DD5FCA" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сертификат  о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при наличии). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11) заполненный оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме согласно приложению 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRPr="00A524C1" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12) видео презентация (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самопрезенация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) для кандидата без стажа продолжительностью не менее 10минут, с минимальным разрешением -720</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>480.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контактные телефоны для уточнения информации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 8 (7182) 61-03-02</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, электронный адрес: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039299C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sad31@goo.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0039299C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0039299C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C42D5" w:rsidRDefault="006C42D5" w:rsidP="006C42D5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E85291" w:rsidRDefault="00E85291">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="007532C7" w:rsidRDefault="007532C7" w:rsidP="007532C7">
-[...4604 lines deleted...]
-    <w:sectPr w:rsidR="00507655" w:rsidSect="00EF733D">
+    <w:sectPr w:rsidR="00E85291">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00660A45"/>
-    <w:rsid w:val="00210513"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00567BD1"/>
     <w:rsid w:val="00660A45"/>
     <w:rsid w:val="006C42D5"/>
-    <w:rsid w:val="007532C7"/>
     <w:rsid w:val="00E85291"/>
-    <w:rsid w:val="00EF733D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{5326E025-2412-46D2-BD50-843A07B00B44}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{5C987DAA-D43D-4E07-9041-7746E2F7B049}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5123,51 +2211,50 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -5175,86 +2262,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -5398,69 +2485,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>763</Words>
-  <Characters>4354</Characters>
+  <Words>799</Words>
+  <Characters>4560</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
+  <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5107</CharactersWithSpaces>
+  <CharactersWithSpaces>5349</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>