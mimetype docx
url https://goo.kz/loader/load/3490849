--- v0 (2025-12-26)
+++ v1 (2026-02-04)
@@ -1,477 +1,828 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="48778805" w14:textId="77777777" w:rsidR="00E213CE" w:rsidRDefault="00E213CE" w:rsidP="00E213CE">
+    <w:p w14:paraId="768FC643" w14:textId="5427AB8C" w:rsidR="00F24E71" w:rsidRDefault="00C85622" w:rsidP="00C85622">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D22F61">
-[...4 lines deleted...]
-        <w:t>Результаты конкурса</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24E71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрбиешінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24E71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымға конкурстың қорытындысы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA9FCC9" w14:textId="77777777" w:rsidR="00E213CE" w:rsidRPr="00D22F61" w:rsidRDefault="00E213CE" w:rsidP="00E213CE">
+    <w:p w14:paraId="04B5E118" w14:textId="296B0392" w:rsidR="002A1A2E" w:rsidRDefault="00F24E71" w:rsidP="00F24E71">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің  «Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5443D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26 арнайы балабақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» коммуналдық мемлекеттік қазыналық кәсіпорны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="508906CC" w14:textId="77777777" w:rsidR="002A1A2E" w:rsidRPr="0025189E" w:rsidRDefault="00F24E71" w:rsidP="002A1A2E">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D698FA" w14:textId="1F56F44D" w:rsidR="002A1A2E" w:rsidRPr="00D5443D" w:rsidRDefault="000079C7" w:rsidP="000079C7">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00362C73" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысының </w:t>
+      </w:r>
+      <w:r w:rsidR="002207A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00362C73" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім бер</w:t>
+      </w:r>
+      <w:r w:rsidR="00362C73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у басқармасы </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A2E" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар қаласы білім</w:t>
+      </w:r>
+      <w:r w:rsidR="00903A80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A2E" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлімінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5443D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A2E" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5443D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5443D" w:rsidRPr="00D5443D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5443D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26 арнайы балабақшасы</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A2E" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» коммуналдық </w:t>
+      </w:r>
+      <w:r w:rsidR="002207A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A2E" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік қазыналық </w:t>
+      </w:r>
+      <w:r w:rsidR="002207A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A2E" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кәсіпорнында бос лауазымына орналасуға </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жыл</w:t>
+      </w:r>
+      <w:r w:rsidR="00903A80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidR="004A122A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="002B22C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ші</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B22C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпан</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бастап </w:t>
+      </w:r>
+      <w:r w:rsidR="007F0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA699B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдың</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5443D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-ш</w:t>
+      </w:r>
+      <w:r w:rsidR="00C83239">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="005711FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наурызғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA699B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A2E" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A2E" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кандидаттардың </w:t>
+      </w:r>
+      <w:r w:rsidR="002207A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A2E" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болмауына байланысты</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00362C73" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="002207A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A2E" w:rsidRPr="0025189E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтпеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AB772A1" w14:textId="77777777" w:rsidR="002A1A2E" w:rsidRPr="0025189E" w:rsidRDefault="002A1A2E" w:rsidP="000079C7">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EFFFEE2" w14:textId="659F0F43" w:rsidR="00E213CE" w:rsidRPr="00E213CE" w:rsidRDefault="00E213CE" w:rsidP="00E213CE">
+    <w:p w14:paraId="7AB57316" w14:textId="77777777" w:rsidR="002A1A2E" w:rsidRDefault="002A1A2E" w:rsidP="000079C7">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E0D02B6" w14:textId="77777777" w:rsidR="00D53FEE" w:rsidRPr="00AE5BE9" w:rsidRDefault="004D2055" w:rsidP="004D2055">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...169 lines deleted...]
-        <w:t>не было кандидатов на занятие вокантных должностей</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE226B3" w14:textId="77777777" w:rsidR="00E213CE" w:rsidRDefault="00E213CE" w:rsidP="00E213CE">
-[...103 lines deleted...]
-    <w:sectPr w:rsidR="003D2865" w:rsidRPr="00E213CE">
+    <w:sectPr w:rsidR="00D53FEE" w:rsidRPr="00AE5BE9" w:rsidSect="005A44B1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003D2865"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00E47290"/>
+    <w:rsidRoot w:val="002351B4"/>
+    <w:rsid w:val="000079C7"/>
+    <w:rsid w:val="00023711"/>
+    <w:rsid w:val="001439C3"/>
+    <w:rsid w:val="001A2612"/>
+    <w:rsid w:val="001F18D0"/>
+    <w:rsid w:val="002207A4"/>
+    <w:rsid w:val="002351B4"/>
+    <w:rsid w:val="00277B19"/>
+    <w:rsid w:val="002A1A2E"/>
+    <w:rsid w:val="002B22C9"/>
+    <w:rsid w:val="003566F3"/>
+    <w:rsid w:val="00362061"/>
+    <w:rsid w:val="00362C73"/>
+    <w:rsid w:val="003D46FD"/>
+    <w:rsid w:val="003F0A88"/>
+    <w:rsid w:val="0041444A"/>
+    <w:rsid w:val="0048272B"/>
+    <w:rsid w:val="004A122A"/>
+    <w:rsid w:val="004D2055"/>
+    <w:rsid w:val="005711FC"/>
+    <w:rsid w:val="00591105"/>
+    <w:rsid w:val="00593CE3"/>
+    <w:rsid w:val="005A44B1"/>
+    <w:rsid w:val="006C240F"/>
+    <w:rsid w:val="0072532F"/>
+    <w:rsid w:val="007F0149"/>
+    <w:rsid w:val="00903A80"/>
+    <w:rsid w:val="00931A64"/>
+    <w:rsid w:val="0093634E"/>
+    <w:rsid w:val="009963F0"/>
+    <w:rsid w:val="009C141B"/>
+    <w:rsid w:val="00A730DB"/>
+    <w:rsid w:val="00AA0B39"/>
+    <w:rsid w:val="00AE5BE9"/>
+    <w:rsid w:val="00B8497E"/>
+    <w:rsid w:val="00B87BA5"/>
+    <w:rsid w:val="00BA10EF"/>
+    <w:rsid w:val="00C83239"/>
+    <w:rsid w:val="00C85622"/>
+    <w:rsid w:val="00CA699B"/>
+    <w:rsid w:val="00D07ADC"/>
+    <w:rsid w:val="00D53FEE"/>
+    <w:rsid w:val="00D5443D"/>
+    <w:rsid w:val="00D61A8C"/>
+    <w:rsid w:val="00D71E17"/>
+    <w:rsid w:val="00DB3AB0"/>
+    <w:rsid w:val="00DC6CED"/>
+    <w:rsid w:val="00E87F8F"/>
+    <w:rsid w:val="00E91780"/>
+    <w:rsid w:val="00ED5191"/>
+    <w:rsid w:val="00ED5A5C"/>
+    <w:rsid w:val="00F24E71"/>
+    <w:rsid w:val="00F260A7"/>
+    <w:rsid w:val="00F31B61"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="04B4371B"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{0C81F0DC-3FD1-493D-93F9-A1C8431CFA40}"/>
+  <w14:docId w14:val="1D12690F"/>
+  <w15:docId w15:val="{0E23B368-B923-4D33-A90C-4A85C27BF84B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -586,51 +937,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -812,403 +1163,450 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E213CE"/>
+    <w:rsid w:val="002A1A2E"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Tahoma"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Без интервала1"/>
+    <w:rsid w:val="002A1A2E"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Tahoma"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00023711"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="1376734509">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>45</Words>
-  <Characters>257</Characters>
+  <Words>81</Words>
+  <Characters>468</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>301</CharactersWithSpaces>
+  <CharactersWithSpaces>548</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>