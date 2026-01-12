--- v0 (2025-12-05)
+++ v1 (2026-01-12)
@@ -321,69 +321,51 @@
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">140000, Республика Казахстан, Павлодарская область, город Павлодар, улица </w:t>
             </w:r>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Академика </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> 12</w:t>
+              <w:t>Академика Бектурова 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidTr="00D93956">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -718,62 +700,60 @@
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00BA6E55">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> ставк</w:t>
+            </w:r>
+            <w:r w:rsidR="005F6E5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidTr="00D93956">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
@@ -863,304 +843,251 @@
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>формирование общей культуры личности учащихся на основе</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00757099" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00757099">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">усвоения обязательного минимума содержания </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00757099">
+              <w:t>усвоения обязательного минимума содержания художественных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA6E55" w:rsidRPr="0028647B" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>художественных</w:t>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00757099">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00757099">
+              <w:t>образовательных программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA6E55" w:rsidRPr="00757099" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>образовательных программ;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA6E55" w:rsidRPr="00757099" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA6E55" w:rsidRPr="0028647B" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="00757099">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00757099">
+              <w:t>-обучение учащихся с учетом специфики преподаваемого предмета и возрастаобучающегося;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA6E55" w:rsidRPr="00757099" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>-обучение учащихся с учетом специфики преподаваемого предмета и возрастаобучающегося;</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00757099" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="00757099">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00757099">
+              <w:t>-содействие социализации обучающихся, осознанному выбору ими и</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA6E55" w:rsidRPr="0028647B" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">-содействие социализации </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="00757099">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>обучающихся</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00757099">
+              <w:t>последующему усвоению профессиональных образовательных программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA6E55" w:rsidRPr="0028647B" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028647B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- поддержание одаренных и талантливых обучающихся, в том числе детей с ограниченными возможностями в развитии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA6E55" w:rsidRPr="00757099" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>, осознанному выбору ими и</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA6E55" w:rsidRPr="0028647B" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA6E55" w:rsidRPr="00757099" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00757099">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>последующему усвоению профессиональных образовательных программ;</w:t>
+              <w:t>-соблюдение режима норм и правил техники безопасности в учебном</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="0028647B" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
-            <w:pPr>
-[...18 lines deleted...]
-          <w:p w:rsidR="00BA6E55" w:rsidRPr="00757099" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0028647B">
+              <w:rPr>
+                <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00757099">
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0028647B">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">-соблюдение режима норм и правил техники безопасности в </w:t>
-[...52 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>роцессе;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="0028647B" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="0028647B" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -1376,71 +1303,51 @@
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>- в</w:t>
             </w:r>
             <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ысшее образование (</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">): 137044 </w:t>
+              <w:t xml:space="preserve">ысшее образование (min): 137044 </w:t>
             </w:r>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidTr="00D93956">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
@@ -1920,71 +1827,51 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения РК от 30 октября 2020 года № Қ</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+              <w:t>6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения РК от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2794,129 +2681,109 @@
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00BA6E55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>должности (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> подчеркнуть)________________________________________________________</w:t>
+        <w:t>должности (нужное подчеркнуть)________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00BA6E55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00BA6E55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00BA6E55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00BA6E55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00BA6E55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
@@ -2954,60 +2821,58 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00BA6E55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00BA6E55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00BA6E55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3845,69 +3710,51 @@
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00BA6E55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчеств</w:t>
-[...17 lines deleted...]
-        <w:t>при его наличии))</w:t>
+        <w:t>(фамилия, имя, отчество(при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00BA6E55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
@@ -4026,71 +3873,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Кол-во балло</w:t>
-[...19 lines deleted...]
-              <w:t>от 1 до 20)</w:t>
+              <w:t>Кол-во баллов(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
@@ -4190,143 +4017,113 @@
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> и</w:t>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техническое и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ли</w:t>
             </w:r>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> профессиональное = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> очное = 5 баллов</w:t>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> заочное/дистанционное = 2 балла</w:t>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>высшее заочное/дистанционное = 2 балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -7069,78 +6866,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidTr="00D93956">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
@@ -7225,62 +7002,52 @@
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>- лидерство</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">- реализация </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>наставник = 0,5 балла</w:t>
             </w:r>
           </w:p>
@@ -7541,121 +7308,57 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TOEFL; DELF;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-              <w:t>»</w:t>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat, обучение по программам«Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BA6E55" w:rsidRPr="00751D5F" w:rsidRDefault="00BA6E55" w:rsidP="00D93956">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -8044,184 +7747,120 @@
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3011" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00F06B4D" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F06B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> беру ұйымыныңатауы</w:t>
+              <w:t>Білім беру ұйымыныңатауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00F06B4D" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F06B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Павлодар облысыбілімбасқармасының «Павлодар қала</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сыбілімбөлімінің «</w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>сыбілімбөлімінің «Балалар</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>көркемсурет</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F06B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мектебі</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>мектебі» коммуналдықмемлекеттікқазыналықкәсіпорны</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidTr="008C2F88">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="008C2F88">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -8268,71 +7907,51 @@
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00F06B4D" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F06B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">140000, ҚазақстанРеспубликасы, Павлодар </w:t>
-[...19 lines deleted...]
-              <w:t>, Павлодар қаласы, Академик Бектұровкөшесі, 12</w:t>
+              <w:t>140000, ҚазақстанРеспубликасы, Павлодар облысы, Павлодар қаласы, Академик Бектұровкөшесі, 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidTr="008C2F88">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="008C2F88">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8348,71 +7967,51 @@
             <w:tcW w:w="3011" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00F06B4D" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F06B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>телефон нөмі</w:t>
-[...19 lines deleted...]
-              <w:t>і</w:t>
+              <w:t>телефон нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
@@ -8606,173 +8205,123 @@
           <w:tcPr>
             <w:tcW w:w="3011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00F06B4D" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F06B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бос </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Бос немесе</w:t>
+            </w:r>
+            <w:r w:rsidR="0025400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00F06B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>немесе</w:t>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> лауазымныңатауы, жүктеме</w:t>
+              <w:t>уақытша бос лауазымныңатауы, жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRDefault="00F06B4D" w:rsidP="00F06B4D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F06B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
             <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F06B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>бі</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> беру мұғалімі</w:t>
+              <w:t>білім беру мұғалімі</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F06B4D" w:rsidRPr="00F06B4D" w:rsidRDefault="00F06B4D" w:rsidP="00F06B4D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="0025400B" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
@@ -8895,222 +8444,203 @@
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C72CE5">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>- көркем</w:t>
             </w:r>
             <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C72CE5">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C72CE5">
+              <w:t>білім беру бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> беру бағдарламалары</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0025400B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C72CE5">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C72CE5">
+              <w:t>мазмұнының</w:t>
+            </w:r>
+            <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>мазмұнының</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0025400B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C72CE5">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C72CE5">
+              <w:t>міндетті</w:t>
+            </w:r>
+            <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>міндетті</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="0025400B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C72CE5">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C72CE5">
+              <w:t>минимум</w:t>
+            </w:r>
+            <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>минимум</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0025400B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C72CE5">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C72CE5">
+              <w:t>меңгеру</w:t>
+            </w:r>
+            <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>меңгеру</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="0025400B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C72CE5">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C72CE5">
+              <w:t>негізінде</w:t>
+            </w:r>
+            <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>негізінде</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="0025400B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C72CE5">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C72CE5">
+              <w:t>оқушылар</w:t>
+            </w:r>
+            <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>оқушылар</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0025400B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C72CE5">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C72CE5">
+              <w:t>тұлғасының</w:t>
+            </w:r>
+            <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>тұлғасының</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0025400B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C72CE5">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>жалпы</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C72CE5">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>мәдениетін</w:t>
             </w:r>
             <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="YS Text" w:eastAsia="Times New Roman" w:hAnsi="YS Text" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
@@ -9519,71 +9049,51 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="0025400B" w:rsidP="00C72CE5">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>- жоғарыбілім (</w:t>
-[...19 lines deleted...]
-              <w:t>): 137044</w:t>
+              <w:t>- жоғарыбілім (min): 137044</w:t>
             </w:r>
             <w:r w:rsidR="00C72CE5" w:rsidRPr="00C72CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidTr="008C2F88">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
@@ -9645,258 +9155,78 @@
           </w:tcPr>
           <w:p w:rsidR="00494F71" w:rsidRPr="00494F71" w:rsidRDefault="00494F71" w:rsidP="00494F71">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494F71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-жоғарыжәне (</w:t>
-[...79 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>-жоғарыжәне (немесе) жоғарыоқуорнынанкейінгіпедагогикалықбілімнемесекәсіптікбілімнемесежұмысөтілінеталапқойылмай, педагогикалыққайтадаярлығынрастайтынқұжат; және (немесе) біліктілігініңжоғарыдеңгейіболғанжағдайда педагог-шебермамандығыбойыншажұмыс өтілі-5 жыл;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00494F71" w:rsidP="00494F71">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494F71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-және (</w:t>
-[...99 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>-және (немесе) біліктілігінің орта немесежоғарыдеңгейіболғанкездемамандығыбойыншажұмысөтілі: педагог-модератор үшінкемінде 3 жыл, педагог – сарапшыүшінкемінде 4 жыл, педагог-зерттеушіүшінкемінде 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidTr="008C2F88">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -10112,63 +9442,52 @@
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00494F71" w:rsidRDefault="00494F71" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>1) осы</w:t>
+            </w:r>
             <w:r w:rsidR="0025400B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -10686,123 +10005,83 @@
             <w:tcW w:w="3011" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="000F2484" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F2484">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Уақытша бос лауазымныңмерзі</w:t>
-[...19 lines deleted...]
-              <w:t>і</w:t>
+              <w:t>Уақытша бос лауазымныңмерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="000F2484" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F2484">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ү</w:t>
-[...19 lines deleted...]
-              <w:t>і</w:t>
+              <w:t>Үнемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidTr="008C2F88">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6203" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="008C2F88">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
@@ -10886,78 +10165,67 @@
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>М</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D410F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>млекеттікбілім</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> беру ұйымдар</w:t>
+              <w:t>млекеттікбілім беру ұйымдар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ының</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D410F2" w:rsidRPr="00D410F2" w:rsidRDefault="00D410F2" w:rsidP="00D410F2">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -11160,69 +10428,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00D410F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>байқау</w:t>
       </w:r>
       <w:r w:rsidR="00D410F2" w:rsidRPr="00D410F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>жариялағанмемлекетті</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> орган</w:t>
+        <w:t>жариялағанмемлекеттік орган</w:t>
       </w:r>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11232,71 +10482,51 @@
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ү</w:t>
-[...19 lines deleted...]
-        <w:t>іткердің</w:t>
+        <w:t>Үміткердің</w:t>
       </w:r>
       <w:r w:rsidR="00D410F2" w:rsidRPr="00D410F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Т</w:t>
       </w:r>
       <w:r w:rsidR="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.А</w:t>
       </w:r>
       <w:r w:rsidR="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -11332,67 +10562,57 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D27BCD" w:rsidRPr="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>лауазымы</w:t>
-[...8 lines deleted...]
-        <w:t>, жұмысорны</w:t>
+        <w:t>лауазымы, жұмысорны</w:t>
       </w:r>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11401,124 +10621,68 @@
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>нақтытұ</w:t>
+        <w:t>нақтытұрғылықтыжері, тірке</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...26 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>лген</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D27BCD" w:rsidRPr="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>мекенжайы</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> телефоны</w:t>
+        <w:t>мекенжайы, байланыс телефоны</w:t>
       </w:r>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11564,85 +10728,57 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D27BCD" w:rsidRPr="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Мені</w:t>
-[...26 lines deleted...]
-        <w:t>/уақытша бос лауазымғаорналасуғаарналған</w:t>
+        <w:t>Мені бос/уақытша бос лауазымғаорналасуғаарналған</w:t>
       </w:r>
       <w:r w:rsidR="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>байқауға</w:t>
       </w:r>
       <w:r w:rsidR="00D27BCD" w:rsidRPr="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>жіберуіңіздісұраймын (керегініңастынсызукерек)</w:t>
       </w:r>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
@@ -11655,177 +10791,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>білім</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> беру ұйы</w:t>
+        <w:t>білім беру ұйы</w:t>
       </w:r>
       <w:r w:rsidR="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>мының</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D27BCD" w:rsidRPr="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>атауы</w:t>
+        <w:t>атауы, мекенжайы (облыс, аудан, қала / ауыл</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...71 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00D27BCD" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D27BCD">
@@ -11840,197 +10890,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00D27BCD" w:rsidRDefault="00CD5E5D" w:rsidP="00D27BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D27BCD" w:rsidRPr="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ж</w:t>
-[...8 lines deleted...]
-        <w:t>ұмысістеймін</w:t>
+        <w:t>жұмысістеймін</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>лауазымы</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">лауазымы, </w:t>
       </w:r>
       <w:r w:rsidR="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ұ</w:t>
       </w:r>
       <w:r w:rsidR="00D27BCD" w:rsidRPr="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">йымныңатауы, </w:t>
+        <w:t>йымныңатауы, мекенжайы (облыс, аудан, қала / ауыл</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00D27BCD" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12099,138 +11063,108 @@
         <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="2765"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidTr="008C2F88">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00D27BCD" w:rsidP="008C2F88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D27BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Білімі: жоғарынемесежоғарыоқуорнынанкейінгі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D27BCD" w:rsidRDefault="00D27BCD" w:rsidP="00D27BCD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D27BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>л</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Оқуорнының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D27BCD" w:rsidRPr="00D27BCD" w:rsidRDefault="00D27BCD" w:rsidP="00D27BCD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D27BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>імі</w:t>
-[...58 lines deleted...]
-              </w:rPr>
               <w:t>тауы</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00D27BCD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00D27BCD" w:rsidP="008C2F88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -12357,80 +11291,52 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00D27BCD" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Бі</w:t>
+        <w:t>Біліктіліксанатыныңболуы (бер</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...26 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>іл</w:t>
       </w:r>
       <w:r w:rsidRPr="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ген/растағанкүні</w:t>
       </w:r>
       <w:r w:rsidR="00CD5E5D" w:rsidRPr="00751D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>):______________</w:t>
       </w:r>
@@ -12553,67 +11459,57 @@
         <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AB4700" w:rsidRDefault="00D27BCD" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D27BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Наградалары</w:t>
-[...8 lines deleted...]
-        <w:t>, атақтары, дәрежесі, ғылымидәрежесі, ғылымиатағы</w:t>
+        <w:t>Наградалары, атақтары, дәрежесі, ғылымидәрежесі, ғылымиатағы</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00AB4700" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB4700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00AB4700" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
@@ -12909,78 +11805,67 @@
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>М</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D410F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>млекеттікбілім</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> беру ұйымдар</w:t>
+              <w:t>млекеттікбілім беру ұйымдар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ының</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AB4700" w:rsidRPr="00D410F2" w:rsidRDefault="00AB4700" w:rsidP="0098453A">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -13144,71 +12029,59 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="00CD5E5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AB4700" w:rsidRDefault="00AB4700" w:rsidP="00AB4700">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AB4700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Бос немесеуақытша бос</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Бос немесеуақытша бос </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>педагог</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>лауазымынаүміткерді</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB4700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -13407,61 +12280,59 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00AB4700" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Критерийлер</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00AB4700" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB4700">
@@ -13486,71 +12357,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұпай</w:t>
             </w:r>
             <w:r w:rsidR="00AB4700" w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> саны(1-ден 20-ға </w:t>
-[...19 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> саны(1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00AB4700" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
@@ -13601,300 +12452,224 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00AB4700" w:rsidRPr="00751D5F" w:rsidRDefault="00AB4700" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...17 lines deleted...]
-              <w:t>імдеңгейі</w:t>
+              <w:t>Білімдеңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00AB4700" w:rsidRPr="00751D5F" w:rsidRDefault="00AB4700" w:rsidP="0098453A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімітуралы</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>д</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>иплом</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AB4700" w:rsidRPr="00AB4700" w:rsidRDefault="00AB4700" w:rsidP="00AB4700">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Техникалықнемесекәсі</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve">Техникалықнемесекәсіптік = 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="002A1018" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB4700" w:rsidRPr="00AB4700" w:rsidRDefault="00AB4700" w:rsidP="00AB4700">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
             <w:r w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>пт</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB4700" w:rsidRPr="00AB4700" w:rsidRDefault="00AB4700" w:rsidP="00AB4700">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">ік = 1 </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002A1018" w:rsidRPr="00754D4B">
+              <w:t xml:space="preserve">жоғарысырттай / қашықтықтаноқыту = 2 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AB4700" w:rsidRPr="00AB4700" w:rsidRDefault="00AB4700" w:rsidP="00AB4700">
+          <w:p w:rsidR="00AB4700" w:rsidRPr="00751D5F" w:rsidRDefault="00AB4700" w:rsidP="00AB4700">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> = 5 </w:t>
-[...73 lines deleted...]
-              <w:t xml:space="preserve"> диплом = 7 </w:t>
+              <w:t xml:space="preserve">жоғарыбілімтуралыүздік диплом = 7 </w:t>
             </w:r>
             <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AB4700" w:rsidRPr="00751D5F" w:rsidRDefault="00AB4700" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -13964,139 +12739,99 @@
               </w:rPr>
               <w:t>Ғылыми / академиялықдәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00AB4700" w:rsidRPr="00751D5F" w:rsidRDefault="00AB4700" w:rsidP="0098453A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімітуралы</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>д</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>иплом</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AB4700" w:rsidRPr="00AB4700" w:rsidRDefault="00AB4700" w:rsidP="00AB4700">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғарыбілімі бар Магистр </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> = 5 </w:t>
+              <w:t xml:space="preserve">Жоғарыбілімі бар Магистр немесемаман = 5 </w:t>
             </w:r>
             <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AB4700" w:rsidRPr="00AB4700" w:rsidRDefault="00AB4700" w:rsidP="00AB4700">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -14234,69 +12969,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00AB4700" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB4700">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ұлттықбі</w:t>
-[...17 lines deleted...]
-              <w:t>іктіліктестілеу</w:t>
+              <w:t>Ұлттықбіліктіліктестілеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751D5F">
@@ -14332,61 +13049,59 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Педагог</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009F545A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>біліктіліксанатымен</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F545A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мазмұныбойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14414,546 +13129,526 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50 д</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> 60 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD5E5D" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="008C2F88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5E5D" w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD5E5D" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="008C2F88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5E5D" w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD5E5D" w:rsidRDefault="009F545A" w:rsidP="008C2F88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ен </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5E5D" w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="008C2F88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD5E5D" w:rsidRPr="00754D4B" w:rsidRDefault="009F545A" w:rsidP="008C2F88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5E5D" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD5E5D" w:rsidRPr="00754D4B" w:rsidRDefault="009F545A" w:rsidP="008C2F88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5E5D" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 40 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="009F545A" w:rsidP="008C2F88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5E5D" w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5E5D" w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD5E5D" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="008C2F88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5E5D" w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 60 </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бал</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...483 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ға дейін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 2 </w:t>
             </w:r>
             <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
@@ -15150,262 +13845,1660 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50 д</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> 60 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>90 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="00754D4B" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 40 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="00751D5F" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 60 </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бал</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ға дейін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00BA6E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD5E5D" w:rsidRPr="009F545A" w:rsidRDefault="00CD5E5D" w:rsidP="008C2F88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог-сарапшы»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мазмұныбойынша:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> = 0 </w:t>
             </w:r>
             <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">60 </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>60 д</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ен</w:t>
             </w:r>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 70 </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бал</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ға дейін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>90 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="008C2F88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 40 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="00751D5F" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">70 </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>50 д</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ен</w:t>
             </w:r>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD5E5D" w:rsidRPr="009F545A" w:rsidRDefault="00CD5E5D" w:rsidP="008C2F88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Педагог-зерттеуші» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 80 </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бал</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ға дейін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F545A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -15436,1854 +15529,278 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ға дейін</w:t>
             </w:r>
             <w:r w:rsidRPr="009F545A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009F545A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F545A">
-[...9 lines deleted...]
-          <w:p w:rsidR="009F545A" w:rsidRPr="00754D4B" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30 д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 40 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F545A" w:rsidRPr="00751D5F" w:rsidRDefault="009F545A" w:rsidP="009F545A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>30 д</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40 д</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ен</w:t>
             </w:r>
-            <w:r w:rsidRPr="00754D4B">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> 40 бал</w:t>
+            <w:r w:rsidRPr="00751D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бал</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ға дейін</w:t>
             </w:r>
-            <w:r w:rsidRPr="00754D4B">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> = 0 </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00754D4B" w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F545A" w:rsidRPr="00751D5F" w:rsidRDefault="009F545A" w:rsidP="009F545A">
+          <w:p w:rsidR="009F545A" w:rsidRPr="009F545A" w:rsidRDefault="009F545A" w:rsidP="009F545A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...18 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50 д</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ен</w:t>
             </w:r>
             <w:r w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 50 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>бал</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...1634 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ға дейін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
@@ -17508,103 +16025,57 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="009F545A" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009F545A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...44 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Біліктілігі / Санаты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00754D4B" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -17624,107 +16095,71 @@
               <w:t>уәлік, өзге де құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00754D4B" w:rsidRPr="00754D4B" w:rsidRDefault="00754D4B" w:rsidP="00754D4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">2 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>2 санат = 1 ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00754D4B" w:rsidRPr="00754D4B" w:rsidRDefault="00754D4B" w:rsidP="00754D4B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>санат</w:t>
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> = 2 ұпай</w:t>
+              <w:t>1 санат = 2 ұпай</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00754D4B" w:rsidRPr="00754D4B" w:rsidRDefault="00754D4B" w:rsidP="00754D4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жоғарысанат = 3 ұпай</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00754D4B" w:rsidRDefault="00754D4B" w:rsidP="00754D4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17965,69 +16400,58 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жылдан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t>ға дейін</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылға дейін</w:t>
             </w:r>
             <w:r w:rsidR="00CD5E5D" w:rsidRPr="00751D5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1 </w:t>
             </w:r>
             <w:r w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00754D4B" w:rsidRDefault="00754D4B" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -18133,62 +16557,52 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 2 ұпай</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00754D4B" w:rsidRDefault="00754D4B" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10 жәнеоданкө</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>10 жәнеоданкөп</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">= 3 </w:t>
             </w:r>
             <w:r w:rsidRPr="00754D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18435,177 +16849,121 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A1018">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жұмысқаалғаш</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>кі</w:t>
-[...19 lines deleted...]
-              <w:t>іскен</w:t>
+              <w:t>кіріскен</w:t>
             </w:r>
             <w:r w:rsidRPr="002A1018">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>педагогтарүшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="002A1018" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A1018">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Білімтуралыдипломғақосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1018" w:rsidRPr="00754D4B" w:rsidRDefault="002A1018" w:rsidP="002A1018">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="002A1018">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>л</w:t>
-[...31 lines deleted...]
-              </w:rPr>
               <w:t>Педагогикалық</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>/ кәсі</w:t>
-[...17 lines deleted...]
-              <w:t>ік практика нәтижелері</w:t>
+              <w:t>/ кәсіптік практика нәтижелері</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> «</w:t>
             </w:r>
             <w:r w:rsidRPr="002A1018">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>өте</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>жақсы</w:t>
@@ -19027,286 +17385,186 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00D83291" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D83291">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Кәсібижеті</w:t>
-[...17 lines deleted...]
-              <w:t>іктер</w:t>
+              <w:t>Кәсібижетістіктер</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>інің</w:t>
             </w:r>
             <w:r w:rsidRPr="00D83291">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D83291" w:rsidRPr="00D83291" w:rsidRDefault="00D83291" w:rsidP="00D83291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D83291">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>- бі</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve">- білімалушылардыңдипломдары, олимпиадалар мен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>байқаулар</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D83291">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>л</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>жеңімпаздарыныңграмоталары, ғылымижобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D83291" w:rsidRPr="00D83291" w:rsidRDefault="00D83291" w:rsidP="00D83291">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- мұғалім</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D83291">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">імалушылардыңдипломдары, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаз</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D83291">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>олимпиадалар</w:t>
-[...112 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>дипломдары, грамоталары;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00D83291" w:rsidRDefault="00D83291" w:rsidP="00D83291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- мемлекеттік</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>марапаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D83291" w:rsidRPr="00D83291" w:rsidRDefault="00D83291" w:rsidP="00D83291">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
@@ -19817,428 +18075,298 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00653191" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Қоғамды</w:t>
-[...17 lines deleted...]
-              <w:t>педагогикалыққызмет</w:t>
+              <w:t>Қоғамдық-педагогикалыққызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00653191" w:rsidRPr="00653191" w:rsidRDefault="00653191" w:rsidP="00653191">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>- көшбасшылық</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00653191" w:rsidP="00653191">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>- кө</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>- көптілділіктіжүзегеасыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00653191" w:rsidRPr="00653191" w:rsidRDefault="00653191" w:rsidP="00653191">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00653191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>пт</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">тәлімгер = 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D83291">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00653191" w:rsidRPr="00653191" w:rsidRDefault="00653191" w:rsidP="00653191">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘО</w:t>
+            </w:r>
             <w:r w:rsidRPr="00653191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ілділіктіжүзегеасыру</w:t>
-[...6 lines deleted...]
-          </w:tcPr>
+              <w:t xml:space="preserve">басшылығы = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D83291">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00653191" w:rsidRPr="00653191" w:rsidRDefault="00653191" w:rsidP="00653191">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">тәлімгер = 0,5 </w:t>
+              <w:t xml:space="preserve">кәсіби-педагогикалыққоғамдастықтыңкөшбасшысы = 1 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D83291">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00653191" w:rsidRPr="00653191" w:rsidRDefault="00653191" w:rsidP="00653191">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00653191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">басшылығы = 1 </w:t>
+              <w:t xml:space="preserve">2 тілдеоқыту, орыс/қазақ = 2 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D83291">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00653191" w:rsidRPr="00653191" w:rsidRDefault="00653191" w:rsidP="00653191">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">шетел/орыс, шетел / </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
             <w:r w:rsidRPr="00653191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>к</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">азақ) = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D83291">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
             <w:r w:rsidRPr="00653191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">әсіби-педагогикалыққоғамдастықтыңкөшбасшысы = 1 </w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="00653191" w:rsidRPr="00653191" w:rsidRDefault="00653191" w:rsidP="00653191">
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00653191" w:rsidP="00653191">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">2 тілдеоқыту, орыс/қазақ = 2 </w:t>
-[...127 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">3 тілдеоқыту (қазақ, </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">) = 5 </w:t>
+              <w:t xml:space="preserve">3 тілдеоқыту (қазақ, орыс, шетел) = 5 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D83291">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ұпай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD5E5D" w:rsidRPr="00751D5F" w:rsidRDefault="00CD5E5D" w:rsidP="008C2F88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -20749,105 +18877,106 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="YS Text">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="006F280E"/>
     <w:rsid w:val="00041AFD"/>
     <w:rsid w:val="0005747A"/>
     <w:rsid w:val="000B4A98"/>
     <w:rsid w:val="000F2484"/>
     <w:rsid w:val="0019270A"/>
     <w:rsid w:val="0025400B"/>
     <w:rsid w:val="0028647B"/>
     <w:rsid w:val="00293664"/>
     <w:rsid w:val="002A1018"/>
     <w:rsid w:val="002C4AB6"/>
     <w:rsid w:val="00373B49"/>
     <w:rsid w:val="00407AAB"/>
     <w:rsid w:val="00494F71"/>
+    <w:rsid w:val="005F6E5C"/>
     <w:rsid w:val="00653191"/>
     <w:rsid w:val="006F280E"/>
     <w:rsid w:val="00754D4B"/>
     <w:rsid w:val="00757099"/>
     <w:rsid w:val="009F545A"/>
     <w:rsid w:val="00A9719C"/>
     <w:rsid w:val="00AB4700"/>
     <w:rsid w:val="00AC7B06"/>
+    <w:rsid w:val="00B352AC"/>
     <w:rsid w:val="00BA6E55"/>
     <w:rsid w:val="00C34BBE"/>
     <w:rsid w:val="00C72CE5"/>
     <w:rsid w:val="00CD5E5D"/>
     <w:rsid w:val="00D27BCD"/>
     <w:rsid w:val="00D410F2"/>
     <w:rsid w:val="00D83291"/>
     <w:rsid w:val="00DA0EFF"/>
     <w:rsid w:val="00E5294F"/>
     <w:rsid w:val="00F06B4D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -21516,92 +19645,92 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8568841-F863-41B2-A489-99A8BD20E5FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>3502</Words>
-  <Characters>19964</Characters>
+  <Characters>19965</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>166</Lines>
   <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23420</CharactersWithSpaces>
+  <CharactersWithSpaces>23421</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>