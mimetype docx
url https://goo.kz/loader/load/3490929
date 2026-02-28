--- v0 (2025-12-05)
+++ v1 (2026-02-28)
@@ -1,5778 +1,15672 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00CD2E13" w:rsidRPr="00315FB3" w:rsidRDefault="00CD2E13" w:rsidP="00CD2E13">
+    <w:p w:rsidR="00D076F5" w:rsidRPr="00602395" w:rsidRDefault="00D076F5" w:rsidP="00D076F5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
+      <w:r w:rsidRPr="00602395">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ОБЪЯВЛЕНИЕ О ПРОВЕДЕНИИ КОНКУРСА</w:t>
+        <w:t>ПЕДАГОГ ҚЫЗМЕТКЕРЛЕРДІҢ БОС ОРЫНДАРЫНА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD2E13" w:rsidRPr="00315FB3" w:rsidRDefault="00CD2E13" w:rsidP="00CD2E13">
+    <w:p w:rsidR="00D076F5" w:rsidRPr="00602395" w:rsidRDefault="00D076F5" w:rsidP="00D076F5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
+      <w:r w:rsidRPr="00602395">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>НА ВАКАНТНЫЕ МЕСТА</w:t>
-[...17 lines deleted...]
-        <w:t>ПЕДАГОГИЧЕСКИХ РАБОТНИКОВ</w:t>
+        <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD2E13" w:rsidRPr="00E42AE9" w:rsidRDefault="00CD2E13" w:rsidP="00CD2E13">
+    <w:p w:rsidR="00D076F5" w:rsidRPr="005251C0" w:rsidRDefault="0046078B" w:rsidP="00D076F5">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-        <w:t>Коммунальное государственное казенное предприятие «</w:t>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Павло</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №54 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>коммуналдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қазыналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кә</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D64605">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сіпорны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D64605">
-[...47 lines deleted...]
-      <w:r w:rsidR="008031F0" w:rsidRPr="00D64605">
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тууға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиешінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078318E" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-[...24 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1"/>
         <w:tblW w:w="10109" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="673"/>
         <w:gridCol w:w="1626"/>
         <w:gridCol w:w="1590"/>
         <w:gridCol w:w="1593"/>
         <w:gridCol w:w="1907"/>
         <w:gridCol w:w="2720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD2E13" w:rsidRPr="00315FB3" w:rsidTr="002237DE">
+      <w:tr w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidTr="0083530B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2E13" w:rsidRPr="002973E1" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
+          <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="003A660F" w:rsidP="0083530B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2E13" w:rsidRPr="002973E1" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
+          <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="00CE5371" w:rsidP="0083530B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Вакантная должность</w:t>
+              <w:t xml:space="preserve">Бос </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2E13" w:rsidRPr="002973E1" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
+          <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="006B4F5E" w:rsidP="0083530B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Объем нагрузки</w:t>
+              <w:t>Ж</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үктеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көлемі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2E13" w:rsidRPr="002973E1" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
+          <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="00BE1456" w:rsidP="0083530B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқыту тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="00BE1456" w:rsidP="0083530B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мекенжай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="00CE5371" w:rsidP="0083530B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Язык обучения</w:t>
+              <w:t>Байланыстар</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Адрес </w:t>
+              <w:t>электрондық</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ДО</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...8 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>Контакты, электронный адрес</w:t>
+              <w:t>мекен-жай</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD2E13" w:rsidRPr="00CF7698" w:rsidTr="002237DE">
+      <w:tr w:rsidR="003A660F" w:rsidRPr="00924664" w:rsidTr="0083530B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2E13" w:rsidRPr="00315FB3" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
+          <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="003A660F" w:rsidP="0083530B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2E13" w:rsidRPr="00BD16AA" w:rsidRDefault="00CF7698" w:rsidP="00947789">
+          <w:p w:rsidR="003A660F" w:rsidRPr="00924664" w:rsidRDefault="00924664" w:rsidP="0083530B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәрбиеші уақытша декреттік демалысы кезеңіне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="00A509DD" w:rsidP="0083530B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005F25F0" w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F25F0" w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003A660F" w:rsidRPr="00DA6EE0" w:rsidRDefault="003A660F" w:rsidP="0083530B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="00DA6EE0" w:rsidP="00A75126">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Воспитатель</w:t>
-[...17 lines deleted...]
-              <w:t>на время декретного отпуска</w:t>
+              <w:t>орыс тілінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2E13" w:rsidRPr="00CA6EBC" w:rsidRDefault="00CA6EBC" w:rsidP="002237DE">
-[...46 lines deleted...]
-          <w:p w:rsidR="00CD2E13" w:rsidRPr="00947789" w:rsidRDefault="00CD2E13" w:rsidP="000256B9">
+          <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="003A660F" w:rsidP="00112FA2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...57 lines deleted...]
-            <w:r w:rsidR="000256B9">
+            <w:r w:rsidRPr="00DA6EE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Як. Геринга 79/1</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidR="00112FA2" w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE1456" w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Як. Геринг көшесі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>79/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2E13" w:rsidRPr="000256B9" w:rsidRDefault="00CD2E13" w:rsidP="002237DE">
+          <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="003A660F" w:rsidP="0083530B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA6EBC">
+            <w:r w:rsidRPr="00AF5BB9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="000256B9">
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20-99-13</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD2E13" w:rsidRPr="00B82ADE" w:rsidRDefault="00CD2E13" w:rsidP="00CA6EBC">
+          <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="003A660F" w:rsidP="0083530B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>email</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA6EBC">
+            <w:r w:rsidRPr="00AF5BB9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
-            <w:r w:rsidR="00CA6EBC">
+            <w:r w:rsidR="00162F86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Sad54@goo.edu.kz</w:t>
+              <w:t>Sad</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF5BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>54@goo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005251C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF5BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C64E9" w:rsidRPr="00366140" w:rsidRDefault="00BD16AA" w:rsidP="001C64E9">
+    <w:p w:rsidR="003A660F" w:rsidRPr="005251C0" w:rsidRDefault="005F3072" w:rsidP="00A5627C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>03</w:t>
       </w:r>
-      <w:r w:rsidR="001C64E9" w:rsidRPr="00D64605">
-[...2 lines deleted...]
-      <w:r w:rsidR="007603EE">
+      <w:r w:rsidR="00162F86" w:rsidRPr="003350D8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-0</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>03</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007603EE">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="007603EE">
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="001C64E9" w:rsidRPr="00D64605">
-[...6 lines deleted...]
-        <w:t>:00</w:t>
+      <w:r w:rsidR="003A660F" w:rsidRPr="003350D8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9:00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D43BE" w:rsidRPr="00D64605" w:rsidRDefault="00D3649F" w:rsidP="001C64E9">
+    <w:p w:rsidR="0078318E" w:rsidRPr="003350D8" w:rsidRDefault="0078318E" w:rsidP="00A33C1E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D64605">
-[...5 lines deleted...]
-      <w:r w:rsidR="00124F76" w:rsidRPr="00D64605">
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Павлодар қаласының №54 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5627C" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәбилер-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65ACF" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>" КМҚК Павлодар қаласы, Як. Геринг көшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 79/1, телефон</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65ACF" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 (7812) 20-99-13, 8</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(7812) 66-11-48; эл.пошта: Sad54@</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3147" w:rsidRPr="003350D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3147" w:rsidRPr="003350D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078318E" w:rsidRPr="005251C0" w:rsidRDefault="0078318E" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақ және орыс тілінде оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65ACF" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-бақша</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34872" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64B4D" w:rsidRPr="00C41289" w:rsidRDefault="00F64B4D" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C41289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары: тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс стажына талаптар қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64B4D" w:rsidRPr="00C41289" w:rsidRDefault="00F64B4D" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C41289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және (немесе) біліктілігінің жоғары деңгейі болған кезде педагог-модератор және педагог-сарапшы үшін мектепке дейінгі ұйымның тәрбиешісі лауазымындағы жұмыс өтілі кемінде 2 жыл, педагог-зерттеуші кемінде 3 жыл, педагог-шебер лауазымында кемінде 5 жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64B4D" w:rsidRPr="00C41289" w:rsidRDefault="00F64B4D" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C41289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және (немесе) біліктілігінің орта деңгейі болған кезде мектепке дейінгі ұйым тәрбиешісі лауазымындағы жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл, педагог – сарапшы үшін-кемінде 3 жыл, педагог-зерттеуші үшін-кемінде 4 жыл. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64B4D" w:rsidRPr="00C41289" w:rsidRDefault="00F64B4D" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C41289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіби құзыреттерді айқындай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64B4D" w:rsidRPr="005251C0" w:rsidRDefault="00F64B4D" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1)педагог (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Санаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64B4D" w:rsidRPr="005251C0" w:rsidRDefault="00F64B4D" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"педагог" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64B4D" w:rsidRPr="005251C0" w:rsidRDefault="00F64B4D" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрылымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдістемесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64B4D" w:rsidRPr="005251C0" w:rsidRDefault="00F64B4D" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ерекшеліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көзқарасты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64B4D" w:rsidRPr="005251C0" w:rsidRDefault="00F64B4D" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>перспективалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоспар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>циклограмманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64B4D" w:rsidRPr="005251C0" w:rsidRDefault="00F64B4D" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стандартында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деңгейден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>төмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дағдыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00587D5F" w:rsidRPr="005251C0" w:rsidRDefault="00587D5F" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата-аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орнындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адамдармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00587D5F" w:rsidRPr="005251C0" w:rsidRDefault="00587D5F" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдістемелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00587D5F" w:rsidRPr="005251C0" w:rsidRDefault="00587D5F" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажеттіліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диагностика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00587D5F" w:rsidRPr="005251C0" w:rsidRDefault="00587D5F" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деңгейіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-шараларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F64B4D" w:rsidRPr="005251C0" w:rsidRDefault="00587D5F" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кәсіби-педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диалог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ресурстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00587D5F" w:rsidRPr="005251C0" w:rsidRDefault="00587D5F" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Лауазымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>денсаулығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорғауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>технологияларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00587D5F" w:rsidRPr="005251C0" w:rsidRDefault="00587D5F" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тобының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоспарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кестесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әндік-дамытушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ортаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ойын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>танымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қозғалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бейнелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00587D5F" w:rsidRPr="005251C0" w:rsidRDefault="00587D5F" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасауда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлғағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағытталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәсілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00587D5F" w:rsidRPr="005251C0" w:rsidRDefault="00587D5F" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дамуында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауытқулары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түзету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мамандарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>у-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдебиеттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зерделеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> топ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажеттіліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбие-білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоспарлайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00587D5F" w:rsidRPr="005251C0" w:rsidRDefault="00587D5F" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеткізілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобалайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C80" w:rsidRPr="005251C0" w:rsidRDefault="00176C80" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірдей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастапқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мүмкіндіктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажеттіліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдетте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жатқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірлесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әлеуметтендіруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C80" w:rsidRPr="005251C0" w:rsidRDefault="00176C80" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мамандардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынымдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажеттілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C80" w:rsidRPr="005251C0" w:rsidRDefault="00176C80" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Отандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шетелдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәжірибелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тарату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>енгізумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айналысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176C80" w:rsidRPr="005251C0" w:rsidRDefault="00176C80" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жастағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата-аналарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>консультациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көмекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мүдделері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқықтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорғайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отбасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құндылықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұжырымдамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>енгізеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00351D12" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00351D12" w:rsidRPr="005251C0" w:rsidRDefault="00351D12" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конституциясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кодексін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", "Педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәртебесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заңдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағыттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>перспективаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>актілері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00351D12" w:rsidRPr="005251C0" w:rsidRDefault="00351D12" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Психология </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогика, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ігерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қауіпсіздігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еңбекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санитариялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00351D12" w:rsidRPr="005251C0" w:rsidRDefault="00351D12" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нормативті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00351D12" w:rsidRPr="001F5AFD" w:rsidRDefault="00924664" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәрбишінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00351D12" w:rsidRPr="00924664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жал</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213" w:rsidRPr="00924664">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақысы: орта – арнайы білім-</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>90000-110000</w:t>
+      </w:r>
+      <w:r w:rsidR="00351D12" w:rsidRPr="001F5AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> теңге (біліктілік санатынсыз (педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00351D12" w:rsidRPr="001F5AFD" w:rsidRDefault="00924664" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәрбиешінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00374825" w:rsidRPr="001F5AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалақ</w:t>
+      </w:r>
+      <w:r w:rsidR="001F5902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ысы: жоғары білім - 120000-14</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="00374825" w:rsidRPr="001F5AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> теңге (біліктілік санатынсыз (педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00374825" w:rsidRPr="005251C0" w:rsidRDefault="00374825" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: білім беру ұйымының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A3251" w:rsidRPr="005251C0" w:rsidRDefault="000A3251" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттарды қабылдауды "Павлодар қаласы №54 бөбекжай-балабақшасы" КМҚК Як көшесі жүзеге асырады.Геринга, 79/1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00374825" w:rsidRPr="005251C0" w:rsidRDefault="00374825" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00374825" w:rsidRPr="005251C0" w:rsidRDefault="00374825" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға ниет білдірген тұлға қабылдау мерзімінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00374825" w:rsidRPr="005251C0" w:rsidRDefault="00374825" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хабарландыруда көрсетілген құжаттарды келесі құжаттарға жолдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00374825" w:rsidRPr="005251C0" w:rsidRDefault="00374825" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық немесе қағаз түрінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00351D12" w:rsidRPr="005251C0" w:rsidRDefault="00374825" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036493A" w:rsidRPr="005251C0" w:rsidRDefault="0036493A" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00374825" w:rsidRPr="005251C0" w:rsidRDefault="0036493A" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – Бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B26932" w:rsidRPr="005251C0" w:rsidRDefault="00B26932" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4) білім туралы құжаттардың көшірмелері; бекітілген Біліктілік талаптарына сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidR="0088736A" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтердің біліктілік сипаттамалары; (дипломнан қосымша бет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036493A" w:rsidRPr="005251C0" w:rsidRDefault="00B26932" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0088736A" w:rsidRPr="005251C0" w:rsidRDefault="0088736A" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы№ ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0088736A" w:rsidRPr="005251C0" w:rsidRDefault="0088736A" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) Психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0088736A" w:rsidRPr="005251C0" w:rsidRDefault="0088736A" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) Наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0088736A" w:rsidRPr="005251C0" w:rsidRDefault="0088736A" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>соттылығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болмауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0088736A" w:rsidRPr="005251C0" w:rsidRDefault="0088736A" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туберкулезге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>диспансерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0088736A" w:rsidRPr="005251C0" w:rsidRDefault="0088736A" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санитарлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кітапша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009173DC" w:rsidRPr="005251C0" w:rsidRDefault="009173DC" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сертификаты (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - СҒТ) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагог-модератордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагог-сарапшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагог-зерттеушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагог-шебердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>куәлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009173DC" w:rsidRPr="005251C0" w:rsidRDefault="009173DC" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>толтырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0088736A" w:rsidRPr="005251C0" w:rsidRDefault="009173DC" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2-қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осымша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813979" w:rsidRPr="005251C0" w:rsidRDefault="00813979" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кандидат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009173DC" w:rsidRPr="005251C0" w:rsidRDefault="00813979" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іктілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>академиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жарияланымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көшірмелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алдыңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орнының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшылығынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0063170E" w:rsidRPr="005251C0" w:rsidRDefault="0063170E" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) 5х6 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фото (2 дана)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0063170E" w:rsidRPr="005251C0" w:rsidRDefault="0063170E" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) вакцинация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>паспорты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00490199" w:rsidRPr="005251C0" w:rsidRDefault="00490199" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біреуінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болмауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидатқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қайтару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00490199" w:rsidRPr="005251C0" w:rsidRDefault="00490199" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиеші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж. - 0</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00751213">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="001C64E9" w:rsidRPr="00D64605">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>толғанға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күтімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>декреттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезеңіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00490199" w:rsidRPr="005251C0" w:rsidRDefault="00490199" w:rsidP="00A33C1E">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="001C64E9" w:rsidRPr="00D64605">
-[...73 lines deleted...]
-      <w:r w:rsidR="00CA6EBC" w:rsidRPr="00CA6EBC">
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәйексіздігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тартады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...656 lines deleted...]
-        <w:t>-исследователь, педагог-мастер).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2BEA" w:rsidRPr="00D64605" w:rsidRDefault="000D2BEA" w:rsidP="000D2BEA">
+    <w:p w:rsidR="00490199" w:rsidRPr="000A557A" w:rsidRDefault="00490199" w:rsidP="00A33C1E">
       <w:pPr>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:b w:val="0"/>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...150 lines deleted...]
-          <w:b w:val="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 8(7182) 20-99-13, 8 (7182) 66-11-48; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес </w:t>
+      </w:r>
+      <w:r w:rsidR="000A557A" w:rsidRPr="000A557A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sad54@</w:t>
+      </w:r>
+      <w:r w:rsidR="000A557A" w:rsidRPr="000A557A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>doo</w:t>
+      </w:r>
+      <w:r w:rsidR="000A557A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A557A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A557A" w:rsidRPr="000A557A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A557A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001C64E9" w:rsidRPr="00D64605" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+    <w:p w:rsidR="00117B46" w:rsidRPr="005251C0" w:rsidRDefault="00117B46" w:rsidP="00A33C1E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...113 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C138E7" w:rsidRPr="002B5A95" w:rsidRDefault="001C64E9" w:rsidP="00C138E7">
+    <w:p w:rsidR="00117B46" w:rsidRPr="005251C0" w:rsidRDefault="00117B46" w:rsidP="00A33C1E">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...885 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00117B46" w:rsidRPr="005251C0" w:rsidRDefault="00117B46" w:rsidP="00A33C1E">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="001543B2" w:rsidRPr="005251C0" w:rsidRDefault="001543B2" w:rsidP="00A33C1E">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00117B46" w:rsidRPr="005251C0" w:rsidRDefault="00117B46" w:rsidP="00117B46">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00A33C1E" w:rsidRPr="005251C0" w:rsidRDefault="00A33C1E" w:rsidP="00117B46">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00A33C1E" w:rsidRPr="005251C0" w:rsidRDefault="00A33C1E" w:rsidP="00117B46">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00A33C1E" w:rsidRPr="005251C0" w:rsidRDefault="00A33C1E" w:rsidP="00117B46">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00A33C1E" w:rsidRPr="005251C0" w:rsidRDefault="00A33C1E" w:rsidP="00117B46">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00A33C1E" w:rsidRPr="005251C0" w:rsidRDefault="00A33C1E" w:rsidP="00117B46">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00A33C1E" w:rsidRPr="005251C0" w:rsidRDefault="00A33C1E" w:rsidP="00117B46">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00A33C1E" w:rsidRPr="005251C0" w:rsidRDefault="00A33C1E" w:rsidP="00117B46">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00A33C1E" w:rsidRPr="005251C0" w:rsidRDefault="00A33C1E" w:rsidP="00117B46">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00A33C1E" w:rsidRPr="005251C0" w:rsidRDefault="00A33C1E" w:rsidP="00117B46">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EA775C" w:rsidRDefault="00EA775C" w:rsidP="00C14C1A">
+    <w:p w:rsidR="00117B46" w:rsidRPr="005251C0" w:rsidRDefault="00117B46" w:rsidP="00891692">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымға тағайындау, лауазымнан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00117B46" w:rsidRPr="005251C0" w:rsidRDefault="00117B46" w:rsidP="00891692">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>босату ережесіне 10-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00117B46" w:rsidRPr="005251C0" w:rsidRDefault="00117B46" w:rsidP="00891692">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бірінші басшылардың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00117B46" w:rsidRPr="005251C0" w:rsidRDefault="00117B46" w:rsidP="00891692">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00117B46" w:rsidRPr="005251C0" w:rsidRDefault="00117B46" w:rsidP="00891692">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдары педагогтарының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00067616" w:rsidRPr="005251C0" w:rsidRDefault="005A1DF4" w:rsidP="00891692">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00067616" w:rsidRPr="005251C0" w:rsidRDefault="00067616" w:rsidP="00067616">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00B503AD" w:rsidRPr="005251C0" w:rsidRDefault="00B503AD" w:rsidP="00176C80">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B5A95">
-[...39 lines deleted...]
-        <w:t>должностей</w:t>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кандидаттың Т. А. Ә, (бар болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="007611C5" w:rsidRPr="005251C0" w:rsidRDefault="007611C5" w:rsidP="00176C80">
       <w:pPr>
-        <w:spacing w:before="75"/>
-[...140 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="007611C5" w:rsidRPr="005251C0" w:rsidRDefault="007611C5" w:rsidP="00176C80">
       <w:pPr>
-        <w:spacing w:before="33" w:line="271" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B5A95">
-[...22 lines deleted...]
-        <w:t>орган, объявивший конкурс)</w:t>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="0052730D" w:rsidP="00066D68">
+    <w:p w:rsidR="00057FD6" w:rsidRPr="005251C0" w:rsidRDefault="00057FD6" w:rsidP="00176C80">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...218 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="007611C5" w:rsidRPr="005251C0" w:rsidRDefault="00057FD6" w:rsidP="00176C80">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B5A95">
-[...95 lines deleted...]
-        <w:t>телефон</w:t>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00B503AD" w:rsidRPr="005251C0" w:rsidRDefault="00B503AD" w:rsidP="00176C80">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00032857" w:rsidRPr="005251C0" w:rsidRDefault="00032857" w:rsidP="00032857">
       <w:pPr>
-        <w:ind w:left="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B5A95">
-[...7 lines deleted...]
-        <w:t>Заявление</w:t>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00032857" w:rsidRPr="005251C0" w:rsidRDefault="00032857" w:rsidP="00032857">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00032857" w:rsidRPr="005251C0" w:rsidRDefault="00032857" w:rsidP="00032857">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B5A95">
-[...124 lines deleted...]
-        <w:t>вакантной должности (нужное подчеркнуть)</w:t>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="0052730D" w:rsidP="00066D68">
+    <w:p w:rsidR="00032857" w:rsidRPr="005251C0" w:rsidRDefault="00032857" w:rsidP="00032857">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        </w:pict>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00032857" w:rsidRPr="005251C0" w:rsidRDefault="00032857" w:rsidP="00032857">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B5A95">
-[...103 lines deleted...]
-        <w:t>) В настоящее время работаю</w:t>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала / ауыл) қазіргі уақытта жұмыс істеймін</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="0052730D" w:rsidP="00066D68">
+    <w:p w:rsidR="00032857" w:rsidRPr="005251C0" w:rsidRDefault="00032857" w:rsidP="00032857">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        </w:pict>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00602395" w:rsidRPr="005251C0" w:rsidRDefault="00950027" w:rsidP="00032857">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B5A95">
-[...103 lines deleted...]
-        <w:t>) Сообщаю о себе следующие сведения:</w:t>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы, ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="00032857" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йымның атауы, мекенжайы (облыс, аудан, қала / ауыл) өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00950027" w:rsidRPr="005251C0" w:rsidRDefault="00950027" w:rsidP="00032857">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B5A95">
-[...51 lines deleted...]
-        <w:t>послевузовское</w:t>
+    </w:p>
+    <w:p w:rsidR="00950027" w:rsidRPr="005251C0" w:rsidRDefault="00950027" w:rsidP="00032857">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4275"/>
         <w:gridCol w:w="2433"/>
         <w:gridCol w:w="3192"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidTr="002237DE">
+      <w:tr w:rsidR="00B24C16" w:rsidRPr="005251C0" w:rsidTr="00CE09F3">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4275" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="002237DE">
+          <w:p w:rsidR="00B24C16" w:rsidRPr="005251C0" w:rsidRDefault="00E77AFC" w:rsidP="0083530B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="40"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B5A95">
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2433" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="002237DE">
+          <w:p w:rsidR="00B24C16" w:rsidRPr="005251C0" w:rsidRDefault="00E77AFC" w:rsidP="0083530B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="39"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B5A95">
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Период</w:t>
+              <w:t>Оқыту аралығы</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="002237DE">
+          <w:p w:rsidR="00B24C16" w:rsidRPr="005251C0" w:rsidRDefault="00E77AFC" w:rsidP="0083530B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B5A95">
+            <w:r w:rsidRPr="005251C0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
+              <w:t>Диплом бойынша мамандығы</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidTr="002237DE">
+      <w:tr w:rsidR="00B24C16" w:rsidRPr="005251C0" w:rsidTr="00CE09F3">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4275" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="002237DE">
+          <w:p w:rsidR="00B24C16" w:rsidRPr="005251C0" w:rsidRDefault="00B24C16" w:rsidP="0083530B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="40"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2433" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="002237DE">
+          <w:p w:rsidR="00B24C16" w:rsidRPr="005251C0" w:rsidRDefault="00B24C16" w:rsidP="0083530B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="39"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="002237DE">
+          <w:p w:rsidR="00B24C16" w:rsidRPr="005251C0" w:rsidRDefault="00B24C16" w:rsidP="0083530B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00B24C16" w:rsidRPr="005251C0" w:rsidRDefault="00CE09F3" w:rsidP="0078072A">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B5A95">
-[...80 lines deleted...]
-        <w:t>(подтверждения)):</w:t>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:r w:rsidR="003439CE" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ліктілік санатының болуы (берге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (растаған) күні):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="0052730D" w:rsidP="00066D68">
+    <w:p w:rsidR="00CE09F3" w:rsidRPr="005251C0" w:rsidRDefault="00CE09F3" w:rsidP="0078072A">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...237 lines deleted...]
-        <w:rPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="00C14C1A" w:rsidRDefault="00066D68" w:rsidP="00C14C1A">
+    <w:p w:rsidR="00CE09F3" w:rsidRPr="005251C0" w:rsidRDefault="00CE09F3" w:rsidP="0078072A">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...592 lines deleted...]
-        <w:t>"____" ______________20___года ____________________ /подпись/</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00066D68" w:rsidRPr="002B5A95" w:rsidRDefault="00066D68" w:rsidP="00066D68">
+    <w:p w:rsidR="00CE09F3" w:rsidRPr="005251C0" w:rsidRDefault="00CE09F3" w:rsidP="0078072A">
       <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар:_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B721DE" w:rsidRPr="005251C0" w:rsidRDefault="00B721DE" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE09F3" w:rsidRPr="005251C0" w:rsidRDefault="00B721DE" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0041158F" w:rsidRPr="005251C0" w:rsidRDefault="0041158F" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+    <w:p w:rsidR="00521282" w:rsidRPr="005251C0" w:rsidRDefault="00521282" w:rsidP="0078072A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003439CE" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) __________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0041158F" w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521282" w:rsidRPr="005251C0" w:rsidRDefault="00521282" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шектелмей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>менің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректерімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өңдеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беремін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521282" w:rsidRPr="005251C0" w:rsidRDefault="00521282" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өңдеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мақсаттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәсілдермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00521282" w:rsidRPr="005251C0" w:rsidRDefault="00521282" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фото, видео, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүйелерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00521282" w:rsidRPr="005251C0" w:rsidRDefault="00521282" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>автоматтандыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдалана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00154AAF" w:rsidRPr="005251C0" w:rsidRDefault="00521282" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұндай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құралдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдаланбай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00154AAF" w:rsidRPr="005251C0" w:rsidRDefault="00154AAF" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біреуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдалануға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тырысқаным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапкершілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хабарлаймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00154AAF" w:rsidRPr="005251C0" w:rsidRDefault="00154AAF" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғимаратта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00154AAF" w:rsidRPr="005251C0" w:rsidRDefault="00154AAF" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>актіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00154AAF" w:rsidRPr="005251C0" w:rsidRDefault="00154AAF" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>табылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқығымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айырылатыным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хабарланды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00154AAF" w:rsidRPr="005251C0" w:rsidRDefault="00154AAF" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тестілеуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00154AAF" w:rsidRPr="005251C0" w:rsidRDefault="00154AAF" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ережелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұзу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>фактілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00154AAF" w:rsidRPr="005251C0" w:rsidRDefault="00154AAF" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бейнежазбаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00154AAF" w:rsidRPr="005251C0" w:rsidRDefault="00154AAF" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жойылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00154AAF" w:rsidRPr="005251C0" w:rsidRDefault="00873E4A" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00873E4A" w:rsidRPr="005251C0" w:rsidRDefault="00873E4A" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұялы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құралдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (пейджер, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ұялы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Телефондар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>планшеттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iPad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айпад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iPod</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00873E4A" w:rsidRPr="005251C0" w:rsidRDefault="00873E4A" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>((</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>IPad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iPhone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iPhone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>SmartPhone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Смартфон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Smartchas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00873E4A" w:rsidRPr="005251C0" w:rsidRDefault="00873E4A" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ноутбуктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>плеерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>модемдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мобильді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>роутерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00873E4A" w:rsidRPr="005251C0" w:rsidRDefault="00873E4A" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>радиоэлектрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түрлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вай-фай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bluetooth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bluetooth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00873E4A" w:rsidRPr="005251C0" w:rsidRDefault="00873E4A" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дект</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3 Джи), 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (4 Джи), 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (5 Джи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00873E4A" w:rsidRPr="005251C0" w:rsidRDefault="00873E4A" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сымсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құлаққаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00873E4A" w:rsidRPr="005251C0" w:rsidRDefault="00873E4A" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шпаргалкалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>у-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдебиеттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00873E4A" w:rsidRPr="005251C0" w:rsidRDefault="00873E4A" w:rsidP="0078072A">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>калькуляторлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түзеткіш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сұйықтықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00873E4A" w:rsidRPr="005251C0" w:rsidRDefault="00873E4A" w:rsidP="00873E4A">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+    <w:p w:rsidR="00DE376C" w:rsidRPr="005251C0" w:rsidRDefault="00DE376C" w:rsidP="00DE376C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келісемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (- а) ________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+    <w:p w:rsidR="00DE376C" w:rsidRPr="005251C0" w:rsidRDefault="00DE376C" w:rsidP="00DE376C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Т. А. Ә, (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+    <w:p w:rsidR="00DE376C" w:rsidRPr="005251C0" w:rsidRDefault="00DE376C" w:rsidP="00DE376C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тестілеуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидаларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>таныстым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
+    <w:p w:rsidR="00873E4A" w:rsidRPr="005251C0" w:rsidRDefault="00DE376C" w:rsidP="00DE376C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>"____" ______________20___жыл ____________________ /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005251C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BD0E25" w:rsidRDefault="00BD0E25" w:rsidP="00066D68">
-[...65 lines deleted...]
-    <w:sectPr w:rsidR="00BD0E25" w:rsidRPr="002B5A95" w:rsidSect="00D3649F">
+    <w:sectPr w:rsidR="00873E4A" w:rsidRPr="005251C0" w:rsidSect="00B62283">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Century Gothic">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="56A37603"/>
+    <w:nsid w:val="13880C97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="51000094"/>
-[...2 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="86EEF982"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="39" w:hanging="298"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...7 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A600FA68">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="343" w:hanging="298"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F91648BA">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="646" w:hanging="298"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="950" w:hanging="298"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1253" w:hanging="298"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="894A4A24">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1557" w:hanging="298"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
-[...2 lines deleted...]
-      <w:lvlJc w:val="left"/>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1860" w:hanging="298"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...247 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
-[...4 lines deleted...]
-  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useFELayout/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001C64E9"/>
-[...93 lines deleted...]
-    <w:rsid w:val="00FD0BB3"/>
+    <w:rsidRoot w:val="00D076F5"/>
+    <w:rsid w:val="00032857"/>
+    <w:rsid w:val="00057FD6"/>
+    <w:rsid w:val="00067616"/>
+    <w:rsid w:val="000A3251"/>
+    <w:rsid w:val="000A557A"/>
+    <w:rsid w:val="000E4237"/>
+    <w:rsid w:val="00112FA2"/>
+    <w:rsid w:val="00117B46"/>
+    <w:rsid w:val="001543B2"/>
+    <w:rsid w:val="00154AAF"/>
+    <w:rsid w:val="00162F86"/>
+    <w:rsid w:val="00173CC8"/>
+    <w:rsid w:val="00176C80"/>
+    <w:rsid w:val="001F5902"/>
+    <w:rsid w:val="001F5AFD"/>
+    <w:rsid w:val="00291132"/>
+    <w:rsid w:val="002D7747"/>
+    <w:rsid w:val="00312025"/>
+    <w:rsid w:val="003350D8"/>
+    <w:rsid w:val="003439CE"/>
+    <w:rsid w:val="00351D12"/>
+    <w:rsid w:val="0036493A"/>
+    <w:rsid w:val="00374825"/>
+    <w:rsid w:val="003A660F"/>
+    <w:rsid w:val="0041158F"/>
+    <w:rsid w:val="0046078B"/>
+    <w:rsid w:val="00490199"/>
+    <w:rsid w:val="004B0871"/>
+    <w:rsid w:val="00521282"/>
+    <w:rsid w:val="005251C0"/>
+    <w:rsid w:val="00544EC1"/>
+    <w:rsid w:val="00587D5F"/>
+    <w:rsid w:val="0059695E"/>
+    <w:rsid w:val="005976F6"/>
+    <w:rsid w:val="00597F66"/>
+    <w:rsid w:val="005A1DF4"/>
+    <w:rsid w:val="005F25F0"/>
+    <w:rsid w:val="005F3072"/>
+    <w:rsid w:val="00602395"/>
+    <w:rsid w:val="0063170E"/>
+    <w:rsid w:val="00640537"/>
+    <w:rsid w:val="00653013"/>
+    <w:rsid w:val="006A647C"/>
+    <w:rsid w:val="006B3147"/>
+    <w:rsid w:val="006B4F5E"/>
+    <w:rsid w:val="00751213"/>
+    <w:rsid w:val="007611C5"/>
+    <w:rsid w:val="0078072A"/>
+    <w:rsid w:val="0078318E"/>
+    <w:rsid w:val="007C5454"/>
+    <w:rsid w:val="007E0A68"/>
+    <w:rsid w:val="00813979"/>
+    <w:rsid w:val="00872E0B"/>
+    <w:rsid w:val="00873E4A"/>
+    <w:rsid w:val="0088736A"/>
+    <w:rsid w:val="00891692"/>
+    <w:rsid w:val="009173DC"/>
+    <w:rsid w:val="00924664"/>
+    <w:rsid w:val="00950027"/>
+    <w:rsid w:val="009B52C2"/>
+    <w:rsid w:val="00A33C1E"/>
+    <w:rsid w:val="00A509DD"/>
+    <w:rsid w:val="00A5627C"/>
+    <w:rsid w:val="00A75126"/>
+    <w:rsid w:val="00AF5BB9"/>
+    <w:rsid w:val="00B24C16"/>
+    <w:rsid w:val="00B26932"/>
+    <w:rsid w:val="00B503AD"/>
+    <w:rsid w:val="00B62283"/>
+    <w:rsid w:val="00B721DE"/>
+    <w:rsid w:val="00BE1456"/>
+    <w:rsid w:val="00C41289"/>
+    <w:rsid w:val="00C65ACF"/>
+    <w:rsid w:val="00CE09F3"/>
+    <w:rsid w:val="00CE5371"/>
+    <w:rsid w:val="00D076F5"/>
+    <w:rsid w:val="00D769C8"/>
+    <w:rsid w:val="00DA6EE0"/>
+    <w:rsid w:val="00DE376C"/>
+    <w:rsid w:val="00E00F55"/>
+    <w:rsid w:val="00E34872"/>
+    <w:rsid w:val="00E77AFC"/>
+    <w:rsid w:val="00EA6840"/>
+    <w:rsid w:val="00F64B4D"/>
+    <w:rsid w:val="00FB43DD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="21506"/>
+    <o:shapedefaults v:ext="edit" spidmax="11266"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -5880,330 +15774,243 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000C4DB4"/>
+    <w:rsid w:val="00B62283"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001C64E9"/>
+    <w:rsid w:val="00374825"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...2 lines deleted...]
-    <w:uiPriority w:val="22"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="001C64E9"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00374825"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001C64E9"/>
+    <w:rsid w:val="00117B46"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
-[...1 lines deleted...]
-    <w:rsid w:val="000D2BEA"/>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005A1DF4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-[...3 lines deleted...]
-      <w:szCs w:val="30"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-    <w:name w:val="No Spacing"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="005A1DF4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="1">
     <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00CD2E13"/>
+    <w:rsid w:val="003A660F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="x-phmenubutton">
-[...36 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00066D68"/>
+    <w:rsid w:val="00B24C16"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00066D68"/>
+    <w:rsid w:val="00B24C16"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a9">
-[...3 lines deleted...]
-    <w:rsid w:val="00066D68"/>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A33C1E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...19 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6445,91 +16252,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>9803</Characters>
+  <Pages>5</Pages>
+  <Words>1647</Words>
+  <Characters>9391</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
+  <Lines>78</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11500</CharactersWithSpaces>
+  <CharactersWithSpaces>11016</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>111</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>