--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,13922 +1,8539 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="21D7CBE8" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00FF675B" w:rsidRDefault="00FF675B" w:rsidP="00FF675B">
+    <w:p w14:paraId="4E4E5607" w14:textId="77777777" w:rsidR="009B3C4A" w:rsidRDefault="009B3C4A" w:rsidP="009B3C4A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF675B">
+      <w:r w:rsidRPr="00E940AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">орта </w:t>
+        <w:t>КГУ «Средняя общеобразовательная школа №</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">білім </w:t>
+        <w:t>5</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00E940AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>бер</w:t>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00FF675B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6EB640CB" w14:textId="3453CD50" w:rsidR="00FF675B" w:rsidRPr="00FF675B" w:rsidRDefault="00FF675B" w:rsidP="00FF675B">
+    <w:p w14:paraId="730A8C5F" w14:textId="77777777" w:rsidR="00270922" w:rsidRDefault="009B3C4A" w:rsidP="00270922">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF675B">
+      <w:r w:rsidRPr="00E940AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidR="00270922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="00270922" w:rsidRPr="00E940AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
+        <w:t>вакантную должность</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...77 lines deleted...]
-      <w:r w:rsidRPr="00FF675B">
+      <w:r w:rsidR="00270922">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00623BB1">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00FF675B">
+    </w:p>
+    <w:p w14:paraId="76B81411" w14:textId="78D1B4A5" w:rsidR="00270922" w:rsidRPr="00E940AB" w:rsidRDefault="006B4533" w:rsidP="00270922">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>педагог-психолог</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...74 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>педагога-психолога</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60E0B0D1" w14:textId="77777777" w:rsidR="009B3C4A" w:rsidRDefault="009B3C4A" w:rsidP="00270922">
+    <w:p w14:paraId="5B5F2DC4" w14:textId="0EE6D52D" w:rsidR="009B3C4A" w:rsidRDefault="00EF1FD6" w:rsidP="00270922">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="26EC328B" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+    <w:p w14:paraId="7912EDD2" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1237"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4656"/>
+        <w:gridCol w:w="954"/>
+        <w:gridCol w:w="4342"/>
+        <w:gridCol w:w="4623"/>
         <w:gridCol w:w="218"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF675B" w:rsidRPr="00BC2384" w14:paraId="7FC295E2" w14:textId="77777777" w:rsidTr="00CA1E74">
+      <w:tr w:rsidR="00CB0176" w:rsidRPr="009E3757" w14:paraId="279F4E04" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4E5BD88F" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00C86ABF" w:rsidRDefault="00FF675B" w:rsidP="00A17F8E">
+          <w:p w14:paraId="663A7C6F" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3858" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="348FCC87" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00BA4B1E" w:rsidRDefault="00FF675B" w:rsidP="006C2851">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6CC4A4EF" w14:textId="150B9612" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA62413" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00C86ABF" w:rsidRDefault="00FF675B" w:rsidP="00A17F8E">
+          <w:p w14:paraId="4EF85345" w14:textId="49C2B38D" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Павлодар қаласының № 5</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>«С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>редняя общеобразовательная школа № 5 города Павлодара» отдела образования города Павлодара, Управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF675B" w:rsidRPr="00BA4B1E" w14:paraId="4DF75103" w14:textId="77777777" w:rsidTr="00CA1E74">
+      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="5BDA5E65" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="66FD0D04" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00C86ABF" w:rsidRDefault="00FF675B" w:rsidP="00C86ABF">
+          <w:p w14:paraId="2580C207" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3858" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="14E92D7E" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00BA4B1E" w:rsidRDefault="00FF675B" w:rsidP="006C2851">
-[...6 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="57A04076" w14:textId="37FE7C5E" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+              <w:t>местонахождение, почтовый адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="508308D9" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00CA1E74">
+          <w:p w14:paraId="39D5D85E" w14:textId="60A85FC7" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>140006</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, </w:t>
-[...8 lines deleted...]
-              <w:t>Лермонтов  көшесі, 129</w:t>
+              <w:t>, Республика Казахстан, Павлодарская область, город Павлодар, улица Лермонтова, 129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF675B" w:rsidRPr="00BA4B1E" w14:paraId="22D84E0B" w14:textId="77777777" w:rsidTr="00CA1E74">
+      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="632E5004" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="23EBB450" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00C86ABF" w:rsidRDefault="00FF675B" w:rsidP="00C86ABF">
+          <w:p w14:paraId="63643722" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3858" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="24711AD6" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00BA4B1E" w:rsidRDefault="00FF675B" w:rsidP="006C2851">
-[...6 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="16A40984" w14:textId="3068836F" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+              <w:t>Телефонный номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="221F38F2" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00C86ABF" w:rsidRDefault="00FF675B" w:rsidP="00C86ABF">
+          <w:p w14:paraId="2E0DD197" w14:textId="3487048E" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 54-95-80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF675B" w:rsidRPr="00BA4B1E" w14:paraId="220F36B3" w14:textId="77777777" w:rsidTr="00CA1E74">
+      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="66D8365B" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5F36C354" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00C86ABF" w:rsidRDefault="00FF675B" w:rsidP="00C86ABF">
+          <w:p w14:paraId="0A56C476" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3858" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="52F0445B" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00BA4B1E" w:rsidRDefault="00FF675B" w:rsidP="006C2851">
-[...6 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="3DBB98D1" w14:textId="39128E27" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта</w:t>
+              <w:t>электронная почта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="667B44E7" w14:textId="77777777" w:rsidR="00FF675B" w:rsidRPr="00C86ABF" w:rsidRDefault="00FF675B" w:rsidP="00C86ABF">
+          <w:p w14:paraId="60E25B5F" w14:textId="18A29631" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>sosh5@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="5A4CE9F4" w14:textId="77777777" w:rsidTr="00CA1E74">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="70D0C989" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB23044" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
+          <w:p w14:paraId="15AC8EA9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3858" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1AF2863C" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="17E99442" w14:textId="139D85D5" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="651463FE" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="00D91A3A" w:rsidP="00C86ABF">
+          <w:p w14:paraId="76E9578E" w14:textId="2FEE4445" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="00D91A3A" w:rsidP="004852EB">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Педагог-психолог</w:t>
             </w:r>
             <w:r w:rsidR="009E3757" w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>, 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CA1E74">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00331CA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мөлшерлеме</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3757" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставк</w:t>
+            </w:r>
+            <w:r w:rsidR="00331CA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA1E74" w:rsidRPr="00BC2384" w14:paraId="43A5E5E9" w14:textId="77777777" w:rsidTr="00CA1E74">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="448BB71A" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="53B817F2" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="14D07CCA" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3858" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="587B84BE" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CA1E74" w:rsidP="006C2851">
-[...6 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="1D501A24" w14:textId="1259201A" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="009B3C4A" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>Основные функцианальные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="15A04119" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00CA1E74" w:rsidRDefault="00CA1E74" w:rsidP="00CA1E74">
-[...1 lines deleted...]
-              <w:pStyle w:val="ad"/>
+          <w:p w14:paraId="2ED63983" w14:textId="72BB1E57" w:rsidR="00D91A3A" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00CA1E74">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3FEE07EA" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00CA1E74" w:rsidRDefault="00CA1E74" w:rsidP="00CA1E74">
+              </w:rPr>
+              <w:t>осуществляет профессиональную деятельность, направленную на сохранение психического, соматического и социального благополучия обучающихся в процессе обучения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B69177A" w14:textId="1C6D9A8A" w:rsidR="00D91A3A" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="ad"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              </w:rPr>
+              <w:t>содействует охране прав обучающихся в соответствии с Конвенцией о правах ребенка и законодательством РК.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39B688B3" w14:textId="29C4C106" w:rsidR="00D91A3A" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="ad"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="48704CB6" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00CA1E74" w:rsidRDefault="00CA1E74" w:rsidP="00CA1E74">
+              </w:rPr>
+              <w:t>способствует гармонизации социальной сферы школы и осуществляет привентивные мероприятия по профилактике возникновения социальной дезадаптации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AA70BBA" w14:textId="0CBF19AD" w:rsidR="00D91A3A" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="ad"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              </w:rPr>
+              <w:t xml:space="preserve">определяет факторы, препятствующие развитию личности обучающихся, принимает меры по оказанию им различного вида психологической помощи, коррекционной, </w:t>
+            </w:r>
+            <w:r w:rsidR="006B4533" w:rsidRPr="00D91A3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="ad"/>
+              </w:rPr>
+              <w:t>реабилитационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              </w:rPr>
+              <w:t>, консультативной.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6579AA19" w14:textId="21F28AAB" w:rsidR="00D91A3A" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="ad"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5585AEFB" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00CA1E74" w:rsidRDefault="00CA1E74" w:rsidP="00CA1E74">
+              </w:rPr>
+              <w:t>оказывает помощь обучающимся, родителям /лицам, их заменяющим/, педагогическому коллективу в решении конкретных психолого-педагогических проблем.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="077F5E85" w14:textId="5C67DEF9" w:rsidR="00D91A3A" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="ad"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              </w:rPr>
+              <w:t>проводит психологическую диагностику различного профиля и предназначения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C59DB33" w14:textId="4BF7B282" w:rsidR="00D91A3A" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:pStyle w:val="ad"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="657EF2DC" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00CA1E74" w:rsidRDefault="00CA1E74" w:rsidP="00CA1E74">
+              </w:rPr>
+              <w:t>составляет психолого-педагогические заключения по материалам исследовательских работ с целью ориентации преподавательского коллектива, а также родителей (лиц, их заменяющих) в проблемах личностного и социального развития обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E3B06EC" w14:textId="71C3990B" w:rsidR="00D91A3A" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="ad"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              </w:rPr>
+              <w:t>ведет документацию по установленной форме и используют ее исключительно в целях профессиональной деятельности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19856BF2" w14:textId="7453B2B3" w:rsidR="00D91A3A" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>- мектептің педагогикалық кеңесінің жұмысына және мектеп әкімшілігі өткізетін кеңестерге қатысады.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>осуществляет поиск и психологическую поддержку творчески одаренных обучающихся, содействует их развитию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E8ADF15" w14:textId="365ABF9F" w:rsidR="00D91A3A" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>определяет степень отклонений (умственных, физических, эмоциональных) в развитии обучающихся, содействует их развитию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="209CFD00" w14:textId="728F3B43" w:rsidR="00D91A3A" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>формирует психологическую культуру обучающихся, педагогических работников и родителей (лиц, их заменяющих), в том числе и культуру полового воспитания.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B512924" w14:textId="1BFF3CF7" w:rsidR="00D91A3A" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>вносит предложения по улучшению и оздоровлению условий проведения образовательного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66862D7B" w14:textId="6F9A073C" w:rsidR="008E7665" w:rsidRPr="00D91A3A" w:rsidRDefault="00D91A3A" w:rsidP="00D91A3A">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D91A3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участвует в работе педагогического совета школы и совещаниях, проводимых администрацией школы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA1E74" w:rsidRPr="00BC2384" w14:paraId="41794BEB" w14:textId="77777777" w:rsidTr="00CA1E74">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00BA4B1E" w14:paraId="7AA8DAD0" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4E71FA5A" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="3EFC3E1B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3858" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="059E3F51" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00270922" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="6DE76D98" w14:textId="20EFAA92" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="00270922" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidR="00A17F8E" w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>азмер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="22EFBA21" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CA1E74" w:rsidP="00CA1E74">
-[...35 lines deleted...]
-          <w:p w14:paraId="61C44433" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="1F5E2B1E" w14:textId="707E3BA8" w:rsidR="00452B55" w:rsidRPr="00C86ABF" w:rsidRDefault="00452B55" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- должностной оклад в соответствии с нормативными документами</w:t>
+            </w:r>
+            <w:r w:rsidR="00444EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>стажем и категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA1E74" w:rsidRPr="009E3757" w14:paraId="0F0F482C" w14:textId="77777777" w:rsidTr="00CA1E74">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="041D1699" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="656245B8" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="3ADF5141" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3858" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="06198B66" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00BA4B1E" w:rsidRDefault="00CA1E74" w:rsidP="00CA1E74">
-[...7 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="34F772FE" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00D925B1" w:rsidRDefault="00A17F8E" w:rsidP="00D925B1">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00D925B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D057C95" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00D925B1" w:rsidRDefault="00CA1E74" w:rsidP="00CA1E74">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50BBCC06" w14:textId="14033745" w:rsidR="00B1578A" w:rsidRPr="00D925B1" w:rsidRDefault="00A17F8E" w:rsidP="00D925B1">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="00D925B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="76892044" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00CA1E74" w:rsidRDefault="00CA1E74" w:rsidP="00CA1E74">
-[...181 lines deleted...]
-          <w:p w14:paraId="05A7BD21" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00CA1E74">
+          <w:p w14:paraId="300ECD72" w14:textId="158A5539" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1E74">
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">– "педагог – </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее </w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B840E15" w14:textId="3B52AA22" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00D91A3A">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- дополнительно наличие квалификации: "педагог – эксперт" или</w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...35 lines deleted...]
-              <w:t>.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"педагог – исследователь" или "педагог – мастер".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA1E74" w:rsidRPr="00BA4B1E" w14:paraId="19FE93DB" w14:textId="77777777" w:rsidTr="00CA1E74">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00BA4B1E" w14:paraId="3E22BC34" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="585087C4" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="6AF88C53" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3858" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2475447E" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00D925B1" w:rsidRDefault="00A54938" w:rsidP="00A54938">
+          <w:p w14:paraId="5C2C3473" w14:textId="49E735C3" w:rsidR="00B1578A" w:rsidRPr="00D925B1" w:rsidRDefault="009E3DE6" w:rsidP="00D925B1">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00D925B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="41D16AE4" w14:textId="7085CC8E" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00623BB1" w:rsidP="00C70E94">
+          <w:p w14:paraId="26E519FD" w14:textId="7AF9B7AD" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="002B6A02" w:rsidP="001624E8">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidR="00C70E94">
+            <w:r w:rsidR="00B703D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.0</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00331CA0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CA1E74" w:rsidRPr="00C86ABF">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>23</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C70E94">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.03.2023 жыл</w:t>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="00B703D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00331CA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00331CA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA1E74" w:rsidRPr="009E3757" w14:paraId="32112480" w14:textId="77777777" w:rsidTr="00CA1E74">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="79B2552A" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="567B0908" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="559AE0B2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3858" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="491654E4" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00BA4B1E" w:rsidRDefault="00A54938" w:rsidP="006C2851">
-[...15 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="31AAE348" w14:textId="4B8771F4" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="78C398A0" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00CA1E74" w:rsidRDefault="00CA1E74" w:rsidP="00CA1E74">
-[...1216 lines deleted...]
-            <w:r w:rsidRPr="00CA1E74">
+          <w:p w14:paraId="6A84EF81" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08E520CD" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59281264" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71566FD3" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> квалификационны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> характеристик</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ами</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C0CE844" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="363740DC" w14:textId="302F1897" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре </w:t>
+            </w:r>
+            <w:r w:rsidR="00776DE1" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>государственной регистрации нормативных правовых актов под</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C00EB1" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63005CD0" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FF58077" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">9) </w:t>
-[...321 lines deleted...]
-              <w:t xml:space="preserve"> парағы.</w:t>
+              <w:t xml:space="preserve">9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D97F581" w14:textId="2EDEDBFE" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA1E74" w:rsidRPr="00955507" w14:paraId="0E43A01B" w14:textId="77777777" w:rsidTr="00CA1E74">
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00955507" w14:paraId="40360B64" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="56B221CF" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="497A1D79" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3858" w:type="dxa"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC7DDD7" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00A54938" w:rsidP="00C86ABF">
+          <w:p w14:paraId="6CC9967A" w14:textId="20512AE6" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазымның мерзімі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="30963A34" w14:textId="5CD127A0" w:rsidR="00CA1E74" w:rsidRPr="00A54938" w:rsidRDefault="00623BB1" w:rsidP="00C86ABF">
+          <w:p w14:paraId="0C9EB944" w14:textId="4B7E9A53" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="009B3C4A" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t>негізгі қызметкердің декреттік демалыстан шыққанға дейін</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Постоянно </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA1E74" w14:paraId="44EA3175" w14:textId="77777777" w:rsidTr="00CB0176">
+      <w:tr w:rsidR="009E3DE6" w14:paraId="0DEE8277" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9919" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE9FF56" w14:textId="51F57AC1" w:rsidR="00623BB1" w:rsidRDefault="00623BB1"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="0C032D07" w14:textId="77777777" w:rsidR="00623BB1" w:rsidRDefault="00623BB1"/>
+          <w:p w14:paraId="23C1423C" w14:textId="4816CE7D" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="2DFC7152" w14:textId="48941D72" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="753A8344" w14:textId="60CAB446" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="5B72C2E9" w14:textId="5CAC4A8C" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="58B4B7E5" w14:textId="27FFC0A2" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="198DC4AC" w14:textId="6EBEA857" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="234CF1BE" w14:textId="59E2BB4C" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="6A383211" w14:textId="08E59FC1" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="6C2E5FF7" w14:textId="4A24710E" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="7311F655" w14:textId="13240954" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="68868519" w14:textId="0BAD0905" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="083FBEBD" w14:textId="10851BCD" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="5D88315B" w14:textId="4CDA5E81" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="70684AA9" w14:textId="6C052064" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="1BB884DB" w14:textId="10CD8806" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="37E80614" w14:textId="5B3DF412" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="72C94954" w14:textId="2F0EFFD9" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="6D79E3B3" w14:textId="782128E2" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="2B2A64CF" w14:textId="146A12AC" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="445B102C" w14:textId="748850F5" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="2C96B334" w14:textId="2C659075" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="4F63A5AE" w14:textId="3CD7E17F" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="40F2A472" w14:textId="379B850D" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="644C232E" w14:textId="57EE8549" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="747C18BC" w14:textId="57CDCE9E" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="0D7C7A03" w14:textId="7B618D2B" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="6871A0C8" w14:textId="6A3203BA" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="1BC5E611" w14:textId="1217D872" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="37D73EB8" w14:textId="578DE040" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="78E0D50F" w14:textId="645A8A2C" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="00739F37" w14:textId="6EAFC3AA" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="67F243EC" w14:textId="5424A128" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="1C474F01" w14:textId="76AE9A2C" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="235D8EC2" w14:textId="573A7D38" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="79E2B7E3" w14:textId="09B58AE9" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="149EC179" w14:textId="2970F49B" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="6D64BA3E" w14:textId="4C49D7DB" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="47EAC5CC" w14:textId="14B309C4" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="338A51D6" w14:textId="5C7249F8" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="278C9705" w14:textId="578A722F" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="754B46F8" w14:textId="63EE8663" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="50A66C30" w14:textId="1B9160AE" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="3336B4A0" w14:textId="54BC278E" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="51464CB9" w14:textId="10FA42C1" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="6BDFAF04" w14:textId="7F4A2289" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
+          <w:p w14:paraId="36BFEF61" w14:textId="77777777" w:rsidR="00F05081" w:rsidRDefault="00F05081"/>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9493" w:type="dxa"/>
               <w:jc w:val="right"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9493"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w14:paraId="32210408" w14:textId="77777777" w:rsidTr="00C86ABF">
+            <w:tr w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w14:paraId="2E688B9F" w14:textId="77777777" w:rsidTr="00C86ABF">
               <w:trPr>
                 <w:trHeight w:val="30"/>
                 <w:jc w:val="right"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9493" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="5361DCA9" w14:textId="77777777" w:rsidR="00A54938" w:rsidRPr="00A54938" w:rsidRDefault="00A54938" w:rsidP="00A54938">
-[...60 lines deleted...]
-                <w:p w14:paraId="6F43A914" w14:textId="77777777" w:rsidR="00A54938" w:rsidRPr="00A54938" w:rsidRDefault="00A54938" w:rsidP="00A54938">
+                <w:p w14:paraId="27D92D25" w14:textId="1E677DE1" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54938">
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">қағидаларына10-қосымша </w:t>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>Приложение 10 к Правилам</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>назначения на должности,</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>освобождения от должностей</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>первых руководителей</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>и педагогов государственных</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>организаций образования</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="11BA4620" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00A54938" w:rsidRDefault="00A54938" w:rsidP="00A54938">
+                <w:p w14:paraId="0634B0A0" w14:textId="275819BB" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Нысан</w:t>
+                    <w:t>Форма</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="37A4688B" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="10165B04" w14:textId="36CA8202" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="z332"/>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>_______________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>__________________________________</w:t>
+            </w:r>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>_</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A54938">
+              <w:t>______________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>(государственный орган, объявивший конкурс)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="708430DE" w14:textId="2242FEAD" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44AE6585" w14:textId="00810407" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>конкурс</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A54938">
+              <w:t>.И.О. кандидата (при его наличии), ИИН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C6062BF" w14:textId="0E601B62" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>__________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>(должность, место работы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED8AD1A" w14:textId="72C644CA" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>____________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0975B642" w14:textId="0DEE5F5D" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...8 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
-              <w:rPr>
-[...25 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Кандидат</w:t>
-[...211 lines deleted...]
-          <w:p w14:paraId="6FE27FE9" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00A54938" w:rsidRDefault="00A54938" w:rsidP="00C86ABF">
+              <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A595BA6" w14:textId="77777777" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03DDC68A" w14:textId="611DC4B9" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="z333"/>
-            <w:r>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заявление</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A20F805" w14:textId="7BBF7C32" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="z334"/>
             <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="00A54938">
-[...11 lines deleted...]
-              <w:t>Бос/</w:t>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidR="00A54938">
-[...41 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
+              <w:t>должности (нужное подчеркнуть)</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> __________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DD7D52D" w14:textId="19BE6A6B" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t>______________________________________________</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>________</w:t>
             </w:r>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>__________________________________</w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="6B03527A" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C19CE67" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="007037C1">
+              </w:rPr>
+              <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="751021F4" w14:textId="14DC3464" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>В настоящее время работаю</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44B5B5E8" w14:textId="66B3E92C" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="007037C1">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="004715CE" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...70 lines deleted...]
-            </w:r>
+              <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A106EEF" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...90 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сообщаю о себе следующие сведения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="337C7EA6" w14:textId="320E28EB" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6444825B" w14:textId="77777777" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="3501"/>
-[...1 lines deleted...]
-              <w:gridCol w:w="3564"/>
+              <w:gridCol w:w="3524"/>
+              <w:gridCol w:w="2511"/>
+              <w:gridCol w:w="3543"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00CA1E74" w:rsidRPr="00BC2384" w14:paraId="70DED9BA" w14:textId="77777777" w:rsidTr="00467337">
+            <w:tr w:rsidR="00467337" w:rsidRPr="00C86ABF" w14:paraId="66B9EDF6" w14:textId="77777777" w:rsidTr="00467337">
               <w:trPr>
                 <w:trHeight w:val="30"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4518" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="6D34C2C2" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00293811" w:rsidRDefault="00293811" w:rsidP="00C86ABF">
+                <w:p w14:paraId="4A136625" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Оқу орнынын атауы</w:t>
+                    <w:t>Наименование учебного заведения</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3262" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1C208018" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00293811" w:rsidRDefault="00293811" w:rsidP="00C86ABF">
+                <w:p w14:paraId="654269FD" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Оқу кезеңі</w:t>
+                    <w:t>Период обучения</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4520" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="25DED6B0" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00293811" w:rsidRDefault="00293811" w:rsidP="00293811">
+                <w:p w14:paraId="3FE8F2DD" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00C86ABF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Диплом бойынша мамандығы</w:t>
+                    <w:t>Специальность по диплому</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00CA1E74" w:rsidRPr="00BC2384" w14:paraId="62094E78" w14:textId="77777777" w:rsidTr="00467337">
+            <w:tr w:rsidR="00467337" w:rsidRPr="00C86ABF" w14:paraId="15EABDC6" w14:textId="77777777" w:rsidTr="00467337">
               <w:trPr>
                 <w:trHeight w:val="30"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4518" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3053B2D3" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00293811" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+                <w:p w14:paraId="05EAE2DE" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="1600250B" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00293811" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+                <w:p w14:paraId="1F0E12BA" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3262" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1E99C90D" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00293811" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+                <w:p w14:paraId="79F12642" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="0CC2B817" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00293811" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+                <w:p w14:paraId="3355B720" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4520" w:type="dxa"/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="251CFEF5" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00293811" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+                <w:p w14:paraId="7A5F17EB" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="646DC41C" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00293811" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+                <w:p w14:paraId="2D2595A6" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
                   <w:pPr>
                     <w:pStyle w:val="ad"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="1A144BCE" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00293811" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="697F1ECF" w14:textId="374342C6" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="z335"/>
-            <w:r w:rsidRPr="00293811">
-[...60 lines deleted...]
-              <w:t>):</w:t>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t> Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="3"/>
-          <w:p w14:paraId="17ACDB21" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00273C6E" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
-[...93 lines deleted...]
-          <w:p w14:paraId="52C4B8CF" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="4CCDC8C9" w14:textId="67F7CF30" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
+              <w:t>_____________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="004715CE" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2556329C" w14:textId="2AE91F34" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Стаж педагогической работы: ______________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="004715CE" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>__________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E056A5" w14:textId="0602D0CB" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Имею следующие результаты работы: _____</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="004715CE" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>__________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C674466" w14:textId="42BE2ABF" w:rsidR="004715CE" w:rsidRPr="00C86ABF" w:rsidRDefault="004715CE" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3212A908" w14:textId="30338D9F" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10EB7485" w14:textId="207C711D" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009E3DE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>________________________________________________________________________________________________________________________________________________________________________________________</w:t>
             </w:r>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>___________</w:t>
             </w:r>
             <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>___________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FF2CD4A" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="1D9B2C1D" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="00BA85E6" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="37D20631" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0EAF7F41" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="4924F5A5" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7DB1AB04" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="0BC542A3" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="23FAABF5" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="172733AD" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="62A39CA9" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="5F9189D9" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="39BDE440" w14:textId="77777777" w:rsidR="00CA1E74" w:rsidRPr="00C86ABF" w:rsidRDefault="00CA1E74" w:rsidP="00C86ABF">
+          <w:p w14:paraId="5881FDB2" w14:textId="4C135242" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="677836E9" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00955507" w:rsidRDefault="00467337" w:rsidP="00955507">
+    <w:p w14:paraId="051103D0" w14:textId="264EEBAB" w:rsidR="00452A41" w:rsidRPr="00955507" w:rsidRDefault="00467337" w:rsidP="00955507">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«____</w:t>
       </w:r>
       <w:r w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>»_______________</w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00293811">
+      <w:r w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___жыл</w:t>
+        <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>____________________</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>год</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00C86ABF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00293811">
+      <w:r w:rsidRPr="00C86ABF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қолы</w:t>
+        <w:t>подпись</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00C86ABF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09DF6795" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00452A41">
+    <w:p w14:paraId="613A8559" w14:textId="62433A24" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A9577EC" w14:textId="77777777" w:rsidR="007F65F8" w:rsidRPr="00270922" w:rsidRDefault="007F65F8" w:rsidP="00452A41">
+    <w:p w14:paraId="72CFFC0F" w14:textId="77777777" w:rsidR="007F65F8" w:rsidRPr="00270922" w:rsidRDefault="007F65F8" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33268CCD" w14:textId="70E3181E" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00452A41">
+    <w:p w14:paraId="2060DE0D" w14:textId="76B7B913" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5321280A" w14:textId="3A09EC43" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="01441082" w14:textId="2B39EF6B" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29B99E02" w14:textId="50EF7A22" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="68A2AB72" w14:textId="43981602" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E2D482A" w14:textId="7A36369D" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="3C9127F0" w14:textId="27B5FA88" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CDA308E" w14:textId="29857375" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="0B58ECCE" w14:textId="6D81538E" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FAB07FF" w14:textId="5F5EC030" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="156F5BAF" w14:textId="6C1D0E08" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50FFE9B2" w14:textId="04B53FF6" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="31B0315C" w14:textId="4F6251FD" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3863823B" w14:textId="5C87DE4F" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="09F04043" w14:textId="60DE0CA6" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63686479" w14:textId="36E365C0" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="419832FE" w14:textId="06E90954" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CC350E3" w14:textId="7C030202" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="351780D5" w14:textId="61B63063" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A70F5FF" w14:textId="7A9A076F" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="256B2AF8" w14:textId="1B5C403E" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="021C1853" w14:textId="0ADDEA51" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="3D193D53" w14:textId="0C5278D7" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E72E7D0" w14:textId="193404DA" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="52F281DB" w14:textId="3C6C9FC7" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BAAD1EB" w14:textId="63442373" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="2E3A5A61" w14:textId="0FAA00DA" w:rsidR="004F4546" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4810CF04" w14:textId="47E296EF" w:rsidR="00623BB1" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
-[...83 lines deleted...]
-    <w:p w14:paraId="098AE17A" w14:textId="77777777" w:rsidR="00623BB1" w:rsidRPr="00DF4A7D" w:rsidRDefault="00623BB1" w:rsidP="00452A41">
+    <w:p w14:paraId="07EF54DC" w14:textId="77777777" w:rsidR="004F4546" w:rsidRPr="00DF4A7D" w:rsidRDefault="004F4546" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4600"/>
-        <w:gridCol w:w="4069"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B5AC4" w:rsidRPr="00BC2384" w14:paraId="5A229AC5" w14:textId="77777777" w:rsidTr="002B5AC4">
+      <w:tr w:rsidR="00955507" w:rsidRPr="001A640F" w14:paraId="49A65E40" w14:textId="77777777" w:rsidTr="00955507">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-          </w:tcPr>
-[...18 lines deleted...]
-            <w:tcW w:w="4069" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="008CCF07" w14:textId="77777777" w:rsidR="002B5AC4" w:rsidRPr="002B5AC4" w:rsidRDefault="002B5AC4" w:rsidP="002B5AC4">
-[...4 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="63BC3F80" w14:textId="77777777" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00270922">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1261B696" w14:textId="46346966" w:rsidR="00955507" w:rsidRPr="00955507" w:rsidRDefault="00955507" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...64 lines deleted...]
-              <w:t>қағидаларына11-қосымша</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>первых руководителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>и педагогов государственных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B5AC4" w14:paraId="70A634CE" w14:textId="77777777" w:rsidTr="002B5AC4">
+      <w:tr w:rsidR="00955507" w14:paraId="10A137EB" w14:textId="77777777" w:rsidTr="00955507">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-          </w:tcPr>
-[...15 lines deleted...]
-            <w:tcW w:w="4069" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E20EA4A" w14:textId="77777777" w:rsidR="002B5AC4" w:rsidRPr="002B5AC4" w:rsidRDefault="002B5AC4" w:rsidP="002B5AC4">
+          <w:p w14:paraId="0E7A9B37" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00955507" w:rsidRDefault="00955507" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3344BEC5" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="002B5AC4" w:rsidRDefault="002B5AC4" w:rsidP="00955507">
+    <w:p w14:paraId="7AC6F041" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00CB0176" w:rsidRDefault="00955507" w:rsidP="00955507">
       <w:pPr>
         <w:pStyle w:val="ad"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CB0176">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Педагогтің бос немесе уақытша бос лауазымына кандитаттың бағалау парағы</w:t>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="441"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="31"/>
+        <w:gridCol w:w="321"/>
+        <w:gridCol w:w="2442"/>
+        <w:gridCol w:w="1836"/>
+        <w:gridCol w:w="184"/>
+        <w:gridCol w:w="1939"/>
+        <w:gridCol w:w="2139"/>
+        <w:gridCol w:w="976"/>
+        <w:gridCol w:w="114"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00270922" w:rsidRPr="00BC2384" w14:paraId="68B1D32B" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w:rsidRPr="00955507" w14:paraId="4D86D2EE" w14:textId="77777777" w:rsidTr="00270922">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9951" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F574FD3" w14:textId="77777777" w:rsidR="00270922" w:rsidRPr="00273C6E" w:rsidRDefault="00270922" w:rsidP="00270922">
+          <w:p w14:paraId="13FC040F" w14:textId="25AA42E7" w:rsidR="00270922" w:rsidRDefault="00270922" w:rsidP="00270922">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00273C6E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>___________________________________________________________________________________________________</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00273C6E">
+              </w:rPr>
+              <w:t>_______________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="002B5AC4">
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29B98743" w14:textId="684EA386" w:rsidR="00270922" w:rsidRPr="00955507" w:rsidRDefault="00270922" w:rsidP="00270922">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="002B5AC4" w:rsidRPr="00273C6E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="002B5AC4">
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB0176">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00273C6E">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>))</w:t>
+              </w:rPr>
+              <w:t>(при его наличии))</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="00BC2384" w14:paraId="32B1F1A8" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="6126BDF6" w14:textId="77777777" w:rsidTr="00270922">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5951" w:type="dxa"/>
+            <w:tcW w:w="4599" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08FEFBFB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00273C6E" w:rsidRDefault="00C86ABF" w:rsidP="005F5942">
+          <w:p w14:paraId="14A95AA3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="005F5942">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00273C6E">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2258" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="39157A1E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00273C6E" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="2D550FF5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1742" w:type="dxa"/>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07FA91A4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00273C6E" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="4006D504" w14:textId="438A57BF" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="5684BE62" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="504E349D" w14:textId="3351EE1D" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9092E5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="15E3717A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1860455E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="002B5AC4" w:rsidRDefault="002B5AC4" w:rsidP="00955507">
+          <w:p w14:paraId="51850FFD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Өлшем шарттар</w:t>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4051E976" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="002B5AC4" w:rsidRDefault="002B5AC4" w:rsidP="00955507">
+          <w:p w14:paraId="78C33F5D" w14:textId="0A23CC93" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Растайтын құжат</w:t>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21762431" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="002B5AC4" w:rsidRDefault="002B5AC4" w:rsidP="00955507">
+          <w:p w14:paraId="7562C68C" w14:textId="34255E2C" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="z340"/>
-            <w:r>
+            <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Балл саны </w:t>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="4"/>
-          <w:p w14:paraId="4C573ADA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="002B5AC4">
+          <w:p w14:paraId="6967DB1F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>(</w:t>
-[...16 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="497988DF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="002B5AC4" w:rsidRDefault="002B5AC4" w:rsidP="00955507">
+          <w:p w14:paraId="6928ACA5" w14:textId="1C7A881A" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>баға</w:t>
+              </w:rPr>
+              <w:t>Оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E58F2" w:rsidRPr="00BC2384" w14:paraId="48D5949E" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="4FD8A599" w14:textId="5874152D" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="1180"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D889A9B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="63454AA4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CA00074" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="002B5AC4" w:rsidRDefault="002B5AC4" w:rsidP="00955507">
-[...55 lines deleted...]
-          <w:p w14:paraId="0C07765F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="40CCB515" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B887FC2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="194CF0F3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0545E47B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6ECA673E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04C3574A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="744D6D16" w14:textId="65E7B2CD" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1554D21D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="002B5AC4" w:rsidRDefault="002B5AC4" w:rsidP="00955507">
-[...55 lines deleted...]
-          <w:p w14:paraId="3A5EFE73" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="595AE053" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="152B98DA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EA323A9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="122A59F5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42AC21DC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="554F1564" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="595EDA54" w14:textId="609BD534" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69544CEE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="002B5AC4" w:rsidP="00955507">
+          <w:p w14:paraId="26EAB3BD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="z341"/>
-            <w:r>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> = 1 балл</w:t>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="5"/>
-          <w:p w14:paraId="6218276B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="002B5AC4" w:rsidRDefault="002B5AC4" w:rsidP="00955507">
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> = 7 балл</w:t>
+          <w:p w14:paraId="14FE30BB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76A02BF4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>высшее заочное/дистанционное = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79C32E6B" w14:textId="23C3C5C1" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EAAC85F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00C0702F" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="785D3403" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E58F2" w14:paraId="202908ED" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w14:paraId="1F22DAEE" w14:textId="2AA16109" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44B33C67" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="4555B99F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B210E71" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C0702F" w:rsidP="00955507">
-[...47 lines deleted...]
-          <w:p w14:paraId="43F7A901" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="6A808D96" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70A53995" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25AF3C3C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04BED6D7" w14:textId="0D9EF1CF" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1B52A0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00C0702F" w:rsidRDefault="00C0702F" w:rsidP="00955507">
-[...39 lines deleted...]
-          <w:p w14:paraId="301936A4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="1D1C8ED9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F4A67CA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="486DC2C7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7170CFD1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2844B3EC" w14:textId="0FE17BB1" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52520559" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C0702F" w:rsidP="00955507">
+          <w:p w14:paraId="6EB738F4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="z344"/>
-            <w:r>
-[...16 lines deleted...]
-              <w:t>= 5 баллов;</w:t>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="6"/>
-          <w:p w14:paraId="2FA40405" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00C0702F" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...86 lines deleted...]
-          <w:p w14:paraId="69E3892A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="0610C8C7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CF32F91" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7492F8E6" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2874AD23" w14:textId="3F2B20B8" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5911EFCA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="0C14592F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E58F2" w:rsidRPr="006B1788" w14:paraId="4F6852CA" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w14:paraId="2906CF78" w14:textId="03AE1B6C" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61483F31" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
+          <w:p w14:paraId="17358D51" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BAD2580" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="006B1788" w:rsidRDefault="006B1788" w:rsidP="00955507">
-[...239 lines deleted...]
-          <w:p w14:paraId="625FBCE9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="694DDC7B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A6ACB71" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D3AB28D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35C7C3E7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="378289ED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55BD1CA7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69527405" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="127B18B4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A858767" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="579E3AAF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="264DEF45" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DBC56DB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F420D6E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38CE452D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3509A63E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59B90A4B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B04F13F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="562F7B42" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54285657" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5488743C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A29DDD9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="507456ED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63D6074E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="380EE13E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="199D0638" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19757E41" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C00D5A5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="666DAAA2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3813B785" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C7B2062" w14:textId="18380490" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DDF1FB3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6EFF8CB4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43CFBC77" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...239 lines deleted...]
-          <w:p w14:paraId="7730FE46" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="2D6EF0A8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CEE200F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3211FB5B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E91FD7E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="574327CB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16141961" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51AA913B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="656E12A4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="600BB6D1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66439B08" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F3358AF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="196219E4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73DB0E7E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="535025D7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C59E3D1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45FB5CC7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79FF8F66" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BAA6189" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F7A50E5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16B5C2A5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48CFE5AC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36BA087D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C108428" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44358143" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="230C0F73" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04B2F581" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EBDDDE4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B6FA3DD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2455A4FA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BE21B28" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A964624" w14:textId="04A6BE60" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D97CB6D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="006B1788" w:rsidP="00955507">
+          <w:p w14:paraId="120D9458" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="z347"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Біліктілік санатымен</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> "педагог"</w:t>
+              <w:t>С квалификационной категорией "педагог"</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="7"/>
-          <w:p w14:paraId="3363E226" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="006B1788" w:rsidP="00955507">
-[...768 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2E00AF77" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B58243F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F7371AF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ADD1685" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EB5E541" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7328A8AE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79DC12A5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AC43277" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23D0AFB6" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17F1A09A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BAAF25D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58209906" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="759B60B4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64D9DE50" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="153285E5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E476C12" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2509CC20" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03E8BC73" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12922C92" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CC497A3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов =3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CF9FD56" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D78C421" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D08F171" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B235285" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25218352" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11B7B3D0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F79EFEE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F64E3D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>50-ден 60 балғадейін=4 балл</w:t>
-[...383 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B24264A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64DDE48F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F962F92" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FABC3EA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B87B39C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50024C13" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="032D5E08" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E7D064F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D6807C1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AFE35AE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 9 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="455E2163" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4733B040" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24FD6690" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28545797" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46B0F4F3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DB1F7DB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F7E3D69" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>= 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F0AE10C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="006B1788" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="495EAC51" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E58F2" w:rsidRPr="001A640F" w14:paraId="2230F79C" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="2A859C94" w14:textId="50056E1A" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="703CE985" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00C86ABF">
+          <w:p w14:paraId="0551FED9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BD780DC" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...16 lines deleted...]
-              <w:t>Біліктілігі/Санаты.</w:t>
+          <w:p w14:paraId="528ACCEF" w14:textId="31E4D81F" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификация/Категория</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="719087B6" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06E24F8B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B9E68F3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47D779D1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E795596" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35AA6C8D" w14:textId="30693093" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45776757" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="53461A36" w14:textId="7FB544D4" w:rsidR="00C86ABF" w:rsidRDefault="007F65F8" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Удостоверение, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF" w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18405FB8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6797E042" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A801C8F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2841F1D4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F3A73E5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66132D05" w14:textId="04E70F16" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10C45258" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...215 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w14:paraId="08B303D1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z392"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w14:paraId="56A62B16" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FCFD3BE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22FAF751" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10EEA95B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EE3D41D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="754D1E05" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="086EEAC3" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00955507">
+          <w:p w14:paraId="7B5DAAA4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E58F2" w:rsidRPr="001A640F" w14:paraId="55CD7595" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="16D89860" w14:textId="5368558E" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B97DB10" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00C86ABF">
+          <w:p w14:paraId="62D4AFDB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BBBC1EB" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7FFCE103" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB262F0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="146B5973" w14:textId="27B1E531" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0B0454" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...132 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="782CBB59" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75535209" w14:textId="4C8A7EBB" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB1C794" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...288 lines deleted...]
-              <w:t xml:space="preserve"> = 3</w:t>
+          <w:p w14:paraId="187F2B7E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z398"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w14:paraId="61B43CF0" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A92BDEB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A8CCE71" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A9A2015" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00955507">
+          <w:p w14:paraId="64A70BB7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E58F2" w:rsidRPr="001A640F" w14:paraId="0968F485" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="0669CDCE" w14:textId="7779513B" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4624B88F" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00C86ABF">
+          <w:p w14:paraId="0E5A4DC1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09C92137" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...99 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3965A567" w14:textId="54A6BAC5" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="040BF79A" w14:textId="77777777" w:rsidR="009E58F2" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...135 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="0B87346B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12189E67" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...87 lines deleted...]
-              <w:t>директор = 5 балл</w:t>
+          <w:p w14:paraId="5CF291BC" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z401"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w14:paraId="60CDC139" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="507A7F13" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28C785E9" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00955507">
+          <w:p w14:paraId="042E37E7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E58F2" w14:paraId="22FF4092" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w14:paraId="46F1B76D" w14:textId="7C2348F2" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7940A0" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00C86ABF">
+          <w:p w14:paraId="2408F968" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38B0F758" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...103 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="1830F051" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C0391E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0754CCA6" w14:textId="28801C08" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="780DADCD" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...78 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="4C872F4B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="799BB079" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B3BA2D1" w14:textId="792E2057" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FD19293" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...145 lines deleted...]
-              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+          <w:p w14:paraId="19E213B4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z403"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w14:paraId="111AA9D3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1285684E" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00955507">
+          <w:p w14:paraId="70B2564F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E58F2" w:rsidRPr="001A640F" w14:paraId="7397E220" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="490BD58C" w14:textId="04A61235" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="355CD869" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00C86ABF">
+          <w:p w14:paraId="4216BE25" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45E716E6" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...189 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="505683BF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D895A58" w14:textId="64CE105C" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D665ED4" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="03617295" w14:textId="6569F459" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Письмо</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F66E6FD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E646D16" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AEBD6C3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="195BD80F" w14:textId="4DB9C5F3" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B50CCB8" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...235 lines deleted...]
-              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+          <w:p w14:paraId="737C751D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z404"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w14:paraId="08A5C62F" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Отсутствие рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AB0BB3C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="675CF109" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00955507">
+          <w:p w14:paraId="72153851" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E58F2" w:rsidRPr="001A640F" w14:paraId="030D2F2F" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="4F45483B" w14:textId="331E7D0E" w:rsidTr="007F65F8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="971"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24CAC922" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00C86ABF">
+          <w:p w14:paraId="660C3326" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1292D939" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="2F7A8121" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B17EB5D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E3373DF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="563E5470" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="442F4055" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B7E5D99" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FBC14F9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61DD35AF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D132A18" w14:textId="4D7D7ACF" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26A41834" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...372 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6342CD22" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z406"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p w14:paraId="14C47948" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дипломы, грамоты победителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="773814F2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="251035E5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1387CD75" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E6FC143" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26657828" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="506D7029" w14:textId="20563615" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2714511B" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...440 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w14:paraId="1174A6CB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z408"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w14:paraId="432F81AD" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="108EB213" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D524FC7" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69CB6D11" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C2414F8" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="541D4C83" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00955507">
+          <w:p w14:paraId="33B03EDB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283246" w:rsidRPr="00BC2384" w14:paraId="59F41ACB" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="269088B5" w14:textId="0B6816F4" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD7DFA3" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00C86ABF">
+          <w:p w14:paraId="2FF0ECFB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13AB4796" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...38 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="4CD350CB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41687E98" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48C02217" w14:textId="29CD3B4B" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CE60808" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...89 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="506CCA8B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CADFBE9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="361D55DA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DE89C15" w14:textId="39A6266F" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FCED9C6" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...254 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w14:paraId="2FB88F4C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z413"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+          <w:p w14:paraId="565E1CE4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73873F33" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E897255" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00283246" w:rsidRDefault="00283246" w:rsidP="00955507">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="33453561" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E58F2" w:rsidRPr="001A640F" w14:paraId="55FFA696" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="25A2467C" w14:textId="011DA08F" w:rsidTr="007F65F8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="2599"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04B4B784" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00955507">
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="11D940ED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23F0E74C" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...49 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="76C52105" w14:textId="23754B94" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65E143C1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6231C040" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FF475AA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="489DF61E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3307415B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A9538DE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5581E352" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="162A0036" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="569C8E47" w14:textId="72FAAF75" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE605C1" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...99 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w14:paraId="4F0B0CE3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z415"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p w14:paraId="7172211C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2902BE21" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C4750D3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B259DFB" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AD8AFED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42F711A2" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25C4E746" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="483B8744" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EF177DA" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34E3D529" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75FA4B29" w14:textId="508FBA1D" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74DAB2DD" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...422 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1E2256E9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z416"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p w14:paraId="266CFB98" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DFCAC9E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2176FE4B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D06555D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC2E5C5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33D8F0A9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D274683" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2705D3FD" w14:textId="24954290" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33015AA8" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00955507">
+          <w:p w14:paraId="68A54B03" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E58F2" w:rsidRPr="001A640F" w14:paraId="498F6752" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w:rsidRPr="001A640F" w14:paraId="2908693E" w14:textId="283BB3B8" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA6B43D" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00955507">
+          <w:p w14:paraId="5D76D804" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:tcW w:w="2442" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="555D69A4" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="1DA7585F" w14:textId="47BCCAD8" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30BEA1E0" w14:textId="1C54ED50" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0120CEDD" w14:textId="62AC9B9F" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12DB0A77" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72302B4B" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54A58653" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59A0AB7C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3521AECE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F03ABB9" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66AC5AC4" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41DEBCCE" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6131D31C" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E4287E1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61E178D1" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3349EA8B" w14:textId="5963B9F3" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3447" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BAA9E7A" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...369 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="35B7AF36" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z421"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p w14:paraId="62C986DA" w14:textId="6BDF3272" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68474A09" w14:textId="6C9F1FD8" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11F02A3E" w14:textId="2F9598FB" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45914060" w14:textId="191AA43C" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="705F7106" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="187FDE54" w14:textId="6ADDD654" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcW w:w="4078" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59227A34" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="006F7468" w:rsidRDefault="00283246" w:rsidP="006C2851">
-[...138 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7C810CC3" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z427"/>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p w14:paraId="7DD38348" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="609023DD" w14:textId="3343FB4C" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курсы = 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="520C6AE0" w14:textId="416CEC2A" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AACEA77" w14:textId="26AB9D97" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20C972D6" w14:textId="6B47526F" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A324C3C" w14:textId="66A36074" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24B826FF" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55833B8E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1703A91A" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47180E1E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08F31A85" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="372AD6D5" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3784EC0E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73D0667E" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36605778" w14:textId="0160A617" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77DF38B5" w14:textId="77777777" w:rsidR="00283246" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00955507">
+          <w:p w14:paraId="156A61ED" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00270922" w14:paraId="48B9D843" w14:textId="77777777" w:rsidTr="009E58F2">
+      <w:tr w:rsidR="00270922" w14:paraId="5E0D124D" w14:textId="2D3B90E6" w:rsidTr="00270922">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="31" w:type="dxa"/>
+          <w:wAfter w:w="114" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9375" w:type="dxa"/>
+            <w:tcW w:w="8861" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D7BA077" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00283246" w:rsidP="00955507">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7BE01185" w14:textId="583E4599" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> балл – 83</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">                                             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Максимальный балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AC7A962" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
+          <w:p w14:paraId="61328C30" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00955507" w:rsidRDefault="00C86ABF" w:rsidP="00955507">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1CAA5D01" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00955507" w:rsidRDefault="00452A41" w:rsidP="00955507">
+    <w:p w14:paraId="731CF39B" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00955507" w:rsidRDefault="00452A41" w:rsidP="00955507">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EBEC0F6" w14:textId="77777777" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="001B695E">
+    <w:p w14:paraId="1F998AC5" w14:textId="77777777" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00955507" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
@@ -14598,218 +9215,219 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="50351559">
+  <w:num w:numId="1" w16cid:durableId="1898781342">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="922181739">
+  <w:num w:numId="2" w16cid:durableId="1863929976">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="116532158">
+  <w:num w:numId="3" w16cid:durableId="1573274901">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1069767742">
+  <w:num w:numId="4" w16cid:durableId="2141454507">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="733822837">
+  <w:num w:numId="5" w16cid:durableId="1797799599">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="645087768">
+  <w:num w:numId="6" w16cid:durableId="800653521">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="000963D3"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="0016201F"/>
+    <w:rsid w:val="001624E8"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F7085"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="00263977"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00270922"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
-    <w:rsid w:val="00273C6E"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
-    <w:rsid w:val="00283246"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="00293811"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
-    <w:rsid w:val="002B5AC4"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002B6A02"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003221E8"/>
-    <w:rsid w:val="00322E13"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00331CA0"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
@@ -14839,62 +9457,64 @@
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00444EA6"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00452B55"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00467337"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="004715CE"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="004852EB"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C0D95"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F4546"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
@@ -14906,88 +9526,84 @@
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
-    <w:rsid w:val="00623BB1"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006B1788"/>
     <w:rsid w:val="006B4533"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
-    <w:rsid w:val="006E4BBC"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="007037C1"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="00776DE1"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
@@ -15056,199 +9672,192 @@
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B1760"/>
     <w:rsid w:val="009B3C4A"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3757"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E3DE6"/>
     <w:rsid w:val="009E46F6"/>
-    <w:rsid w:val="009E58F2"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A17F8E"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A340F1"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
-    <w:rsid w:val="00A54938"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A85ED6"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B703D8"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
-    <w:rsid w:val="00BC2384"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C0702F"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
-    <w:rsid w:val="00C70E94"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C86ABF"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
-    <w:rsid w:val="00CA1E74"/>
     <w:rsid w:val="00CB0176"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
-    <w:rsid w:val="00D56541"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D91A3A"/>
     <w:rsid w:val="00D925B1"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DA6B51"/>
-    <w:rsid w:val="00DB5232"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E429B2"/>
     <w:rsid w:val="00E43AF2"/>
@@ -15266,111 +9875,110 @@
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E74F4F"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC745C"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F05081"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD321D"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FE688A"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
-    <w:rsid w:val="00FF675B"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="43B66ABB"/>
-  <w15:docId w15:val="{EDD43932-310F-4713-A1B6-7CD38C861541}"/>
+  <w14:docId w14:val="4E991A17"/>
+  <w15:docId w15:val="{9A14FD69-3653-4130-B5B5-A4F6641A14BD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15728,51 +10336,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FD321D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -16282,78 +10889,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69510EAD-6B20-4FE4-937F-6F5EF98F2F58}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B981A177-62BB-411F-8798-55DEE1FAAF08}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1738</Words>
-  <Characters>9912</Characters>
+  <Words>1877</Words>
+  <Characters>10703</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11627</CharactersWithSpaces>
+  <CharactersWithSpaces>12555</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>