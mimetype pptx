--- v0 (2025-12-18)
+++ v1 (2026-03-05)
@@ -125,87 +125,92 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="66" d="100"/>
-          <a:sy n="66" d="100"/>
+          <a:sx n="70" d="100"/>
+          <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="644" y="32"/>
+        <p:origin x="714" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -358,51 +363,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7930348-820F-496B-8645-8CF59962BE20}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>05.12.2022</a:t>
+              <a:t>15.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -528,51 +533,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7930348-820F-496B-8645-8CF59962BE20}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>05.12.2022</a:t>
+              <a:t>15.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -708,51 +713,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7930348-820F-496B-8645-8CF59962BE20}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>05.12.2022</a:t>
+              <a:t>15.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -878,51 +883,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7930348-820F-496B-8645-8CF59962BE20}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>05.12.2022</a:t>
+              <a:t>15.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1124,51 +1129,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7930348-820F-496B-8645-8CF59962BE20}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>05.12.2022</a:t>
+              <a:t>15.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1356,51 +1361,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7930348-820F-496B-8645-8CF59962BE20}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>05.12.2022</a:t>
+              <a:t>15.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1723,51 +1728,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7930348-820F-496B-8645-8CF59962BE20}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>05.12.2022</a:t>
+              <a:t>15.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1841,51 +1846,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7930348-820F-496B-8645-8CF59962BE20}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>05.12.2022</a:t>
+              <a:t>15.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1936,51 +1941,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7930348-820F-496B-8645-8CF59962BE20}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>05.12.2022</a:t>
+              <a:t>15.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2213,51 +2218,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7930348-820F-496B-8645-8CF59962BE20}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>05.12.2022</a:t>
+              <a:t>15.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2466,51 +2471,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7930348-820F-496B-8645-8CF59962BE20}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>05.12.2022</a:t>
+              <a:t>15.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2683,51 +2688,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F7930348-820F-496B-8645-8CF59962BE20}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>05.12.2022</a:t>
+              <a:t>15.03.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3154,105 +3159,125 @@
             <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3542096" y="317635"/>
             <a:ext cx="7125903" cy="625641"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>КГУ «СОШ № 21 города Павлодара»</a:t>
+              <a:t>Павлодар </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қаласының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> № 21 ЖОББМ»</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4321742" y="2233060"/>
-            <a:ext cx="6346257" cy="3024739"/>
+            <a:off x="2961564" y="2233060"/>
+            <a:ext cx="7706435" cy="3024739"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="4000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ШКОЛЬНОЕ ПИТАНИЕ</a:t>
+              <a:t>МЕКТЕПТЕГІ ТАМАҚТАНУ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1816062993"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4027,89 +4052,89 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>10</Words>
+  <Words>8</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
   <Paragraphs>2</Paragraphs>
   <Slides>6</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
-      <vt:lpstr>КГУ «СОШ № 21 города Павлодара»</vt:lpstr>
+      <vt:lpstr>Павлодар қаласының № 21 ЖОББМ»</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>КГУ «СОШ № 21 города Павлодара»</dc:title>
   <dc:creator>Учетная запись Майкрософт</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>