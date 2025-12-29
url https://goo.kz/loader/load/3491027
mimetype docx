--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -1,7059 +1,11614 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...10 lines deleted...]
-    <w:p w:rsidR="00DB0812" w:rsidRPr="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00DB0812">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Дошкольная гимназия</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00DB0812">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">6 </w:t>
+        <w:t>Павлодар қаласының №6 мектепке дейінгі гимназиясы» КМҚК</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB0812">
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-        <w:t xml:space="preserve">города Павлодара» </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазақ тілінде оқытатын     ән-күй жетекшісінің    бос лауазымына</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB0812">
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB0812">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00DB0812">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>на</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> с государственным языком обучения</w:t>
+        <w:t xml:space="preserve">  конкурс жариялайды </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="7371"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің  «Павлодар қаласының № 6 мектепке дейінгі гимназиясы» коммуналдық мемлекеттік қазыналық кәсіпорны. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы,   Ак. Сатпаев көшесі, 241 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 67-63-00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a6"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>sad6@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қазақ тілінде оқытатын    қазақ тілі мұғалімі, 1  еңбекақы мөлшермен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003035A1" w:rsidRPr="003035A1" w:rsidRDefault="00F72656" w:rsidP="003035A1">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F72656">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003035A1" w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына сәйкес балаларды эстетикалық дамыту мен музыкалық тәрбиелеуді жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003035A1" w:rsidRPr="003035A1" w:rsidRDefault="003035A1" w:rsidP="003035A1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Музыкалық сабақты, балалар мерекелерін және басқа да мәдени-көпшілік іс-шараларды ұйымдастырады және өткізеді, музыкалық дарынды балларды анықтайды. Балалармен жеке жұмысты жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003035A1" w:rsidRPr="003035A1" w:rsidRDefault="003035A1" w:rsidP="003035A1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Балалардың ойын әрекеттерін ұйымдастыруға қатысады, түрлі музыкалық және дидактикалық ойындар өткізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003035A1" w:rsidRPr="003035A1" w:rsidRDefault="003035A1" w:rsidP="003035A1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Педагогикалық кеңестерді дайындауға, әдістемелік бірлестіктердің жұмысына қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003035A1" w:rsidRPr="003035A1" w:rsidRDefault="003035A1" w:rsidP="003035A1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Балалармен жұмыс жасауда инновациялық педагогикалық тәжірибені енгізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003035A1" w:rsidRPr="003035A1" w:rsidRDefault="003035A1" w:rsidP="003035A1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Балаларды музыкалық тәрбиелеу мәселесі ата-аналар мен тәрбиеленушілерге кеңес береді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRPr="003035A1" w:rsidRDefault="003035A1" w:rsidP="003035A1">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="0" w:right="188"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRPr="003035A1" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:firstLine="689"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пән  бойынша  мектепке дейінгі тәрбие мен оқытудың ұйымдастырылған іс- әрекетіне песпективалық  жоспар,   мектепке дейінгі тәрбие мен оқытудың үлгілік оқу  бағдарламасы мазмұнын меңгеру бойынша мониторинг </w:t>
+            </w:r>
+            <w:r w:rsidR="003035A1" w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бастапқы, аралық,қорытынды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) жүргізу және бақылау парағын толтыру.   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRPr="003035A1" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:ind w:right="200" w:firstLine="578"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бөлім бойынша жиынтық бағалауды және   бастапқы, аралық,қорытынды бойынша жиынтық бағалауды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорытындысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRPr="003035A1" w:rsidRDefault="00F72656" w:rsidP="003035A1">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:ind w:firstLine="419"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдастыру іс – әрекетінде №6 гимназиясының авторлық бағдарламалармен және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>заманауи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қолданады;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-68"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдастыру іс – әрекетінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қарапайым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етуді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және  ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>технологиялардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымшаларын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003035A1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пайдаланады;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арнайы орта білім (min): 92000-130000  теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 100000-140000 теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidTr="00F72656">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>03.03-14.03.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidTr="00F72656">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12)тәжірибе жоқ кандидаттың бейнепрезентациясы кемінде 15 минут, ең төменгі ажыратымдылығы – 720 x 480;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRPr="003035A1" w:rsidRDefault="003035A1">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тұрақты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A3A28" w:rsidRDefault="000A3A28" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A3A28" w:rsidRDefault="000A3A28" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A3A28" w:rsidRDefault="000A3A28" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A3A28" w:rsidRDefault="000A3A28" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A3A28" w:rsidRDefault="000A3A28" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="9889" w:type="dxa"/>
-[...1547 lines deleted...]
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...1 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...6 lines deleted...]
-              <w:pStyle w:val="aa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...1 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>інші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidR="000A3A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ауазымға тағайындау, лауазымнан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
-        <w:pStyle w:val="aa"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
-        <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога ___________________________________________________________</w:t>
+        <w:t>Б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>__________________</w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
-        <w:pStyle w:val="aa"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>(фамилия, имя, отчество</w:t>
+        <w:t>ар болса</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...10 lines deleted...]
-        <w:t>(при его наличии))</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
-        <w:pStyle w:val="aa"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
-        <w:tblInd w:w="-951" w:type="dxa"/>
+        <w:tblW w:w="10395" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="468"/>
+        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="2836"/>
+        <w:gridCol w:w="4254"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...13 lines deleted...]
-              <w:t>№</w:t>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...27 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ехникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>үздік=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
-          <w:trHeight w:val="1036"/>
+          <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...14 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...141 lines deleted...]
-              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...14 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...27 lines deleted...]
-              <w:t>академическая степень</w:t>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...10 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...75 lines deleted...]
-              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...38 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...12 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-модератор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...26 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
-          <w:trHeight w:val="1447"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...15 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Квалификационная категория </w:t>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...19 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...183 lines deleted...]
-              <w:t xml:space="preserve"> = 10 баллов</w:t>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidTr="00F72656">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="951" w:right="-75" w:hanging="951"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...10 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...9 lines deleted...]
-              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...40 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...71 lines deleted...]
-              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="951" w:right="-75" w:hanging="951"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...11 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>іктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...8 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...48 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="006464F0">
-[...6 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-              <w:t>«хорошо» = 0,5 балла</w:t>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеңімпаздары=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="951" w:right="-75" w:hanging="951"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...22 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...74 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="142"/>
-[...16 lines deleted...]
-              <w:t>минус 3 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="951" w:right="-75" w:hanging="951"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...14 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...46 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...34 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...153 lines deleted...]
-              <w:t>» = 10 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
+      <w:tr w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidTr="00F72656">
         <w:trPr>
-          <w:trHeight w:val="1694"/>
+          <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="951" w:right="-75" w:hanging="951"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>9</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...9 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>әндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...77 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="951" w:right="-75" w:hanging="951"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>10</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...11 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="67"/>
-[...8 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141" w:right="142"/>
-[...155 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="00DB0812">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
-          <w:trHeight w:val="3927"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="951" w:right="-75" w:hanging="951"/>
-[...20 lines deleted...]
-              <w:t>1</w:t>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...40 lines deleted...]
-              <w:ind w:left="141"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...407 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...472 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="00CA7297" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
-[...1 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7297">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7297">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7297">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7297">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="003035A1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7297">
-[...9 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...35 lines deleted...]
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRPr="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...12 lines deleted...]
-        <w:t>)</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...29 lines deleted...]
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>_____________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>____________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...35 lines deleted...]
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________</w:t>
-[...6 lines deleted...]
-        <w:t>______________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>Мені _____________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="00CA7297" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
-[...6 lines deleted...]
-        <w:t>____________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...21 lines deleted...]
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
-[...11 lines deleted...]
-        <w:t>___________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
-[...6 lines deleted...]
-        <w:t>_________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________</w:t>
-[...6 lines deleted...]
-        <w:t>_____________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1966"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2364"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006464F0">
-[...4 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006464F0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>заведения</w:t>
+              <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006464F0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006464F0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006464F0">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidTr="007A6BD2">
+      <w:tr w:rsidR="00F72656" w:rsidTr="00F72656">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="007A6BD2">
+          <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t>подтверждения):______________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):__________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...22 lines deleted...]
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...17 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>___________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...23 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...3 lines deleted...]
-        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...7 lines deleted...]
-    <w:p w:rsidR="00DB0812" w:rsidRPr="006464F0" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006464F0">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="006464F0">
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
-      <w:r w:rsidR="009A5AC0" w:rsidRPr="009A5AC0">
-[...2 lines deleted...]
-          <w:noProof/>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-          <w:noProof/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        </w:pict>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00F72656">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00955956">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00955956">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00F72656" w:rsidRDefault="00F72656" w:rsidP="00955956">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
+    <w:p w:rsidR="00664CC5" w:rsidRPr="00F94BEA" w:rsidRDefault="00F72656">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00955956" w:rsidRPr="006402A2" w:rsidRDefault="00955956" w:rsidP="00EE5357">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0812" w:rsidRDefault="00DB0812" w:rsidP="00DB0812">
-[...101 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr w:rsidR="00955956" w:rsidRPr="006402A2" w:rsidSect="00AA6459">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -7150,164 +11705,50 @@
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="06AA14A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2163" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="45925C06">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2467" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="61E97544"/>
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="74203318"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2B079D0"/>
     <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="39" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -7375,51 +11816,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2163" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2467" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="76020A38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="842C3380"/>
     <w:lvl w:ilvl="0" w:tplc="FB74428A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="155" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0806222C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -7488,198 +11929,186 @@
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="ED601DB6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2199" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0F742A80">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2491" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00BC2F25"/>
+    <w:rsid w:val="00000244"/>
     <w:rsid w:val="00004D0A"/>
+    <w:rsid w:val="00006534"/>
+    <w:rsid w:val="00021055"/>
     <w:rsid w:val="000253A4"/>
-    <w:rsid w:val="00044D99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0006039D"/>
+    <w:rsid w:val="000A3A28"/>
     <w:rsid w:val="000B44F4"/>
     <w:rsid w:val="001315D5"/>
-    <w:rsid w:val="00175643"/>
+    <w:rsid w:val="001509E6"/>
+    <w:rsid w:val="00167E96"/>
+    <w:rsid w:val="00185C10"/>
     <w:rsid w:val="00194DDD"/>
-    <w:rsid w:val="001C593B"/>
-    <w:rsid w:val="001E17A3"/>
+    <w:rsid w:val="001B572A"/>
+    <w:rsid w:val="00223A6B"/>
     <w:rsid w:val="00234522"/>
-    <w:rsid w:val="00255EE6"/>
-[...6 lines deleted...]
-    <w:rsid w:val="003807A0"/>
+    <w:rsid w:val="002D59D4"/>
+    <w:rsid w:val="00301064"/>
+    <w:rsid w:val="003035A1"/>
+    <w:rsid w:val="00330280"/>
+    <w:rsid w:val="003644C2"/>
+    <w:rsid w:val="00391E14"/>
     <w:rsid w:val="00395C33"/>
-    <w:rsid w:val="00397460"/>
-[...5 lines deleted...]
-    <w:rsid w:val="0051516E"/>
+    <w:rsid w:val="003E2A3C"/>
+    <w:rsid w:val="004A70E2"/>
+    <w:rsid w:val="004E41ED"/>
     <w:rsid w:val="00560D96"/>
-    <w:rsid w:val="005E2ECB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00621919"/>
+    <w:rsid w:val="00565FCF"/>
+    <w:rsid w:val="00591058"/>
     <w:rsid w:val="006402A2"/>
     <w:rsid w:val="006424F8"/>
     <w:rsid w:val="00664CC5"/>
-    <w:rsid w:val="0069212B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00701B93"/>
+    <w:rsid w:val="006F261D"/>
+    <w:rsid w:val="00744677"/>
+    <w:rsid w:val="00761E19"/>
     <w:rsid w:val="007D7BB2"/>
-    <w:rsid w:val="00806D04"/>
+    <w:rsid w:val="00872E53"/>
+    <w:rsid w:val="00894FF0"/>
     <w:rsid w:val="00896AB9"/>
-    <w:rsid w:val="008A177B"/>
-    <w:rsid w:val="00933877"/>
+    <w:rsid w:val="0091353E"/>
+    <w:rsid w:val="00950F3A"/>
     <w:rsid w:val="00955956"/>
-    <w:rsid w:val="009A5AC0"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B50A1D"/>
+    <w:rsid w:val="009850F5"/>
+    <w:rsid w:val="00A56DF3"/>
+    <w:rsid w:val="00AA6459"/>
+    <w:rsid w:val="00AE49D2"/>
+    <w:rsid w:val="00B14C23"/>
+    <w:rsid w:val="00B62A4F"/>
     <w:rsid w:val="00B80257"/>
-    <w:rsid w:val="00BA183A"/>
+    <w:rsid w:val="00B93485"/>
     <w:rsid w:val="00BC2F25"/>
-    <w:rsid w:val="00BC7964"/>
-    <w:rsid w:val="00CA6211"/>
+    <w:rsid w:val="00C33C8F"/>
+    <w:rsid w:val="00C46AF5"/>
     <w:rsid w:val="00CC4101"/>
-    <w:rsid w:val="00CC4B0E"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00DC2443"/>
+    <w:rsid w:val="00CD22BC"/>
+    <w:rsid w:val="00D00496"/>
+    <w:rsid w:val="00D717E7"/>
     <w:rsid w:val="00DC3314"/>
     <w:rsid w:val="00DE632B"/>
     <w:rsid w:val="00E44D0A"/>
-    <w:rsid w:val="00EA2E4F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED01CF"/>
     <w:rsid w:val="00EE5357"/>
-    <w:rsid w:val="00F21F41"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F60B80"/>
+    <w:rsid w:val="00EE5663"/>
+    <w:rsid w:val="00F72656"/>
     <w:rsid w:val="00F74050"/>
     <w:rsid w:val="00F94BEA"/>
-    <w:rsid w:val="00FB1F11"/>
-    <w:rsid w:val="00FC1619"/>
+    <w:rsid w:val="00FA5A6C"/>
+    <w:rsid w:val="00FC2372"/>
+    <w:rsid w:val="00FE11FD"/>
+    <w:rsid w:val="00FE6CB4"/>
+    <w:rsid w:val="00FF6F20"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28674"/>
+    <o:shapedefaults v:ext="edit" spidmax="24578"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
@@ -7778,50 +12207,74 @@
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EE5357"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F72656"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="20"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -7914,73 +12367,71 @@
     <w:qFormat/>
     <w:rsid w:val="00F94BEA"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00194DDD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:rsid w:val="00194DDD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00194DDD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
     <w:name w:val="Table Normal1"/>
@@ -7996,55 +12447,70 @@
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00194DDD"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00F72656"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB0812"/>
+    <w:rsid w:val="00F72656"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
@@ -8392,50 +12858,65 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00194DDD"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="437993187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -8692,69 +13173,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1710</Words>
-  <Characters>9747</Characters>
+  <Words>1825</Words>
+  <Characters>10406</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11435</CharactersWithSpaces>
+  <CharactersWithSpaces>12207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>