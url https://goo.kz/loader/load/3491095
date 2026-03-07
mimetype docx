--- v0 (2025-12-25)
+++ v1 (2026-03-07)
@@ -1,1344 +1,1099 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="0009065F" w:rsidRDefault="009E559F">
       <w:r>
         <w:t xml:space="preserve">                                 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
+    <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC3FF7" w:rsidRPr="00DC3FF7" w:rsidRDefault="00DC3FF7">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
     <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
-    <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00335998">
+    <w:p w:rsidR="0009065F" w:rsidRDefault="00755C5A">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755C5A">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1022350" cy="965200"/>
             <wp:effectExtent l="19050" t="0" r="6350" b="0"/>
             <wp:docPr id="3" name="Рисунок 1" descr="http://bilim-pavlodar.gov.kz/media/img/site/2017/logo.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="10" name="Picture 4" descr="http://bilim-pavlodar.gov.kz/media/img/site/2017/logo.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1027979" cy="970514"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:extLst>
                       <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-                        <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                        <a14:hiddenFill xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                         </a14:hiddenFill>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00335998">
+      <w:r w:rsidRPr="00755C5A">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1003300" cy="1009650"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="4" name="Рисунок 3" descr="C:\Users\41-6\Downloads\WhatsApp Image 2023-02-22 at 12.21.49.jpeg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Рисунок 2" descr="C:\Users\41-6\Downloads\WhatsApp Image 2023-02-22 at 12.21.49.jpeg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1003300" cy="1009650"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00335998">
+      <w:r w:rsidRPr="00755C5A">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1026929" cy="1023126"/>
             <wp:effectExtent l="19050" t="0" r="1771" b="0"/>
             <wp:docPr id="5" name="Рисунок 1" descr="C:\Users\Admin\Desktop\WhatsApp Image 2022-03-01 at 09.44.23.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Admin\Desktop\WhatsApp Image 2022-03-01 at 09.44.23.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1027574" cy="1023769"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006003B6" w:rsidRDefault="006003B6" w:rsidP="009E559F">
+    <w:p w:rsidR="0009065F" w:rsidRDefault="0009065F"/>
+    <w:p w:rsidR="004F6164" w:rsidRDefault="009E559F" w:rsidP="00792838">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E559F" w:rsidRDefault="00CB5F07" w:rsidP="009E559F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...86 lines deleted...]
-      <w:r w:rsidRPr="003E2D52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003E2D52">
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Облысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Инклюзивті білім беру кеңістігінде ерекше білім беру қажеттіліктері бар білім алушылар үшін жағдайларды қамтамасыз ету. </w:t>
+        <w:t xml:space="preserve">қ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD44B3" w:rsidRPr="00BD06DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семинар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дың </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E2D52" w:rsidRPr="003E2D52" w:rsidRDefault="003E2D52" w:rsidP="003E2D52">
+    <w:p w:rsidR="00CB5F07" w:rsidRPr="00CB5F07" w:rsidRDefault="00CB5F07" w:rsidP="009E559F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БАҒДАРЛАМАСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD44B3" w:rsidRPr="00755C5A" w:rsidRDefault="00846FC2" w:rsidP="00CD44B3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2D52">
-[...14 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00755C5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD44B3" w:rsidRPr="00755C5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Инклюзивті білім беру кеңістігінде ерекше білім беру қажеттіліктері бар білім алушылар үшін жағдайларды қамтамасыз ету. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009E559F" w:rsidRPr="003E2D52" w:rsidRDefault="00846FC2" w:rsidP="009E559F">
+    <w:p w:rsidR="009E559F" w:rsidRPr="00BD06DC" w:rsidRDefault="00CD44B3" w:rsidP="00CD44B3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008410BE">
-[...7 lines deleted...]
-      <w:r w:rsidR="009E559F" w:rsidRPr="003E2D52">
+      <w:r w:rsidRPr="00755C5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Обеспечение условий для обучающихся с особыми образовательными потребностями в инклюзивном образовательном пространстве. </w:t>
+        <w:t>Инклюзивті білім беруді іске асырудың жаңа тәсілдері</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="009E559F" w:rsidRPr="00755C5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>Новые подходы к реализации инклюзивного образования»</w:t>
+        <w:t>»</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7223" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3615"/>
         <w:gridCol w:w="3608"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E2D52" w:rsidRPr="00536030" w:rsidTr="00D909D9">
+      <w:tr w:rsidR="00755C5A" w:rsidTr="004B6EA2">
         <w:trPr>
           <w:trHeight w:val="1691"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3615" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E2D52" w:rsidRPr="003E2D52" w:rsidRDefault="003E2D52" w:rsidP="001201DD">
+          <w:p w:rsidR="00755C5A" w:rsidRPr="003E2D52" w:rsidRDefault="00755C5A" w:rsidP="004B6EA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E2D52">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Келісілді</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003E2D52" w:rsidRPr="00C23F66" w:rsidRDefault="003E2D52" w:rsidP="001201DD">
+          <w:p w:rsidR="00755C5A" w:rsidRPr="00C23F66" w:rsidRDefault="00755C5A" w:rsidP="004B6EA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00416763">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">«Өрлеу»БАҰО» АҚ филиалының Павлодар облысы бойынша ҚДИ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>кафедра меңгерушісі</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003E2D52" w:rsidRPr="00416763" w:rsidRDefault="003E2D52" w:rsidP="001201DD">
+          <w:p w:rsidR="00755C5A" w:rsidRPr="00416763" w:rsidRDefault="00755C5A" w:rsidP="004B6EA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A872BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>А.Ахметниязова</w:t>
             </w:r>
-            <w:r w:rsidR="00D909D9">
-[...8 lines deleted...]
-            <w:r w:rsidR="00D909D9">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="429DD4F1" wp14:editId="3BFEEE5A">
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="619125" cy="285750"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
-                  <wp:docPr id="1" name="Рисунок 1"/>
+                  <wp:docPr id="6" name="Рисунок 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="619125" cy="285750"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E2D52" w:rsidRPr="003E2D52" w:rsidRDefault="003E2D52" w:rsidP="001201DD">
+          <w:p w:rsidR="00755C5A" w:rsidRPr="003E2D52" w:rsidRDefault="00755C5A" w:rsidP="004B6EA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E2D52">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бекітемін</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003E2D52" w:rsidRPr="00305F4C" w:rsidRDefault="003E2D52" w:rsidP="001201DD">
+          <w:p w:rsidR="00755C5A" w:rsidRPr="00305F4C" w:rsidRDefault="00755C5A" w:rsidP="004B6EA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Әдістемелік кабинетінің</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003E2D52" w:rsidRPr="00BC7922" w:rsidRDefault="003E2D52" w:rsidP="001201DD">
+          <w:p w:rsidR="00755C5A" w:rsidRPr="00BC7922" w:rsidRDefault="00755C5A" w:rsidP="004B6EA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>меңгерушісінің м.а.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003E2D52" w:rsidRDefault="003E2D52" w:rsidP="001201DD">
+          <w:p w:rsidR="00755C5A" w:rsidRDefault="00755C5A" w:rsidP="004B6EA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B4AD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E0AD381" wp14:editId="4060C96A">
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="495300" cy="276225"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1027" name="Picture 3"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1027" name="Picture 3"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="495300" cy="276225"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:effectLst/>
                           <a:extLst/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ш.Нурахметова</w:t>
             </w:r>
-            <w:r w:rsidR="00D909D9">
+            <w:r w:rsidR="00DC3FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>«31» наурыз 2023 ж.</w:t>
             </w:r>
-            <w:r>
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2D52" w:rsidRPr="00536030" w:rsidTr="00D909D9">
+      <w:tr w:rsidR="00755C5A" w:rsidTr="004B6EA2">
         <w:trPr>
           <w:trHeight w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3615" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E2D52" w:rsidRDefault="003E2D52" w:rsidP="001201DD">
+          <w:p w:rsidR="00755C5A" w:rsidRDefault="00755C5A" w:rsidP="004B6EA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E2D52" w:rsidRDefault="003E2D52" w:rsidP="003E2D52">
+          <w:p w:rsidR="00755C5A" w:rsidRDefault="00755C5A" w:rsidP="004B6EA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009E559F" w:rsidRPr="00D909D9" w:rsidRDefault="009E559F" w:rsidP="00D909D9">
+    <w:p w:rsidR="00BD06DC" w:rsidRPr="00BD06DC" w:rsidRDefault="00BD06DC" w:rsidP="00CD44B3">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E559F" w:rsidRPr="00A62A60" w:rsidRDefault="003E2D52" w:rsidP="00192804">
+    <w:p w:rsidR="009E559F" w:rsidRDefault="009E559F" w:rsidP="009E559F">
       <w:pPr>
-        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD44B3" w:rsidRPr="00942E47" w:rsidRDefault="00CD44B3" w:rsidP="00CD44B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62A60">
-[...29 lines deleted...]
-      <w:r w:rsidR="009E559F" w:rsidRPr="00A62A60">
+      <w:r w:rsidRPr="00942E47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Дата проведения: 31.03.2023</w:t>
+        <w:t>Өткізу күні: 31.03.2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E559F" w:rsidRPr="00A62A60" w:rsidRDefault="003E2D52" w:rsidP="00192804">
+    <w:p w:rsidR="00CD44B3" w:rsidRPr="00942E47" w:rsidRDefault="00CD44B3" w:rsidP="00CD44B3">
       <w:pPr>
-        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62A60">
-[...29 lines deleted...]
-      <w:r w:rsidR="009E559F" w:rsidRPr="00A62A60">
+      <w:r w:rsidRPr="00942E47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Время проведения: 10</w:t>
+        <w:t>Өткізу уақыты: 10.00-13.00</w:t>
       </w:r>
-      <w:r w:rsidR="00192804" w:rsidRPr="00A62A60">
+    </w:p>
+    <w:p w:rsidR="00CD44B3" w:rsidRPr="00942E47" w:rsidRDefault="00CD44B3" w:rsidP="00CD44B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009E559F" w:rsidRPr="00A62A60">
+      </w:pPr>
+      <w:r w:rsidRPr="00942E47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>00-1</w:t>
+        <w:t xml:space="preserve">Өтетін </w:t>
       </w:r>
-      <w:r w:rsidR="00192804" w:rsidRPr="00A62A60">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3.</w:t>
+        <w:t>орны</w:t>
       </w:r>
-      <w:r w:rsidR="009E559F" w:rsidRPr="00A62A60">
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00942E47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>00</w:t>
+        <w:t>:"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00942E47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының №18 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00942E47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00942E47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00942E47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00942E47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>" КММ,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E559F" w:rsidRPr="00A62A60" w:rsidRDefault="003E2D52" w:rsidP="00192804">
+    <w:p w:rsidR="00CD44B3" w:rsidRPr="00942E47" w:rsidRDefault="007C0776" w:rsidP="00CD44B3">
       <w:pPr>
-        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00942E47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Павлодар қ., Я. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD44B3" w:rsidRPr="00942E47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Геринг көшесі, 79</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3776C" w:rsidRDefault="00CD44B3" w:rsidP="00CD44B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62A60">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00A62A60">
+      <w:r w:rsidRPr="00942E47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Место проведения:</w:t>
+        <w:t xml:space="preserve">Қатысушыларды </w:t>
       </w:r>
-      <w:r w:rsidR="009E559F" w:rsidRPr="00A62A60">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00942E47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «</w:t>
+        <w:t>тіркеу</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62A60">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00942E47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">№18 ЖОББМ» КММ </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> Я.Геринг к, 79</w:t>
+        <w:t>: 9.30-9.50</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E2D52" w:rsidRPr="00A62A60" w:rsidRDefault="003E2D52" w:rsidP="003E2D52">
+    <w:p w:rsidR="003329F6" w:rsidRDefault="003329F6" w:rsidP="00CD44B3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...53 lines deleted...]
-        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62A60">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="003E2D52" w:rsidRDefault="003E2D52" w:rsidP="00335998">
+    <w:p w:rsidR="003329F6" w:rsidRDefault="003329F6" w:rsidP="00CD44B3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...50 lines deleted...]
-      <w:r w:rsidRPr="00E47C07">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>БАҒДАРЛАМА</w:t>
-[...20 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00335998" w:rsidRPr="00E47C07" w:rsidRDefault="00335998" w:rsidP="00E47C07">
+    <w:p w:rsidR="006873DD" w:rsidRPr="00E47C07" w:rsidRDefault="006873DD" w:rsidP="006873DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E47C07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Модератор</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Модераторлары: </w:t>
       </w:r>
       <w:r w:rsidRPr="00E47C07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Шолпан Саменовна Нурахметова, әдістемелік кабинетінің </w:t>
       </w:r>
       <w:r w:rsidRPr="00E47C07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>меңгерушісінің м.а.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335998" w:rsidRPr="00E47C07" w:rsidRDefault="00335998" w:rsidP="00E47C07">
+    <w:p w:rsidR="006873DD" w:rsidRPr="00E47C07" w:rsidRDefault="006873DD" w:rsidP="006873DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E47C07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Курстан кейінгі қолдау модераторы:  </w:t>
       </w:r>
@@ -1355,4826 +1110,5942 @@
       </w:r>
       <w:r w:rsidRPr="00E47C07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E47C07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«Өрлеу» БАҰО» АҚФ аға оқытушысы, педагогика ғылымдарының магистрі</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="006873DD" w:rsidRPr="003329F6" w:rsidRDefault="006873DD" w:rsidP="00CD44B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
-        <w:tblW w:w="7230" w:type="dxa"/>
+        <w:tblW w:w="7088" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="426"/>
         <w:gridCol w:w="2410"/>
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="142"/>
+        <w:gridCol w:w="992"/>
         <w:gridCol w:w="850"/>
-        <w:gridCol w:w="709"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005849B6" w:rsidTr="00335998">
+      <w:tr w:rsidR="005849B6" w:rsidRPr="003329F6" w:rsidTr="00F44606">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00335998">
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00151F9F" w:rsidRPr="003329F6" w:rsidRDefault="009E559F" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006873DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00151F9F" w:rsidRPr="004B62EF">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="00151F9F" w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00151F9F" w:rsidRPr="004B62EF" w:rsidRDefault="00151F9F" w:rsidP="005849B6">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00151F9F" w:rsidRPr="003329F6" w:rsidRDefault="00CD44B3" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:i/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:i/>
-                <w:sz w:val="16"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Баяндама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тақырыбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00151F9F" w:rsidRPr="004B62EF" w:rsidRDefault="00151F9F" w:rsidP="005849B6">
-[...12 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w:rsidR="00151F9F" w:rsidRPr="003329F6" w:rsidRDefault="00151F9F" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Спикер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00151F9F" w:rsidRPr="003329F6" w:rsidRDefault="00CD44B3" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сөйлеу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>регламенті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00151F9F" w:rsidRPr="00335998" w:rsidRDefault="00151F9F" w:rsidP="00335998">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Регламент </w:t>
+          <w:p w:rsidR="00151F9F" w:rsidRPr="003329F6" w:rsidRDefault="00CD44B3" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Өткізу </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004B62EF">
-[...5 lines deleted...]
-              <w:t>выступлени</w:t>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
-        <w:tc>
-[...21 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E624A1" w:rsidTr="00335998">
-[...5 lines deleted...]
-          <w:p w:rsidR="00E624A1" w:rsidRPr="00027F40" w:rsidRDefault="00E624A1" w:rsidP="00E624A1">
+      <w:tr w:rsidR="00E624A1" w:rsidRPr="003329F6" w:rsidTr="00F44606">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E624A1" w:rsidRPr="003329F6" w:rsidRDefault="00CD44B3" w:rsidP="003329F6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00027F40">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
-              </w:rPr>
-[...1465 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Пленарлық бө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="004B62EF">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
-                <w:sz w:val="20"/>
-[...252 lines deleted...]
-            <w:r w:rsidRPr="00027F40">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:r w:rsidR="00333AC7" w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
-              </w:rPr>
-              <w:t>Из опыта работы</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF070C" w:rsidTr="00335998">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">  8</w:t>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="004B62EF" w:rsidRDefault="00FF070C" w:rsidP="00335998">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="00A11B73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Инклюзивті білім беру үдерісіне қатысушылардың психологиялық-педагогикалық құзыреттілігін арттыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="00A11B73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.С. әдістемелік кабинетінің меңгерушісінің м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.а</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10.00-10.05</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәжіліс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> залы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="00BC2138">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мүмкіндігі шектеулі </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға көмек көрсету мәселесінің қазіргі жағдайы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="00BC2138">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бергузинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Гульмира</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жабатаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="00BC2138">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Акимбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Лайла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мукатаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="00F44606">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10.05-10.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәжіліс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> залы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="00DC3FF7" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектептегі инклюзивті білім беру ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дер</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ісі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бейнефильм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="00DC3FF7" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ахметжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шолпан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Аманжоловна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="00DC3FF7" w:rsidRDefault="002B790A" w:rsidP="002B790A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Манько</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Елена Николаевна, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Коппаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Айгуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Касеновна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10.10-10.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:ind w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәжіліс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> залы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00A94B00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="002B790A" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="00DC3FF7" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қу бағдарламасы инклюзивті білімді іске асырудың негізі ретінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="00DC3FF7" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рахымжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кундуз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Муратхановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="00DC3FF7" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004B62EF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.15 – 10.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="002B790A">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәжіліс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> залы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00145109">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="005849B6" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="00DC3FF7" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ерекше бiлiм беру қажеттiлiктерi бар балаларды мектепте алып жүруге арналған қазiргi заманғы тәсiлдер мен технологиялар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="00DC3FF7" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Каиргазина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шолпан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шахановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="00DC3FF7" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шадихан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Гульназ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бауыржановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004B62EF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="00FF070C" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>формативного</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004B62EF">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.20-10.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="002B790A">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәжіліс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD0B10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> залы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00997829">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="004B62EF" w:rsidRDefault="00FF070C" w:rsidP="00F80DC4">
-            <w:pPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="006873DD" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Инклюзивті білім беруді іске асыру жағдайындағы ПМПК қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="00DC3FF7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Атимова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Зауре</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Токтановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нурпеисова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Айнагуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ныгановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00DC3FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004B62EF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="0053409B" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Сидорова Елена Валерьевна, учитель биологии</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t>10.25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053409B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="0053409B">
+              <w:t>-10.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
-            </w:r>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәжіліс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> залы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00997829">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="006873DD" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006873DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп пен орталықтың бірлескен жобасы "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006873DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірге көбірек жасай аламыз"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кадырбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Роза </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Камаловна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директордың әлеуметті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс жөніндегі </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0053409B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="0053409B" w:rsidRDefault="002B790A" w:rsidP="008E2A6F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0053409B">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>0-</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>10.35</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053409B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0053409B">
+              </w:rPr>
+              <w:t>-10.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...71 lines deleted...]
-            <w:pPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Актовый зал</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәжіліс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> залы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF070C" w:rsidTr="00335998">
-[...252 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
+        <w:trPr>
+          <w:trHeight w:val="342"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00027F40">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Workshop</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF070C" w:rsidTr="00335998">
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="006873DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЕБҚ бар балалардың пәндік нәтижелерін бағалау принциптері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>инклюзивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру жағдайында.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Идилуп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Айман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Тулюгуновна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Павлодар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>облысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ПҚ БАИ "Өрлеу" БАҰО " АҚ ағ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқытушысы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="00F44606">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053409B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053409B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053409B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәжіліс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> залы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
         <w:trPr>
-          <w:trHeight w:val="433"/>
+          <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұмыс тәжірибесінен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00506B78">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="006873DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="005849B6" w:rsidRDefault="00FF070C" w:rsidP="00F3776C">
+          <w:p w:rsidR="002B790A" w:rsidRPr="006873DD" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006873DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«7-8 сыныптар үшін биология бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЕБҚ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006873DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар оқушылар үшін формативті бағалауды бейімдеу»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сидорова Елена Валерьевна</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> биологи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="002B790A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="0053409B" w:rsidRDefault="002B790A" w:rsidP="002B790A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053409B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053409B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053409B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053409B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053409B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәжіліс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> залы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00506B78">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="006873DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="006873DD" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«ЕБҚ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006873DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар балаларға арналған ағылшын тілін жиынтық бағалауға бейімделген тапсырмалар»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Хлынина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Татьяна Анатольевна, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ағылшын тілі мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="0053409B" w:rsidRDefault="002B790A" w:rsidP="002B790A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053409B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053409B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053409B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053409B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәжіліс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> залы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="002B790A" w:rsidRDefault="002B790A" w:rsidP="002B790A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="inherit" w:hAnsi="inherit"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ерекше білім беру қажеттіліктері бар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқушылардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rStyle w:val="y2iqfc"/>
+                <w:rFonts w:ascii="inherit" w:hAnsi="inherit"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыстарының көрмесі   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>– 11.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
+        <w:trPr>
+          <w:trHeight w:val="537"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0" w:right="-87" w:hanging="1101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00027F40" w:rsidRDefault="00FF070C" w:rsidP="00CC6AB4">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00027F40">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шығармашылық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>зертхана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF070C" w:rsidTr="00335998">
-[...2 lines deleted...]
-            <w:tcW w:w="568" w:type="dxa"/>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="0074304A" w:rsidRDefault="00FF070C" w:rsidP="0074304A">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="006873DD">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0" w:right="-87" w:hanging="1101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...23 lines deleted...]
-              <w:t>10</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00027F40">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="33" w:hanging="33"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
-              </w:rPr>
-[...13 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ мәдениетіндегі, түрлі халықтардың мәдениетіндегі және қоғамдық тамақтану орындарындағы дастархандағы мінез-құлық ережелері" көркем еңбегі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="009F132F">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Дегтярева Галина Сергеевна,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00514376">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Абеева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Бибинур</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Норубикимовна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF070C">
-[...13 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00CC6AB4">
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем еңбек </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00CC6AB4">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00CC6AB4">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...15 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00F3776C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="00F44606">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00F3776C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.35-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00FF070C">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="-72"/>
-              <w:jc w:val="center"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00FF070C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="-72"/>
-              <w:jc w:val="center"/>
-[...12 lines deleted...]
-              <w:t>6 А класс</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>каб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 39, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:ind w:left="-72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF070C" w:rsidTr="00FF070C">
-[...5 lines deleted...]
-            <w:tcW w:w="568" w:type="dxa"/>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="0074304A" w:rsidRDefault="00FF070C" w:rsidP="0074304A">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="0074304A" w:rsidRDefault="00FF070C" w:rsidP="0074304A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="0074304A" w:rsidP="00027F40">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әлемді тану және әдеби </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қу "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>арышкерлерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. "Ғарышкерлер </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>айтады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>. Юрий Гагарин"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="009F132F">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Кучук</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF070C">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Гульнара </w:t>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Гульнара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Саматовна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="009F132F">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Нургазинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Динара </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ахажановна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00E47C07">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF070C">
-[...21 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00CC6AB4">
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бастауыш сынып мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00CC6AB4">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00CC6AB4">
-[...23 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00027F40">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00027F40">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.35-12.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00027F40">
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF070C">
-[...19 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="0074304A" w:rsidRDefault="00FF070C" w:rsidP="0074304A">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>каб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="00F44606">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...13 lines deleted...]
-            <w:tcW w:w="2410" w:type="dxa"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4 «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="006B2696">
-[...178 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00027F40">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="006873DD">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00027F40">
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жаратылыстану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылымдары.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сыныптан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іс-шара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Гайбель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Татьяна Игоревна, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>география мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>імі,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Канаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жумагуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Маулетчановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хими</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00027F40">
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.35-12.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF070C">
-[...31 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00027F40">
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...15 lines deleted...]
-              <w:t>Рефлексия</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>каб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 22,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6 –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidTr="00335998">
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
         <w:trPr>
           <w:trHeight w:val="1022"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FF070C" w:rsidRPr="0074304A" w:rsidRDefault="00FF070C" w:rsidP="0074304A">
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="0074304A" w:rsidRDefault="00FF070C" w:rsidP="0074304A">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="0074304A" w:rsidRDefault="00FF070C" w:rsidP="0074304A">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="006873DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>13</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00151F9F">
-[...29 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="006873DD" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006873DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Ақылды гимнастика" нейро-жаттығулары ТНР бар балаларды түзету құралы ретінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00151F9F">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00FF070C">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>огопед</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – дефектолог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="006873DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Набиева Светлана </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FF070C">
+            <w:r w:rsidRPr="003329F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Фларитовна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FF070C">
-[...5 lines deleted...]
-              <w:t>, педагог ассистент Дмитриева Наталья Викторовна</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="006873DD" w:rsidRDefault="002B790A" w:rsidP="006873DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мұғалімнің көмекшесі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дмитриева Наталья Викторовна, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Лизавета Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.35-12.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="008410BE">
-[...56 lines deleted...]
-            <w:tcW w:w="709" w:type="dxa"/>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәжіліс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> залы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00027F40">
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="006873DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Актовый зал</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рефлексия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidTr="00E47C07">
+      <w:tr w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidTr="00F44606">
         <w:trPr>
-          <w:trHeight w:val="887"/>
+          <w:trHeight w:val="747"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...10 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="006873DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...20 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="006873DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"Күн сәулесі"арт-терапиялық жаттығуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> Елизавета Владимировна</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="006873DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектеп </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>психолог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мошняга Галина Петровна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="00F44606">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-12.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...43 lines deleted...]
-            <w:r w:rsidRPr="00FF070C">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="006873DD">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәжіліс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> залы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B790A" w:rsidRPr="00F44606" w:rsidTr="00F44606">
+        <w:trPr>
+          <w:trHeight w:val="653"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="006873DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="006873DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
-            </w:r>
-[...72 lines deleted...]
-              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00027F40">
-[...19 lines deleted...]
-            <w:tcW w:w="2693" w:type="dxa"/>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қорытынды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00765B28">
-[...68 lines deleted...]
-              <w:t xml:space="preserve"> методическим кабинетом</w:t>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003329F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нурахметова Ш.С. әдістемелік кабинетінің меңгерушісінің м.а</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002B790A" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12.35-12.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF070C" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="008410BE">
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="002B790A" w:rsidRPr="003329F6" w:rsidRDefault="002B790A" w:rsidP="003329F6">
+            <w:pPr>
+              <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009E559F" w:rsidRPr="00FF070C" w:rsidRDefault="00FF070C" w:rsidP="00CE667A">
+    <w:p w:rsidR="00F44606" w:rsidRDefault="00F44606" w:rsidP="00CE667A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:i/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="009E559F" w:rsidRPr="00F44606" w:rsidRDefault="006873DD" w:rsidP="00CE667A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F44606">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="0070C0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Кофе-брейк   </w:t>
       </w:r>
-      <w:r w:rsidR="00E47C07" w:rsidRPr="00FF070C">
+      <w:r w:rsidR="00F44606" w:rsidRPr="00F44606">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="0070C0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Кофе – брейк 12.45 – 12.55</w:t>
+        <w:t>12.40-12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44606">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>50</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00514376" w:rsidRDefault="00514376" w:rsidP="00CE667A"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00514376" w:rsidSect="00E47C07">
+    <w:p w:rsidR="00CE7804" w:rsidRPr="003329F6" w:rsidRDefault="00CE7804" w:rsidP="00CE667A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CE7804" w:rsidRPr="003329F6" w:rsidSect="003329F6">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="709" w:right="1440" w:bottom="426" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:num="2" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...1 lines deleted...]
-    <w:p w:rsidR="00F1674C" w:rsidRDefault="00F1674C" w:rsidP="00263222">
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00DE3F37" w:rsidRDefault="00DE3F37" w:rsidP="00263222">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F1674C" w:rsidRDefault="00F1674C" w:rsidP="00263222">
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00DE3F37" w:rsidRDefault="00DE3F37" w:rsidP="00263222">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="inherit">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...1 lines deleted...]
-    <w:p w:rsidR="00F1674C" w:rsidRDefault="00F1674C" w:rsidP="00263222">
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00DE3F37" w:rsidRDefault="00DE3F37" w:rsidP="00263222">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F1674C" w:rsidRDefault="00F1674C" w:rsidP="00263222">
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00DE3F37" w:rsidRDefault="00DE3F37" w:rsidP="00263222">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p w:rsidR="00762FC9" w:rsidRPr="00762FC9" w:rsidRDefault="00762FC9">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                  </w:t>
+      <w:t xml:space="preserve">                  </w:t>
+    </w:r>
+    <w:r w:rsidR="00333AC7">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve">                               </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009E559F"/>
-    <w:rsid w:val="0002427D"/>
     <w:rsid w:val="00027F40"/>
-    <w:rsid w:val="000719DD"/>
+    <w:rsid w:val="00052604"/>
+    <w:rsid w:val="00071A54"/>
     <w:rsid w:val="0009065F"/>
-    <w:rsid w:val="000C5A36"/>
-    <w:rsid w:val="00140CD7"/>
+    <w:rsid w:val="000D5011"/>
+    <w:rsid w:val="000F4D4C"/>
+    <w:rsid w:val="00124E88"/>
     <w:rsid w:val="00151F9F"/>
     <w:rsid w:val="00175998"/>
-    <w:rsid w:val="00177DB9"/>
     <w:rsid w:val="00192804"/>
-    <w:rsid w:val="00206EDB"/>
-    <w:rsid w:val="00254559"/>
     <w:rsid w:val="00263222"/>
-    <w:rsid w:val="002711D4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003E2D52"/>
+    <w:rsid w:val="00291B67"/>
+    <w:rsid w:val="002B790A"/>
+    <w:rsid w:val="003329F6"/>
+    <w:rsid w:val="00333AC7"/>
+    <w:rsid w:val="0037499E"/>
+    <w:rsid w:val="00397688"/>
+    <w:rsid w:val="003E334C"/>
     <w:rsid w:val="003F3945"/>
     <w:rsid w:val="00407026"/>
+    <w:rsid w:val="00421EF1"/>
     <w:rsid w:val="00452C5C"/>
-    <w:rsid w:val="0046309A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004B62EF"/>
+    <w:rsid w:val="00453C37"/>
     <w:rsid w:val="004F6164"/>
-    <w:rsid w:val="00514376"/>
+    <w:rsid w:val="0053409B"/>
     <w:rsid w:val="00561E99"/>
-    <w:rsid w:val="0058433B"/>
     <w:rsid w:val="005849B6"/>
-    <w:rsid w:val="006003B6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00683F22"/>
+    <w:rsid w:val="006873DD"/>
+    <w:rsid w:val="006A1E78"/>
     <w:rsid w:val="006B2696"/>
-    <w:rsid w:val="0073544A"/>
-    <w:rsid w:val="0074304A"/>
+    <w:rsid w:val="00755C5A"/>
     <w:rsid w:val="00762FC9"/>
-    <w:rsid w:val="00765B28"/>
     <w:rsid w:val="00786AF0"/>
-    <w:rsid w:val="007A618D"/>
+    <w:rsid w:val="00792838"/>
     <w:rsid w:val="007B7895"/>
-    <w:rsid w:val="008410BE"/>
+    <w:rsid w:val="007C0776"/>
     <w:rsid w:val="00846FC2"/>
-    <w:rsid w:val="00857295"/>
-    <w:rsid w:val="008C4E39"/>
+    <w:rsid w:val="00872546"/>
     <w:rsid w:val="008E0810"/>
-    <w:rsid w:val="008E1D47"/>
     <w:rsid w:val="008F186E"/>
+    <w:rsid w:val="0090337E"/>
+    <w:rsid w:val="00942E47"/>
     <w:rsid w:val="009E559F"/>
     <w:rsid w:val="009F132F"/>
     <w:rsid w:val="00A01DF3"/>
-    <w:rsid w:val="00A35CE0"/>
     <w:rsid w:val="00A47A7D"/>
-    <w:rsid w:val="00A62A60"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00CA4522"/>
+    <w:rsid w:val="00AD6051"/>
+    <w:rsid w:val="00B31EE4"/>
+    <w:rsid w:val="00BD06DC"/>
+    <w:rsid w:val="00BE5A2B"/>
+    <w:rsid w:val="00BF20D3"/>
+    <w:rsid w:val="00CB5F07"/>
+    <w:rsid w:val="00CC6837"/>
     <w:rsid w:val="00CC6AB4"/>
     <w:rsid w:val="00CD40D3"/>
+    <w:rsid w:val="00CD44B3"/>
     <w:rsid w:val="00CE667A"/>
-    <w:rsid w:val="00CE6C64"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D909D9"/>
+    <w:rsid w:val="00CE7804"/>
+    <w:rsid w:val="00D7432B"/>
+    <w:rsid w:val="00DA1208"/>
+    <w:rsid w:val="00DC3FF7"/>
     <w:rsid w:val="00DD3FAC"/>
+    <w:rsid w:val="00DE3F37"/>
     <w:rsid w:val="00DF1500"/>
     <w:rsid w:val="00DF3D60"/>
-    <w:rsid w:val="00DF6EDE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E502A6"/>
+    <w:rsid w:val="00E3660E"/>
     <w:rsid w:val="00E624A1"/>
     <w:rsid w:val="00E64572"/>
-    <w:rsid w:val="00EB61C2"/>
-    <w:rsid w:val="00F1674C"/>
     <w:rsid w:val="00F3776C"/>
-    <w:rsid w:val="00F61B9C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FF6A44"/>
+    <w:rsid w:val="00F44606"/>
+    <w:rsid w:val="00FF303E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="59A91D84"/>
-  <w15:docId w15:val="{0922FCEC-CC76-4F97-9290-7EE36A96EA06}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004F6164"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009E559F"/>
     <w:pPr>
@@ -6186,58 +7057,65 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009E559F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="009E559F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DF1500"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F3776C"/>
     <w:pPr>
       <w:ind w:left="720"/>
@@ -6279,55 +7157,147 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00263222"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00263222"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0053409B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0053409B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
+    <w:name w:val="y2iqfc"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="0053409B"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="840630833">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="844904545">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2137526355">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Изящная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="B13F9A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F4E7ED"/>
       </a:lt2>
       <a:accent1>
@@ -6584,78 +7554,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{105E7B7A-AE15-45DF-AE73-CD359C80C8A0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C81F90E0-0A4F-4F96-AF88-7E66AE8F2840}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>630</Words>
-  <Characters>3593</Characters>
+  <Words>614</Words>
+  <Characters>3505</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4215</CharactersWithSpaces>
+  <CharactersWithSpaces>4111</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Laila</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>