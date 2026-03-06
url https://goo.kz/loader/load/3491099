--- v0 (2025-12-13)
+++ v1 (2026-03-06)
@@ -1,523 +1,693 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="0687CB8F" w14:textId="77777777" w:rsidR="00D95313" w:rsidRDefault="00D95313" w:rsidP="00D95313">
+    <w:p w14:paraId="3E8389F9" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRPr="00B96DFF" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2298F21C" w14:textId="77777777" w:rsidR="00D95313" w:rsidRPr="004149C7" w:rsidRDefault="00D95313" w:rsidP="00D95313">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5750DFB6" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRPr="004149C7" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004149C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Результаты конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A3232E" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004149C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на занятие вакантной должности </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1189824A" w14:textId="6F2A36DA" w:rsidR="00AF6EE0" w:rsidRDefault="005C1A4A" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагога - психолога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63581DE8" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="468042FE" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRPr="004149C7" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4196F1D3" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRPr="004149C7" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">№ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="004149C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="18C9D9A8" w14:textId="77777777" w:rsidR="00D95313" w:rsidRPr="004149C7" w:rsidRDefault="00D95313" w:rsidP="00D95313">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C8068A" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="12AFB596" w14:textId="5B541325" w:rsidR="00D95313" w:rsidRDefault="000B3406" w:rsidP="00D95313">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52AFC2A2" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BCAAD46" w14:textId="7DFDC109" w:rsidR="00AF6EE0" w:rsidRPr="00B96DFF" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...17 lines deleted...]
-    <w:p w14:paraId="79D5EDC4" w14:textId="77777777" w:rsidR="00D95313" w:rsidRPr="004149C7" w:rsidRDefault="00D95313" w:rsidP="00D95313">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с отсутствием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидатов, участвующих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подавших документы)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00262E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="005C1A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагога - психолога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>онкурс признается несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696629E6" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F6243BC" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47CD3B58" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="276A73B7" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39E5F7AA" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRPr="004149C7" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004149C7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465B19D6" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRPr="004149C7" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004149C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...50 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жумадилова М.С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFB01DB" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRPr="004149C7" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B83039A" w14:textId="2365097E" w:rsidR="00AF6EE0" w:rsidRPr="004149C7" w:rsidRDefault="00927E22" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...70 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004149C7">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1A4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурстық комиссияның</w:t>
-[...50 lines deleted...]
-      </w:pPr>
+        <w:t>9 марта</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidR="00AF6EE0" w:rsidRPr="004149C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004954C7">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6EE0" w:rsidRPr="004149C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...70 lines deleted...]
-    <w:sectPr w:rsidR="00D95313" w:rsidRPr="004149C7">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C2E0B00" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRPr="004149C7" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D68F9F6" w14:textId="77777777" w:rsidR="00AF6EE0" w:rsidRDefault="00AF6EE0" w:rsidP="00AF6EE0"/>
+    <w:p w14:paraId="0F4A08B2" w14:textId="77777777" w:rsidR="00996CD6" w:rsidRDefault="00996CD6"/>
+    <w:sectPr w:rsidR="00996CD6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -530,81 +700,80 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D95313"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004954C7"/>
+    <w:rsidRoot w:val="00AF6EE0"/>
+    <w:rsid w:val="005C1A4A"/>
+    <w:rsid w:val="00927E22"/>
     <w:rsid w:val="00996CD6"/>
-    <w:rsid w:val="00D95313"/>
+    <w:rsid w:val="00AF6EE0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0457D43F"/>
+  <w14:docId w14:val="6FDF534F"/>
   <w15:docId w15:val="{C8D8E815-ED25-477B-93E9-076D82F6BA74}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -958,51 +1127,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D95313"/>
+    <w:rsid w:val="00AF6EE0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -1270,65 +1439,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>63</Words>
-  <Characters>363</Characters>
+  <Words>60</Words>
+  <Characters>347</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>425</CharactersWithSpaces>
+  <CharactersWithSpaces>406</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hatchy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>