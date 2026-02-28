--- v0 (2025-12-08)
+++ v1 (2026-02-28)
@@ -1,2700 +1,5188 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="657D32FE" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00AE59FC">
+    <w:p w14:paraId="63614861" w14:textId="2E4296FB" w:rsidR="003E3EEA" w:rsidRPr="00B00AEE" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA04BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2777A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA04BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақ</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2778">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ш</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA04BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>асы</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA04BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191E2ED5" w14:textId="53C86143" w:rsidR="00B2777A" w:rsidRPr="00B00AEE" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2777A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс тілінде оқытатын тәрбиеші</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DED30E7" w14:textId="77777777" w:rsidR="00622460" w:rsidRPr="00622460" w:rsidRDefault="00622460" w:rsidP="00622460">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(уақытша, негізгі қызметкердің бала күтімі бойынша демалысы кезеңіне, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F7A129F" w14:textId="1EAB4F6D" w:rsidR="00622460" w:rsidRPr="00622460" w:rsidRDefault="00622460" w:rsidP="00622460">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00622460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00622460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2025 жылға дейін) конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F76796" w14:textId="0E483103" w:rsidR="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4DC6E5" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="6858"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009472AC" w14:paraId="35433873" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D4447E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B544EA6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C59E49C" w14:textId="593C5739" w:rsidR="004B4A7F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="004B4A7F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA04BE" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласының № </w:t>
+            </w:r>
+            <w:r w:rsidR="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA04BE" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәбилер бақшасы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004B4A7F" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КМҚК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FA41840" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007F5406" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2777A" w:rsidRPr="007F5406" w14:paraId="46E351DC" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED96E83" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26719685" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA83AC4" w14:textId="3139EA83" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Айманов көшесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2777A" w:rsidRPr="007F5406" w14:paraId="43BB2EAA" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="19C84B0D" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F3FB4E" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31FCA10D" w14:textId="455882CA" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2777A" w:rsidRPr="007F5406" w14:paraId="754C0787" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF9F969" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E22030" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BF9B2C5" w14:textId="29502BB1" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>edu.goo.kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="007F5406" w14:paraId="64C241BB" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C9CFB1" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59316056" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5649B56F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="00DA04BE" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбиеші</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,25 ставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="009472AC" w14:paraId="47035E2E" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0B609E0B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="149BD02F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="388E59CA" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="004B4A7F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="004B4A7F" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балалардың өмірі мен денсаулығын қорғауды қам</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тамасыз етеді, оларды тәрбиелеу </w:t>
+            </w:r>
+            <w:r w:rsidR="004B4A7F" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен оқытуда денсаулық сақтау технологияларын қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4817757F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="004B4A7F" w:rsidP="004B4A7F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік жалпыға міндетті білім беру ста</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ндартының талаптарына, мектепке </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейінгі тәрбие мен оқытудың үлгілік оқу жоспа</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рына сәйкес ұйымдастырылған оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызметінің кестесіне сәйкес педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>икалық процесті жүзеге асырады;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>режимдік сәттерді (таңертеңгі қабылдау, таңертең</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">гі гимнастика, күн ішінде тамақ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ішу, балалар іс-әрекетін (ойын, шығармашылық, таным</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дық, қозғалыс, бейнелеу, еңбек,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>эксперименттік, дербес және өзге), серуендеуді,</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> күндізгі ұйқыны, жеке жұмысты, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сауықтыру іс-шараларын ұйымдастырады және өткі</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зеді, заттық-дамытушылық ортаны құрады) басқарады;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балалармен жұмыс жасауда тұлғаға бағы</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тталған тәсілді жүзеге асырады;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ата-аналарға консультациялық көмекті жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="007F5406" w14:paraId="3A44C8C6" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6740EAC4" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="407B5C29" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="578B6D81" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AF4DB30" w14:textId="12037B9C" w:rsidR="008E7665" w:rsidRPr="00986C5C" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім </w:t>
+            </w:r>
+            <w:r w:rsidR="007F5406" w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00986C5C" w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>141376,92</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E897470" w14:textId="2ACF97B3" w:rsidR="008E7665" w:rsidRPr="007F5406" w:rsidRDefault="007F5406" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00986C5C" w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>49893,59</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="00986C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="007F5406" w14:paraId="65B5F043" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD736D5" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A5F8098" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CD4FA66" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6196D0DA" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="007F5406" w:rsidRDefault="004B4A7F" w:rsidP="007F5406">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімнемесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>техникалықжәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>даярлығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтіліне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қойылмайды;және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымтәрбиешісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сарапшыүшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 5жыл;және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымныңтәрбиеші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін-кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>; педагог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71D72511" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="004B4A7F" w:rsidP="007F5406">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін-кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="007F5406" w14:paraId="4F86F850" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FCF3A8C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C05B82C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22772303" w14:textId="0131CE4E" w:rsidR="00B1578A" w:rsidRPr="007F5406" w:rsidRDefault="00580913" w:rsidP="00A40329">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30.03-07.0</w:t>
+            </w:r>
+            <w:r w:rsidR="009472AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2777A" w:rsidRPr="009472AC" w14:paraId="7D3F9776" w14:textId="77777777" w:rsidTr="00070940">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2294E329" w14:textId="7EB8019E" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44DB7044" w14:textId="74230FD8" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0023BEA5" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="00B2777A" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76556614" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="00B2777A" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4539F890" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="00B2777A" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0198BB" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="00B2777A" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="444D37C4" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="00B2777A" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61614161" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="00B2777A" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B1604A5" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="00B2777A" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46BD290C" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="00B2777A" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61DC9BFB" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="007F5406" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>) Ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – ҰБТ) немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2777A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="316EA869" w14:textId="6758D83A" w:rsidR="00B2777A" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2777A" w:rsidRPr="009472AC" w14:paraId="2A4F1809" w14:textId="77777777" w:rsidTr="00B2777A">
+        <w:trPr>
+          <w:trHeight w:val="679"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07F1072F" w14:textId="3DAC18ED" w:rsidR="00B2777A" w:rsidRPr="00B2777A" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44AD3BB0" w14:textId="0E451005" w:rsidR="00B2777A" w:rsidRPr="00B2777A" w:rsidRDefault="00B2777A" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2723FA89" w14:textId="3B6A1CAD" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00622460" w:rsidP="00B2777A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00622460">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уақытша, негізгі қызметкердің бала күтімі бойынша демалысы кезеңіне, </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_Hlk120521021"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00622460">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00622460">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00622460">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00622460">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4F9D1EDB" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F1A38E8" w14:textId="77C38CFC" w:rsidR="00A40329" w:rsidRDefault="00DA04BE" w:rsidP="00A40329">
+    <w:p w14:paraId="59B599A3" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26D3F981" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D1783EF" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A2D38E5" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...101 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7C05CEB4" w14:textId="24D3FA0C" w:rsidR="00A40329" w:rsidRDefault="00A40329" w:rsidP="00A40329">
-[...76 lines deleted...]
-    <w:p w14:paraId="732C6DDB" w14:textId="2DB5D600" w:rsidR="00622460" w:rsidRDefault="00622460" w:rsidP="00A40329">
+    <w:p w14:paraId="33EC9790" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00622460">
-[...9 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="167F3838" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>25</w:t>
-[...58 lines deleted...]
-      <w:r w:rsidRPr="00622460">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="299C8C12" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>года)</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="05D7D8F6" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="004F2A50" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w14:paraId="75B64C34" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...2306 lines deleted...]
-    <w:p w14:paraId="436F7C15" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="007F5406" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="6D965389" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="007F5406" w:rsidSect="00DB5787">
+    <w:p w14:paraId="3B0F974C" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="602C0112" w14:textId="77777777" w:rsidR="004B4A7F" w:rsidRPr="00622460" w:rsidRDefault="004B4A7F" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1331EDCD" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D7C9847" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FEACE96" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E040E75" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CAB80A9" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A73AB49" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="027EEBD6" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A2A1BD3" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C7A5881" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CA21818" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11831249" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C612B85" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66CF8593" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="424446C6" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="505BE2C2" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70171B98" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="418A7E5F" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="791EC891" w14:textId="35417092" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A886F4D" w14:textId="4F22A3C7" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EF1FC14" w14:textId="246095F6" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2865BA3D" w14:textId="61A66EA8" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48EFFB39" w14:textId="39858B88" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5346A15E" w14:textId="57A97F7E" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C8CF7A4" w14:textId="67051383" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48CA66A0" w14:textId="17CFE065" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CE0351F" w14:textId="6062A31A" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4318092B" w14:textId="0C247F9B" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F400DA3" w14:textId="07580620" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56EFC048" w14:textId="46B06F02" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="799F8C4B" w14:textId="78D62103" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49BD7563" w14:textId="044D3634" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21251733" w14:textId="77777777" w:rsidR="00B2777A" w:rsidRPr="00622460" w:rsidRDefault="00B2777A" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D015C83" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2846CE8E" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F6EE392" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="657D32FE" w14:textId="77777777" w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidRDefault="007F5406" w:rsidP="005500C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007F5406" w:rsidRPr="00622460" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3445,51 +5933,50 @@
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00155384"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
@@ -3622,58 +6109,60 @@
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B4A7F"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="005500C1"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00580913"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
@@ -3706,51 +6195,50 @@
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
-    <w:rsid w:val="007451AF"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="007F5406"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
@@ -3779,117 +6267,117 @@
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="009472AC"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00986C5C"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A0925"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A26009"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE59FC"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B2777A"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
@@ -4961,66 +7449,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFA43876-6ABB-404A-A386-F6D8BDF2C704}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>705</Words>
-  <Characters>4025</Characters>
+  <Words>607</Words>
+  <Characters>3460</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4721</CharactersWithSpaces>
+  <CharactersWithSpaces>4059</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>