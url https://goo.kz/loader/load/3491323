--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,2768 +1,1680 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
+      <w:r w:rsidRPr="00737894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РЕКОМЕНДАЦИИ  И СОВЕТЫ ВЫПУСКНИКАМ, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РОДИТЕЛЯМ И УЧИТЕЛЯМ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Экзамены - это стресс и для школьников, и для учителей, и для родителей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Можно и нужно помочь выработать конструктивное отношение к ним всех участников образовательного процесса, научить воспринимать экзамен не как испытание, а как возможность проявить себя, улучшить оценки за год, приобрести экзаменационный опыт, стать более внимательными и организованными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҰСЫНЫСТАР МЕН КЕҢЕСТЕР</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="-284"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Советы родителям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...211 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Уважаемые папы и мамы!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чтобы помочь детям как можно лучше подготовиться к экзаменам, попробуйте придерживаться следующих рекомендаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...264 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обеспечьте дома удобное место для занятий, проследите, чтобы никто из домашних не мешал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...264 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Помогите детям распределить темы подготовки по дням.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...122 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Закупите различные     варианты тестовых заданий по предмету и потренируйте ребенка, ведь тестирование отличается от привычных для него письменных и устных экзаменов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...408 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во время тренировки по тестовым заданиям приучайте ребенка ориентироваться во времени и уметь его распределять. Если ребенок не носит часов, обязательно дайте ему часы на экзамен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
-[...10 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Подбадривайте детей, повышайте их уверенность в себе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
-[...10 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контролируйте режим подготовки ребенка к экзаменам, не допускайте перегрузок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
-[...10 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обратите внимание на питание ребенка. Такие продукты, как рыба, творог, орехи, курага и т.д. - стимулируют работу головного мозга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
-[...10 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Накануне экзамена обеспечьте ребенку полноценный отдых: он должен отдохнуть и как следует выспаться.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не повышайте тревожность ребенка накануне экзаменов – это отрицательно скажется на результате тестирования. Ребенок в силу возрастных особенностей может не справиться со своими эмоциями и «сорваться».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Помните: главное – снизить напряжение и тревожность ребенка и обеспечить ему подходящие условия для занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Емтихан қарсаңында балаңыздың қобалжуын тудырмаңыз – бұл тест нәтижесіне теріс әсер етеді. Бала жас ерекшеліктеріне байланысты өз эмоцияларына төтеп бере алмауы және «босатылуы» мүмкін.</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Есіңізде болсын, ең бастысы - балаңыздың күйзелісі мен қобалжуын азайту және оған дұрыс оқу ортасын қамтамасыз ету.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
-[...540 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
-[...2 lines deleted...]
-        <w:ind w:left="-284"/>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Советы выпускникам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
-[...2 lines deleted...]
-        <w:ind w:left="-284"/>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00737894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:ind w:left="-284"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>До</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00737894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:ind w:left="-284"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00737894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:ind w:left="-284"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>во</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00737894">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> время экзамена:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. За день до начала экзамена постарайся ничего не делать. Отдыхай, развлекайся и постарайся забыть о предстоящем экзамене.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Перед экзаменом обязательно хорошо выспись.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Приведи в порядок свои эмоции, соберись с мыслями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. На экзамене сядь удобно, выпрями спину. Подумай о том, что ты выше всех, умнее, хитрее и у тебя все получится. Сосредоточься на словах «Я спокоен, я совершенно спокоен». Повтори их не спеша несколько раз. Мысли отгонять не стоит, так как это вызовет дополнительное напряжение. В завершение сожми кисти в кулаки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Выполни дыхательные упражнения для снятия напряжения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- глубокий вдох через нос (4–6 секунд),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- задержка дыхания (2–3 секунды),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- спокойный длительный выдох.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Слушай внимательно, чтобы не отвлекаться в дальнейшем и не задавать лишних вопросов об оформлении тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Постарайся сосредоточиться и забыть об окружающих. Для тебя существуют только часы, регламентирующие время выполнения теста, и бланк с заданием. Торопись не спеша. Читай задания до конца. Спешка не должна приводить к тому, что ты поймешь задание по первым словам, а концовку придумаешь сам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Просмотри все вопросы и начни с тех, в ответах на которые ты не сомневаешься. Тогда ты успокоишься и войдешь в рабочий ритм. В любом тесте есть вопросы, ответы на которые ты прекрасно знаешь, только соберись с мыслями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Когда приступаешь к новому заданию, забудь всё, что было в предыдущем, — как правило, задания в тестах не связаны друг с другом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10. Не торопись уходить из аудитории, тщательно несколько раз проверь свою работу. Часто озарение приходит неожиданно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11. Стремись выполнить все задания, но помни, что на практике это нереально. Ведь тестовые задания рассчитаны на максимальный уровень трудности, а для хорошей оценки достаточно одолеть 70% заданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C64BDE" w:rsidRPr="00C64BDE" w:rsidRDefault="00C64BDE" w:rsidP="00C64BDE">
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Жауапты оқиғаға психологиялық тұрғыдан дайындалуды қалай үйренуге болады? Міне, құрметті ұстаздар, алдарыңызда тұрған тапсырманы сәтті шешуге мүмкіндік беретін бірнеше ұсыныстар:</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>• оқушыларды мемлекеттік қорытынды аттестаттауға дайындауға қатысты басшылықтың талаптарына сабырлылықпен қарауға тырысыңыз. Сіздің әр түрлі санаттағы оқушылармен мектепте жұмыс істеудегі жеткілікті тәжірибеңіз оқушыларды дайындаудағы табысты жұмысыңыздың кепілі болып табылады;</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>• әріптестерімен үнемі оң тәжірибе алмасу;</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C64BDE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>• оқушыарды мемлекеттік қорытынды аттестаттауға дайындық кезінде не мазалайтынына қызығушылық таныту. Осы сұрақтарға жауап беруге тырысыңыз;</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...174 lines deleted...]
-    <w:sectPr w:rsidR="00D747C5" w:rsidRPr="00C64BDE">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Советы учителям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как научиться </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психологически</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовить себя к ответственному событию? Вот некоторые рекомендации, которые позволят вам успешно справиться с задачей, стоящей перед вами, уважаемые учителя: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>постарайтесь спокойнее отнестись к требованиям руководства по поводу подготовки учащихся к ГИА. Ваш достаточный опыт работы в школе с различными категориями учеников является залогом Вашей успешной работы по подготовке учащихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>регулярно обменивайтесь позитивным опытом с коллегами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проявляйте интерес по поводу того, что именно волнует учащихся при подготовке к ГИА. Старайтесь отвечать на эти вопросы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>поддерживайте самооценку учащихся, отмечая каждое удачно выполненное задание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>учите детей правильно распределять свое время в процессе подготовки к ГИА, ориентируясь на индивидуальные особенности самого ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>используйте юмор во взаимодействии с учащимися. Это значительно снижает уровень тревожности и обеспечивает положительный эмоциональный комфорт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>продумайте пути взаимодействия с родителями: чтобы вы могли бы сообща сделать в процессе подготовки к ГИА, распределив ответственность между школой и семьей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>познакомьте учащихся с методикой подготовки к ГИА. Обратите внимание на возможность составления карточек, выписок по наиболее сложным темам, которые могут содержать ключевые моменты теоретических положений, схем, определений и т.п. Это поможет учащимся не только подготовиться, но и грамотно работать с текстами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>посоветуйте учащимся и их родителям, какими дополнительными источниками целесообразнее пользоваться во время подготовки к  сдаче ГИА;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737894">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уделяйте должное внимание совместному с учащимися деловому обсуждению вопросов, связанных с правилами поведения во время процедуры ГИА.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737894" w:rsidRPr="00737894" w:rsidRDefault="00737894" w:rsidP="00737894">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D747C5" w:rsidRDefault="00D747C5"/>
+    <w:sectPr w:rsidR="00D747C5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2926,73 +1838,226 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="31942A7D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5E4019C8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000679FE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C64BDE"/>
+    <w:rsidRoot w:val="004E7804"/>
+    <w:rsid w:val="004E7804"/>
+    <w:rsid w:val="00737894"/>
     <w:rsid w:val="00D747C5"/>
+    <w:rsid w:val="00E11656"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3657,65 +2722,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>817</Words>
-  <Characters>4657</Characters>
+  <Words>790</Words>
+  <Characters>4505</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
+  <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5464</CharactersWithSpaces>
+  <CharactersWithSpaces>5285</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>СОШ7</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>