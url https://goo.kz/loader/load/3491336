--- v0 (2025-12-12)
+++ v1 (2026-02-14)
@@ -2,315 +2,315 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="1F7D3028" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="1F7D3028" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D54B485" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="2D54B485" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EB7DBB9" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="3EB7DBB9" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DF5C00C" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="5DF5C00C" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1478D944" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="1478D944" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C3115EB" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="0C3115EB" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1341CB29" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="1341CB29" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65CF8F0F" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="65CF8F0F" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C7DB16B" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="0C7DB16B" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6253A70E" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="6253A70E" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36C85BAB" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="36C85BAB" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E3BFE18" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="7E3BFE18" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D207B3E" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="4D207B3E" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CE3E4E5" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="0CE3E4E5" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72AA0C0C" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="72AA0C0C" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24081DA7" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="24081DA7" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0032B131" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="0032B131" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D5EDA46" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="0D5EDA46" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10245016" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="10245016" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BE819ED" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="7BE819ED" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="786BA307" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
+    <w:p w14:paraId="786BA307" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00F95CAE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3ECACD9D" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="008552EA">
+    <w:p w14:paraId="3ECACD9D" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="008552EA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD142C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B01B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5670B546" wp14:editId="3CE7247C">
             <wp:extent cx="1022350" cy="965200"/>
             <wp:effectExtent l="19050" t="0" r="6350" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="http://bilim-pavlodar.gov.kz/media/img/site/2017/logo.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="10" name="Picture 4" descr="http://bilim-pavlodar.gov.kz/media/img/site/2017/logo.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -326,63 +326,63 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1027979" cy="970514"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:extLst>
                       <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                         <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                         </a14:hiddenFill>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00BD142C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD142C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A6F6BA9" wp14:editId="6F81F83A">
             <wp:extent cx="1026929" cy="1023126"/>
             <wp:effectExtent l="19050" t="0" r="1771" b="0"/>
             <wp:docPr id="4" name="Рисунок 1" descr="C:\Users\Admin\Desktop\WhatsApp Image 2022-03-01 at 09.44.23.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Admin\Desktop\WhatsApp Image 2022-03-01 at 09.44.23.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
@@ -392,242 +392,262 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1027574" cy="1023769"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="053ED6BB" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="008552EA">
+    <w:p w14:paraId="053ED6BB" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="008552EA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="319A9E58" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="008552EA">
+    <w:p w14:paraId="319A9E58" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="008552EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13B95476" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="008552EA">
+    <w:p w14:paraId="13B95476" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="008552EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD142C">
+      <w:r w:rsidRPr="006A48D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар қаласы білім беру бөлімі </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="47E9F913" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="008552EA">
+        <w:t>П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">авлодар қаласы білім беру бөлімі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E9F913" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="006A48D0" w:rsidRDefault="008552EA" w:rsidP="008552EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD142C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">әдістемелік кабинеті                                                               </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="76052F4E" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="008552EA">
+        <w:t>әдістемелік кабинеті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A48D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76052F4E" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="006A48D0" w:rsidRDefault="008552EA" w:rsidP="008552EA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3715"/>
         <w:gridCol w:w="3715"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008552EA" w:rsidRPr="00BD142C" w14:paraId="52358E22" w14:textId="77777777" w:rsidTr="007E1AC8">
+      <w:tr w:rsidR="008552EA" w:rsidRPr="006A6191" w14:paraId="52358E22" w14:textId="77777777" w:rsidTr="007E1AC8">
         <w:trPr>
           <w:trHeight w:val="1307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF4C8A2" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00371256">
+          <w:p w14:paraId="3FF4C8A2" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00371256">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC1CE16" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00371256">
+          <w:p w14:paraId="2CC1CE16" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="007E1AC8" w:rsidRDefault="008552EA" w:rsidP="00371256">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD142C">
+            <w:r w:rsidRPr="007E1AC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бекітемін</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A9CD7DF" w14:textId="51F0B170" w:rsidR="007E1AC8" w:rsidRPr="00BD142C" w:rsidRDefault="007E1AC8" w:rsidP="007E1AC8">
+          <w:p w14:paraId="2A9CD7DF" w14:textId="51F0B170" w:rsidR="007E1AC8" w:rsidRPr="00305F4C" w:rsidRDefault="007E1AC8" w:rsidP="007E1AC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD142C">
+            <w:r w:rsidRPr="00305F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Әдістемелік кабинетінің</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E125895" w14:textId="77777777" w:rsidR="007E1AC8" w:rsidRPr="00BD142C" w:rsidRDefault="007E1AC8" w:rsidP="007E1AC8">
+          <w:p w14:paraId="5E125895" w14:textId="77777777" w:rsidR="007E1AC8" w:rsidRPr="00BC7922" w:rsidRDefault="007E1AC8" w:rsidP="007E1AC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD142C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>меңгерушісінің м.а.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0624F0C6" w14:textId="1A0B0C69" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="007E1AC8" w:rsidP="007E1AC8">
+          <w:p w14:paraId="0624F0C6" w14:textId="1A0B0C69" w:rsidR="008552EA" w:rsidRDefault="007E1AC8" w:rsidP="007E1AC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD142C">
+            <w:r w:rsidRPr="003B4AD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09C35FA9" wp14:editId="2739964F">
                   <wp:extent cx="495300" cy="276225"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1027" name="Picture 3"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1027" name="Picture 3"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
@@ -641,3203 +661,2205 @@
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="495300" cy="276225"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:effectLst/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r w:rsidRPr="00BD142C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ш.С. Нурахметова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008552EA" w:rsidRPr="00BD142C" w14:paraId="23E8F530" w14:textId="77777777" w:rsidTr="007E1AC8">
+      <w:tr w:rsidR="008552EA" w14:paraId="23E8F530" w14:textId="77777777" w:rsidTr="007E1AC8">
         <w:trPr>
           <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9A7CA6" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00371256">
+          <w:p w14:paraId="6B9A7CA6" w14:textId="77777777" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00371256">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20ACE564" w14:textId="7F5DF9E7" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="00371256">
+          <w:p w14:paraId="20ACE564" w14:textId="7F5DF9E7" w:rsidR="008552EA" w:rsidRDefault="008552EA" w:rsidP="00371256">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD142C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="006A6191" w:rsidRPr="00BD142C">
+            <w:r w:rsidR="006A6191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007E1AC8" w:rsidRPr="00BD142C">
+            <w:r w:rsidR="007E1AC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="006A6191" w:rsidRPr="00BD142C">
+            <w:r w:rsidR="006A6191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD142C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">» </w:t>
             </w:r>
-            <w:r w:rsidR="007E1AC8" w:rsidRPr="00BD142C">
+            <w:r w:rsidR="007E1AC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>сәуір</w:t>
             </w:r>
-            <w:r w:rsidR="006A6191" w:rsidRPr="00BD142C">
+            <w:r w:rsidR="006A6191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD142C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="006A6191" w:rsidRPr="00BD142C">
+            <w:r w:rsidR="006A6191">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD142C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B12ED55" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BD142C" w:rsidRDefault="008552EA" w:rsidP="008552EA">
+    <w:p w14:paraId="3B12ED55" w14:textId="77777777" w:rsidR="008552EA" w:rsidRPr="00BC7922" w:rsidRDefault="008552EA" w:rsidP="008552EA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD142C">
+      <w:r w:rsidRPr="00305F4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78558823" w14:textId="77777777" w:rsidR="006B1EB2" w:rsidRPr="00BD142C" w:rsidRDefault="006B1EB2" w:rsidP="008552EA">
+    <w:p w14:paraId="35AD32C2" w14:textId="7CAD09B6" w:rsidR="008552EA" w:rsidRPr="008552EA" w:rsidRDefault="008552EA" w:rsidP="008552EA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BD142C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008552EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BD142C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Семинар-практикум для </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6191">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BD142C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогов-ассистентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50810861" w14:textId="00B8D785" w:rsidR="008552EA" w:rsidRPr="008552EA" w:rsidRDefault="008552EA" w:rsidP="008552EA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008552EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BD142C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="006A6191">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BD142C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Роль педагога-ассистента в работе с учащимися с ООП в рамках инклюзивного образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008552EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="4024CF3D" w14:textId="123232AB" w:rsidR="006B1EB2" w:rsidRPr="00BD142C" w:rsidRDefault="006B1EB2" w:rsidP="006B1EB2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2391B55A" w14:textId="1CFA18E0" w:rsidR="00431881" w:rsidRDefault="008552EA" w:rsidP="00431881">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC5364">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5364">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00686481">
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обмен </w:t>
+      </w:r>
+      <w:r w:rsidR="00686481" w:rsidRPr="00431881">
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...8 lines deleted...]
-          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">опытом, </w:t>
+      </w:r>
+      <w:r w:rsidR="00431881" w:rsidRPr="00431881">
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...191 lines deleted...]
-    <w:p w14:paraId="68A039D8" w14:textId="77777777" w:rsidR="006B1EB2" w:rsidRPr="00BD142C" w:rsidRDefault="006B1EB2" w:rsidP="00431881">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>формирование у педагогов-ассистентов психолого-педагогической компетенции для работы с детьми с ООП в общеобразовательной школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6E9C94" w14:textId="23AC49A3" w:rsidR="008552EA" w:rsidRPr="00F95CAE" w:rsidRDefault="008552EA" w:rsidP="00431881">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95CAE">
+        <w:rPr>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задачи: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D730164" w14:textId="3A4B5A4D" w:rsidR="008552EA" w:rsidRDefault="00686481" w:rsidP="008552EA">
+      <w:pPr>
+        <w:pStyle w:val="c16"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2A94C065" w14:textId="6A022525" w:rsidR="006B1EB2" w:rsidRPr="00BD142C" w:rsidRDefault="006B1EB2" w:rsidP="00431881">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Повышение творческой активности педагогов-ассистентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0994175B" w14:textId="7F55668C" w:rsidR="00686481" w:rsidRDefault="00686481" w:rsidP="008552EA">
+      <w:pPr>
+        <w:pStyle w:val="c16"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Выявление, обобщение и распространение опыта, демонстрация приемов и форм работы педагога-ассистента в инклюзивной практике</w:t>
+      </w:r>
+      <w:r w:rsidR="00431881">
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A19C48C" w14:textId="7996137C" w:rsidR="00686481" w:rsidRDefault="00686481" w:rsidP="00686481">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
+          <w:rStyle w:val="c2"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...295 lines deleted...]
-    <w:p w14:paraId="202526C3" w14:textId="37D398BE" w:rsidR="006B1EB2" w:rsidRPr="00BD142C" w:rsidRDefault="006B1EB2" w:rsidP="006B1EB2">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D767A14" w14:textId="613EE407" w:rsidR="00686481" w:rsidRDefault="00686481" w:rsidP="00686481">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
+          <w:rStyle w:val="c2"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1015EDB1" w14:textId="77777777" w:rsidR="006B1EB2" w:rsidRPr="00BD142C" w:rsidRDefault="006B1EB2" w:rsidP="006B1EB2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686481">
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Участники семинара-практикума:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагоги-ассистенты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A845431" w14:textId="21A71397" w:rsidR="008552EA" w:rsidRDefault="00686481" w:rsidP="00686481">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
+          <w:rStyle w:val="c2"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686481">
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Форма проведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="719CF09B" w14:textId="77777777" w:rsidR="006B1EB2" w:rsidRPr="00BD142C" w:rsidRDefault="006B1EB2" w:rsidP="006B1EB2">
+        </w:rPr>
+        <w:t>: семинар-практикум</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A743F3" w14:textId="77777777" w:rsidR="00686481" w:rsidRPr="00F95CAE" w:rsidRDefault="00686481" w:rsidP="00686481">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C595F3F" w14:textId="488AB917" w:rsidR="008552EA" w:rsidRPr="008552EA" w:rsidRDefault="008552EA" w:rsidP="008552EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008552EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата проведения: </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="006A6191">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.04</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008552EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2023 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA7CCE7" w14:textId="523CFF73" w:rsidR="008552EA" w:rsidRPr="008552EA" w:rsidRDefault="008552EA" w:rsidP="008552EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008552EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Регистрация: </w:t>
+      </w:r>
+      <w:r w:rsidR="003C7EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.10-8.25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F6C8BAB" w14:textId="6FA60B69" w:rsidR="008552EA" w:rsidRPr="008552EA" w:rsidRDefault="008552EA" w:rsidP="008552EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008552EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Время проведения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008552EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C7EA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.30</w:t>
+      </w:r>
+      <w:r w:rsidR="00F55A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008552EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5236D91D" w14:textId="2FF4C58C" w:rsidR="008552EA" w:rsidRPr="008552EA" w:rsidRDefault="008552EA" w:rsidP="008552EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008552EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Место: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008552EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ «СОШ им. А. Байт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008552EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...285 lines deleted...]
-    <w:p w14:paraId="4F3015B4" w14:textId="77777777" w:rsidR="00BD142C" w:rsidRPr="00BD142C" w:rsidRDefault="00BD142C" w:rsidP="00BE4489">
+        <w:t>ұрсынұлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008552EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инновационного типа», </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00686481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ул.Лермонтова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00686481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 93/1.  (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008552EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>актовый зал</w:t>
+      </w:r>
+      <w:r w:rsidR="006A6191">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, кабинеты</w:t>
+      </w:r>
+      <w:r w:rsidR="00686481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519DCBD0" w14:textId="77777777" w:rsidR="00686481" w:rsidRDefault="00686481" w:rsidP="000567B0">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rStyle w:val="c2"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A1AED52" w14:textId="77777777" w:rsidR="00BD142C" w:rsidRDefault="00BD142C" w:rsidP="00BE4489">
+    <w:p w14:paraId="183CDCDC" w14:textId="2DA0D21D" w:rsidR="008104FA" w:rsidRPr="000567B0" w:rsidRDefault="008104FA" w:rsidP="000567B0">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rStyle w:val="c2"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="7E543AAA" w14:textId="77777777" w:rsidR="00BD142C" w:rsidRDefault="00BD142C" w:rsidP="00BE4489">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000567B0">
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Программа семинара-практикума</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA97BA0" w14:textId="60829016" w:rsidR="006F1895" w:rsidRPr="008552EA" w:rsidRDefault="006F1895" w:rsidP="00BA46B2">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
-        <w:jc w:val="center"/>
-        <w:rPr>
+        <w:rPr>
+          <w:rStyle w:val="c2"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...31 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="7371" w:type="dxa"/>
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="458"/>
         <w:gridCol w:w="1218"/>
         <w:gridCol w:w="2611"/>
         <w:gridCol w:w="3084"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F95CAE" w:rsidRPr="002342C5" w14:paraId="14248C93" w14:textId="77777777" w:rsidTr="00F55A49">
+      <w:tr w:rsidR="00F95CAE" w:rsidRPr="00F95CAE" w14:paraId="14248C93" w14:textId="77777777" w:rsidTr="00F55A49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="458" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72D52B09" w14:textId="40832C23" w:rsidR="00F95CAE" w:rsidRPr="00BD142C" w:rsidRDefault="00F95CAE" w:rsidP="000567B0">
+          <w:p w14:paraId="72D52B09" w14:textId="40832C23" w:rsidR="00F95CAE" w:rsidRPr="000567B0" w:rsidRDefault="00F95CAE" w:rsidP="000567B0">
             <w:pPr>
               <w:pStyle w:val="c16"/>
               <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD142C">
+            <w:r w:rsidRPr="000567B0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76E0EEE1" w14:textId="490B3D21" w:rsidR="00F95CAE" w:rsidRPr="00BD142C" w:rsidRDefault="00BE4489" w:rsidP="000567B0">
+          <w:p w14:paraId="76E0EEE1" w14:textId="0340FED4" w:rsidR="00F95CAE" w:rsidRPr="000567B0" w:rsidRDefault="00F95CAE" w:rsidP="000567B0">
             <w:pPr>
               <w:pStyle w:val="c16"/>
               <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BD142C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000567B0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Уақыты</w:t>
+              </w:rPr>
+              <w:t>Время</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E391C42" w14:textId="34949360" w:rsidR="00F95CAE" w:rsidRPr="00BD142C" w:rsidRDefault="00BE4489" w:rsidP="000567B0">
+          <w:p w14:paraId="2E391C42" w14:textId="637FA7D8" w:rsidR="00F95CAE" w:rsidRPr="000567B0" w:rsidRDefault="00F95CAE" w:rsidP="000567B0">
             <w:pPr>
               <w:pStyle w:val="c16"/>
               <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BD142C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000567B0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Орындалатын тақырып</w:t>
+              </w:rPr>
+              <w:t>Тема выступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3084" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AA490AF" w14:textId="77777777" w:rsidR="00BE4489" w:rsidRPr="00BD142C" w:rsidRDefault="00BE4489" w:rsidP="000567B0">
+          <w:p w14:paraId="2A8CCDC6" w14:textId="65FC59DF" w:rsidR="00F95CAE" w:rsidRPr="000567B0" w:rsidRDefault="00F95CAE" w:rsidP="000567B0">
             <w:pPr>
               <w:pStyle w:val="c16"/>
               <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BD142C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000567B0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="2A8CCDC6" w14:textId="39694ABB" w:rsidR="00F95CAE" w:rsidRPr="00BD142C" w:rsidRDefault="00BE4489" w:rsidP="000567B0">
+              </w:rPr>
+              <w:t>Ф.И.О. выступающего/должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F4AE8" w:rsidRPr="00F95CAE" w14:paraId="198B2FEB" w14:textId="77777777" w:rsidTr="008552EA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E62E4F" w14:textId="33C42A4C" w:rsidR="004F4AE8" w:rsidRPr="00BA4F4D" w:rsidRDefault="004F4AE8" w:rsidP="004F4AE8">
             <w:pPr>
               <w:pStyle w:val="c16"/>
               <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BD142C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F95CAE" w:rsidRPr="00BD142C">
+              </w:rPr>
+              <w:t xml:space="preserve">Выступление </w:t>
+            </w:r>
+            <w:r w:rsidR="00F55A49">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(актовый зал)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F95CAE" w:rsidRPr="00F95CAE" w14:paraId="0D6FA55A" w14:textId="77777777" w:rsidTr="00F55A49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9E5CDE" w14:textId="3FDE5597" w:rsidR="00F95CAE" w:rsidRPr="00F95CAE" w:rsidRDefault="008552EA" w:rsidP="00BA46B2">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="695D8863" w14:textId="52E4157B" w:rsidR="00F95CAE" w:rsidRPr="00F95CAE" w:rsidRDefault="003C7EA2" w:rsidP="00BA46B2">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>8.30-8.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2611" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="444632B4" w14:textId="22870A28" w:rsidR="00A25C9B" w:rsidRPr="00F95CAE" w:rsidRDefault="00AB0F49" w:rsidP="00BA46B2">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A25C9B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A25C9B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Психолого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A25C9B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – педагогическое сопровождение детей с ООП»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE0D25E" w14:textId="45A62FA1" w:rsidR="00F95CAE" w:rsidRPr="00F95CAE" w:rsidRDefault="00F55A49" w:rsidP="00F55A49">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ш</w:t>
+            </w:r>
+            <w:r w:rsidR="00686481">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>олпан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00686481">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidR="00686481">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>аменовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007E1AC8">
+              <w:t>и.о.заведующ</w:t>
+            </w:r>
+            <w:r w:rsidR="002E6CF6">
+              <w:t>ей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007E1AC8">
+              <w:t xml:space="preserve"> методического кабинета ГОО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F55A49">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г. Павлодара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00830181" w:rsidRPr="00F95CAE" w14:paraId="71EAC0F1" w14:textId="77777777" w:rsidTr="00F55A49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9780C3" w14:textId="55F8CC72" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2533A171" w14:textId="7B05AF41" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>8.40-8.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2611" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C53568" w14:textId="36D91C6A" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Э</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830181">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>лементы психологического тренинга " секреты общения"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="509EA9F3" w14:textId="4B90D5D4" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сидорова Ольга Викторовна, психолог школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00830181" w:rsidRPr="00F95CAE" w14:paraId="0BD67707" w14:textId="77777777" w:rsidTr="00F55A49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F271A22" w14:textId="6F5EDA02" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2232D0" w14:textId="5F264677" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>8.50-9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2611" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0432B3" w14:textId="59DBF77F" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Система работы педагогов-ассистентов в КГУ «СОШ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008552EA">
+              <w:t xml:space="preserve">инновационного типа </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">имени </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008552EA">
+              <w:t>А. Байт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008552EA">
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD142C">
+              <w:t>ұрсынұлы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1002F0" w14:textId="01E0589A" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Шкрет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Екатерина Николаевна, ЗР по УВР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00830181" w:rsidRPr="00F95CAE" w14:paraId="535C9BF0" w14:textId="77777777" w:rsidTr="00F55A49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA0FB3E" w14:textId="03EF6249" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D36019" w14:textId="7C91E162" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>9.00-9.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2611" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F1A9279" w14:textId="27B829E5" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007601A0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация деятельности педагогов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007601A0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ассистентов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C2C6E4" w14:textId="12BCCC33" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk132102593"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007601A0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Жусупова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007601A0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сауле </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007601A0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сериковна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007601A0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>уководитель коррекционного центра развития</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00830181" w:rsidRPr="00F95CAE" w14:paraId="61632910" w14:textId="77777777" w:rsidTr="00BA24E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0964216E" w14:textId="6069429A" w:rsidR="00830181" w:rsidRPr="00686481" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>лауазымы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686481">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Открытые уроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F4AE8" w:rsidRPr="00BD142C" w14:paraId="198B2FEB" w14:textId="77777777" w:rsidTr="008552EA">
+      <w:tr w:rsidR="00830181" w:rsidRPr="00F95CAE" w14:paraId="4A3A4206" w14:textId="77777777" w:rsidTr="006A6A55">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D72A5E" w14:textId="64325DDA" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EAF3A72" w14:textId="77777777" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>9.35-10.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51BFED52" w14:textId="77777777" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33812C5E" w14:textId="3CAD6F60" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Каб№45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2611" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B9DB476" w14:textId="2C463895" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Английский язык во 2Д классе.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF57F14" w14:textId="1118D8AB" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="013CC6A8" w14:textId="27823388" w:rsidR="00830181" w:rsidRPr="002732E9" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Тема</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002732E9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>: «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>What can animals do</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002732E9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>?»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D8FF247" w14:textId="35AEBD37" w:rsidR="00830181" w:rsidRPr="002732E9" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F57BBCC" w14:textId="77777777" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Шакирова Алена Александровна, учитель английского языка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02486843" w14:textId="77777777" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EEC5E7B" w14:textId="4575419C" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Шумалеева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Анеля</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Ринатовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, педагог-ассистент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00830181" w:rsidRPr="00F95CAE" w14:paraId="79612D84" w14:textId="77777777" w:rsidTr="00830181">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3803CEC6" w14:textId="7BE245E9" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC644C8" w14:textId="77777777" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>9.35-10.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EFF5E41" w14:textId="77777777" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05205FAB" w14:textId="78A56D92" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Каб№11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2611" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA0BED8" w14:textId="77777777" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Обучение грамоте в 1А классе.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E6B643A" w14:textId="77777777" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A9C088C" w14:textId="76E8CFCC" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Тема: «Слова с Ь знаком»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4602DF83" w14:textId="26EAD938" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="189123E0" w14:textId="77777777" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Дядченко Евгения Леонидовна, учитель начальных классов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="674A0714" w14:textId="77777777" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="426038FE" w14:textId="5DFFF1A6" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Иванько Любовь Николаевна, педагог-ассистент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00830181" w:rsidRPr="00F95CAE" w14:paraId="16A1375A" w14:textId="77777777" w:rsidTr="005D6720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="00E62E4F" w14:textId="3D43B53C" w:rsidR="004F4AE8" w:rsidRPr="00BD142C" w:rsidRDefault="00BE4489" w:rsidP="004F4AE8">
+          <w:p w14:paraId="55ED9606" w14:textId="25805B6D" w:rsidR="00830181" w:rsidRPr="00686481" w:rsidRDefault="00830181" w:rsidP="00830181">
             <w:pPr>
               <w:pStyle w:val="c16"/>
               <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD142C">
+            <w:r w:rsidRPr="00686481">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+              <w:t>Подведение итогов семинара-практикума</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00830181" w:rsidRPr="00F95CAE" w14:paraId="0152C165" w14:textId="77777777" w:rsidTr="00F55A49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9096D6" w14:textId="5ED1F830" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47F78C46" w14:textId="1DD6F347" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>11.20-11.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2611" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ECD2EEB" w14:textId="0079D805" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Обратная связь «Облако слов»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="208DF73E" w14:textId="6EBD1B2A" w:rsidR="00830181" w:rsidRPr="00F95CAE" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Мисюль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Яна Александровна, учитель начальных классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00830181" w:rsidRPr="00F95CAE" w14:paraId="2954487D" w14:textId="77777777" w:rsidTr="00F55A49">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="723AC569" w14:textId="216DAF3D" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1218" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53B43EA9" w14:textId="7D68FE41" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>11.30-11.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2611" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D4BA6D" w14:textId="46F83D6B" w:rsidR="00830181" w:rsidRPr="00431881" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00431881">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Подведение итогов семинара-практикума</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3000CA0E" w14:textId="536E0DAE" w:rsidR="00830181" w:rsidRDefault="00830181" w:rsidP="00830181">
+            <w:pPr>
+              <w:pStyle w:val="c16"/>
+              <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F55A49" w:rsidRPr="00BD142C">
-[...165 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Шолпан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Саменовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00F55A49" w:rsidRPr="00BD142C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>и.о.заведующей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> методического кабинета ГОО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F55A49">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
-[...1466 lines deleted...]
-              <w:t>Павлодар қаласының МББҰ методикалық кабинетінің меңгерушісінің м.а</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> г. Павлодара</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3AA9EB92" w14:textId="77777777" w:rsidR="000567B0" w:rsidRPr="00BD142C" w:rsidRDefault="000567B0" w:rsidP="00BA46B2">
+    <w:p w14:paraId="3AA9EB92" w14:textId="77777777" w:rsidR="000567B0" w:rsidRDefault="000567B0" w:rsidP="00BA46B2">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DE8B5A4" w14:textId="25A15528" w:rsidR="008104FA" w:rsidRPr="00BD142C" w:rsidRDefault="008104FA" w:rsidP="008552EA">
+    <w:p w14:paraId="0DE8B5A4" w14:textId="25A15528" w:rsidR="008104FA" w:rsidRPr="000567B0" w:rsidRDefault="008104FA" w:rsidP="008552EA">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77F11CC2" w14:textId="77777777" w:rsidR="008104FA" w:rsidRPr="00BD142C" w:rsidRDefault="008104FA" w:rsidP="00BA46B2">
+    <w:p w14:paraId="77F11CC2" w14:textId="77777777" w:rsidR="008104FA" w:rsidRPr="00F95CAE" w:rsidRDefault="008104FA" w:rsidP="00BA46B2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FF6EE70" w14:textId="77777777" w:rsidR="008104FA" w:rsidRPr="00BD142C" w:rsidRDefault="008104FA" w:rsidP="00BA46B2">
-[...35 lines deleted...]
-    <w:sectPr w:rsidR="008104FA" w:rsidRPr="00BD142C" w:rsidSect="008552EA">
+    <w:p w14:paraId="5FF6EE70" w14:textId="77777777" w:rsidR="008104FA" w:rsidRPr="00F95CAE" w:rsidRDefault="008104FA" w:rsidP="00BA46B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EA37559" w14:textId="77777777" w:rsidR="008104FA" w:rsidRPr="00F95CAE" w:rsidRDefault="008104FA" w:rsidP="00BA46B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25CC59BF" w14:textId="77777777" w:rsidR="008104FA" w:rsidRPr="00F95CAE" w:rsidRDefault="008104FA" w:rsidP="00BA46B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="27CFD37D" w14:textId="77777777" w:rsidR="008104FA" w:rsidRPr="00F95CAE" w:rsidRDefault="008104FA" w:rsidP="00BA46B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008104FA" w:rsidRPr="00F95CAE" w:rsidSect="008552EA">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="709" w:right="395" w:bottom="424" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:num="2" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="PT Sans">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F3C26AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25A20790"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3896,53 +2918,53 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="547D7CFF"/>
+    <w:nsid w:val="6C927035"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="34F4CF6E"/>
+    <w:tmpl w:val="C63C88F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -4045,199 +3067,50 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6C927035"/>
-[...147 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F6D7FFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AF45FB2"/>
     <w:lvl w:ilvl="0" w:tplc="E97E2088">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -4288,113 +3161,109 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004960A9"/>
     <w:rsid w:val="000567B0"/>
+    <w:rsid w:val="00066EC6"/>
     <w:rsid w:val="000A7692"/>
-    <w:rsid w:val="002342C5"/>
     <w:rsid w:val="002732E9"/>
     <w:rsid w:val="002770D6"/>
     <w:rsid w:val="002E6CF6"/>
     <w:rsid w:val="003C7EA2"/>
     <w:rsid w:val="00431881"/>
     <w:rsid w:val="004960A9"/>
     <w:rsid w:val="004F4AE8"/>
     <w:rsid w:val="00564522"/>
     <w:rsid w:val="005C0779"/>
     <w:rsid w:val="006438EA"/>
     <w:rsid w:val="00676515"/>
     <w:rsid w:val="00686481"/>
     <w:rsid w:val="006A6191"/>
-    <w:rsid w:val="006B1EB2"/>
+    <w:rsid w:val="006A6A55"/>
     <w:rsid w:val="006E2D32"/>
     <w:rsid w:val="006E7B4C"/>
     <w:rsid w:val="006F1895"/>
     <w:rsid w:val="00740590"/>
     <w:rsid w:val="007601A0"/>
     <w:rsid w:val="007D684E"/>
     <w:rsid w:val="007E1AC8"/>
     <w:rsid w:val="008104FA"/>
-    <w:rsid w:val="00825439"/>
+    <w:rsid w:val="00830181"/>
     <w:rsid w:val="008552EA"/>
     <w:rsid w:val="00940F7F"/>
     <w:rsid w:val="00996A99"/>
+    <w:rsid w:val="00A25C9B"/>
+    <w:rsid w:val="00AB0F49"/>
     <w:rsid w:val="00AC5364"/>
     <w:rsid w:val="00BA46B2"/>
     <w:rsid w:val="00BA4F4D"/>
-    <w:rsid w:val="00BD142C"/>
-    <w:rsid w:val="00BE4489"/>
     <w:rsid w:val="00C640B8"/>
     <w:rsid w:val="00D85AEF"/>
-    <w:rsid w:val="00F044C5"/>
     <w:rsid w:val="00F55A49"/>
     <w:rsid w:val="00F95CAE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -4858,204 +3727,68 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c2">
     <w:name w:val="c2"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="008104FA"/>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="006F1895"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="serp-item">
-[...11 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1545021161">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...121 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -5324,70 +4057,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>371</Words>
-  <Characters>2118</Characters>
+  <Words>361</Words>
+  <Characters>2064</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2485</CharactersWithSpaces>
+  <CharactersWithSpaces>2421</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>34 школа</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>