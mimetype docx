--- v0 (2025-12-05)
+++ v1 (2026-03-22)
@@ -1,10276 +1,17100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="55AFCC37" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="24B1826F" w14:textId="77777777" w:rsidR="009C310F" w:rsidRDefault="009C310F" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...91 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="543A408E" w14:textId="4E351F01" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="54812064" w14:textId="51BEEDB1" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...40 lines deleted...]
-        <w:t>нтную должность)</w:t>
+        <w:t xml:space="preserve">«Павлодар қаласының №21  жалпы орта білім беру мектебі» КММ  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59CB7AF9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="78C4829A" w14:textId="584EDA44" w:rsidR="00E83974" w:rsidRDefault="008D4AB6" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік және </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс тілін</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83974">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>де оқытатын</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C310F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>музыкалық жетекші</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83974">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D34BD4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3610BD7D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00347DD9" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="11401" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="432"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="3077"/>
+        <w:gridCol w:w="1796"/>
+        <w:gridCol w:w="5126"/>
+        <w:gridCol w:w="465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="33F65442" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00347DD9" w:rsidRPr="00347DD9" w14:paraId="3B7D5FE8" w14:textId="77777777" w:rsidTr="009C310F">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="465" w:type="dxa"/>
+          <w:trHeight w:val="578"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E39982B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="3B42241A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00347DD9" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347DD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="328F912C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="736FBC0E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00347DD9" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347DD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ED11C17" w14:textId="4546D80B" w:rsidR="00E83974" w:rsidRPr="00347DD9" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347DD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6922" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48C12006" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+          <w:p w14:paraId="072F452C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00347DD9" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347DD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Камзин  көшесі, 346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1796A0DA" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="2C86F802" w14:textId="77777777" w:rsidTr="009C310F">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="465" w:type="dxa"/>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C0B25CC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="53D52697" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22B5B0F8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="33364A7E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Телефон  нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6922" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F52D3DD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="44D4A33B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-              <w:t>Камзина, 346</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="08C57150" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="6D9CC555" w14:textId="77777777" w:rsidTr="009C310F">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="465" w:type="dxa"/>
+          <w:trHeight w:val="278"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08A57D53" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+          <w:p w14:paraId="50E53BF1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FC5A07C" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+          <w:p w14:paraId="053976E1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00AE7668">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Электрондық  пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6922" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BAA8BE3" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00635CEC" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
-[...29 lines deleted...]
-              <w:t>182) 60-73-13</w:t>
+          <w:p w14:paraId="08923F8D" w14:textId="3728EC33" w:rsidR="00E83974" w:rsidRPr="009C310F" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C310F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="43191D4E" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00431313" w14:paraId="796869FD" w14:textId="77777777" w:rsidTr="009C310F">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="465" w:type="dxa"/>
+          <w:trHeight w:val="711"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1998C8A1" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+          <w:p w14:paraId="324B482A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="155595AB" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+          <w:p w14:paraId="0D1C3785" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6922" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F5B780C" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00407673" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
-[...16 lines deleted...]
-              <w:t>sosh21@goo.edu.kz</w:t>
+          <w:p w14:paraId="0E8AAF01" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №21 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="5A05486B" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00431313" w14:paraId="6366DFBA" w14:textId="77777777" w:rsidTr="009C310F">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="465" w:type="dxa"/>
+          <w:trHeight w:val="711"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="358614F9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="35B70AB1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>2</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73DF73EA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="4A2204D6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі  функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6922" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E6EC195" w14:textId="32CDBED5" w:rsidR="00661D74" w:rsidRPr="009F205E" w:rsidRDefault="006F78F5" w:rsidP="009F205E">
-[...52 lines deleted...]
-              <w:t>, 16 часов</w:t>
+          <w:p w14:paraId="16206C19" w14:textId="6418424F" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="009C310F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:ind w:left="385" w:hanging="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымында тәрбиеленушілердің жас және психологиялық ерекшеліктерін, мүдделері мен қажеттіліктерін зерделейді, оларды іске асыру үшін жағдайлар жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11B4C837" w14:textId="64F12053" w:rsidR="009C310F" w:rsidRDefault="009C310F" w:rsidP="009C310F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:ind w:left="385" w:hanging="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>домбыра үйірмесін жүргізу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74DFB333" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="009C310F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:ind w:left="385" w:hanging="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">таланттарды, ақыл-ой және дене қабілеттерін дамытуға, жеке тұлғаның жалпы мәдениетін қалыптастыруға жәрдемдеседі; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44EAAD9A" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="009C310F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:ind w:left="385" w:hanging="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үйірмелер, секциялар, балалар бірлестіктерінің жұмысын, балалар мен ересектердің әртүрлі бірлескен қызметін, білім алушылармен, тәрбиеленушілермен жеке жұмысты ұйымдастырады;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A12D35E" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="009C310F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:ind w:left="385" w:hanging="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көркем-шығармашылық бағытыбасқарады; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F43C8F7" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="009C310F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:ind w:left="385" w:hanging="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы заңнамаға сәйкес баланың қауымдастықтарға, қоғамдық ұйымдарға қатысу құқықтарын іске асыруға ықпал етеді;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26818379" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="009C310F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:ind w:left="385" w:hanging="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім алушылардың, тәрбиеленушілердің кештерін, мерекелерін, каникулдық демалысын ұйымдастырады, білім алушылардың, тәрбиеленушілердің әлеуметтік маңызды бастамаларын қолдайды;   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="519D8755" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="009C310F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:ind w:left="385" w:hanging="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балалардың мәдени-бұқаралық іс-шараларға қатысуын ұйымдастырады;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="235DA192" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="009C310F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:ind w:left="385" w:hanging="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> іс-шараларды өткізу кезінде балалардың өмірі мен денсаулығын қорғау үшін жағдайлар жасауды қамтамасыз етеді.   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A0C21C6" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> Білуге тиіс:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E788A90" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00000000" w:rsidRPr="00431313">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/K950001000_" \l "z1"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конституциясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, Қазақстан Республикасының "</w:t>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00000000" w:rsidRPr="00431313">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/Z070000319_" \l "z1"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00000000" w:rsidRPr="00431313">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/Z1900000293" \l "z22"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог мәртебесі туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00000000" w:rsidRPr="00431313">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/Z1500000410" \l "z1"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>" заңдары және білім беру мәселелері жөніндегі өзге де нормативтік құқықтық актілер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="116883CB" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      педагогикалық этиканың нормалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7194AF2D" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      педагогика және психология, физиология, гигиена, тәрбие жұмысының әдістемесін, үйірмелер, секциялар, студиялар, клубтық бірлестіктер сабақтарының бағдарламалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70114688" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      балалар ұжымдарын, ұйымдар мен қауымдастықтар қызметінің негіздерін, еңбек заңнамасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61CBD2E7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      еңбек қауіпсіздігі және еңбек қорғау ережелерін, санитариялық ережелер мен нормалар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="2EB3C759" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00431313" w14:paraId="42DF13E5" w14:textId="77777777" w:rsidTr="009C310F">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="465" w:type="dxa"/>
+          <w:trHeight w:val="570"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17B8222A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="7CA1CD6A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66525C75" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00B1E593" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43C0EF8D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BB2C213" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E037150" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="73CC2DA3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6922" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="351ECB8D" w14:textId="77777777" w:rsidR="00FC2BE5" w:rsidRDefault="00661D74" w:rsidP="00D27933">
-[...78 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7AFFC524" w14:textId="757E00F9" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="009C310F" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Музыкалық жетекші</w:t>
+            </w:r>
+            <w:r w:rsidR="00E83974" w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 16 сағат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413AEAE4" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="009C310F" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C310F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA5B36" w:rsidRPr="009C310F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> Білім беру ұйымының ұйымдастырушы-педагогі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C520D90" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="0894BB8A" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00EA5B36" w14:paraId="1D4C9FCB" w14:textId="77777777" w:rsidTr="009C310F">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="465" w:type="dxa"/>
+          <w:trHeight w:val="638"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41F37421" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="030B1615" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5AC798" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6922" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44A7F341" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A2BD7B5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арнайы орта білім (min): 113000 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EFF2573" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 177766 теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00EA5B36" w14:paraId="6455C56B" w14:textId="77777777" w:rsidTr="009C310F">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="465" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6C908D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33BAE4D0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="0EF270AE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05D975A4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6922" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23E8DCB3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...131 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+          <w:p w14:paraId="0282D16D" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>өтіліне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қойылмай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>даярлығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FA8E297" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRPr="00EA5B36" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>біліктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36D3544C" w14:textId="426CFE80" w:rsidR="00E83974" w:rsidRPr="009C310F" w:rsidRDefault="00EA5B36" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>біліктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>өтілі-кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1B024592" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00EA5B36" w14:paraId="1A591925" w14:textId="77777777" w:rsidTr="009C310F">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="465" w:type="dxa"/>
+          <w:trHeight w:val="423"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CEB4106" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="49838398" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>3</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="782A5D3E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...21 lines deleted...]
-          <w:p w14:paraId="0C47FA1B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="555C435F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6922" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4052848C" w14:textId="77777777" w:rsidR="00D27933" w:rsidRDefault="00D27933" w:rsidP="00D27933">
-[...34 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4F917598" w14:textId="39A20F4D" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="001360E2" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00431313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00431313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00347DD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00431313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00431313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
+            </w:r>
+            <w:r w:rsidR="00E83974" w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="383E21DB" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00431313" w14:paraId="42BC2400" w14:textId="77777777" w:rsidTr="009C310F">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="465" w:type="dxa"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4133A37E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="67265A82" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>4</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7513EE1D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="456B24AA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6922" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18A2CA78" w14:textId="5CA3A1B6" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00AB51B3" w:rsidP="00A81D9B">
-[...109 lines deleted...]
-              <w:t>г.</w:t>
+          <w:p w14:paraId="3A6A55C4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C690909" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="048C6707" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19593955" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EF937CA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09DE05EB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="2595D16E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F902041" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57325FC3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>бұдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>әрі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ҰБТ) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4290A94F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="0D417496" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00EA5B36" w14:paraId="2E0EC8A8" w14:textId="77777777" w:rsidTr="009C310F">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="432" w:type="dxa"/>
+          <w:wAfter w:w="465" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42A5943E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="46BDE7D8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>5</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6534E583" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="7E742D1F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6922" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3955CE5F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...494 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="49F3EE6E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRPr="00EA5B36" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...408 lines deleted...]
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="75D166C7" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="28A8BDB3" w14:textId="77777777" w:rsidTr="009C310F">
         <w:trPr>
           <w:trHeight w:val="781"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5810" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C9CB00D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="08348E94" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="634E8A6C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="5591" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="421A97EC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="57213616" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3024D691" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="104833B9" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CF4F8C7" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CF8C974" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F5534D8" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52D903CE" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A73DEA9" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A31D7A7" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="652B0ED6" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FE51A9C" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="533A979B" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09D6F359" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16424F3D" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08E68997" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F3922B3" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DF4F363" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5929E5F2" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37674B9B" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10CC5938" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A878001" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B4664DB" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2697EBC5" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D3C9F9D" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09C4029C" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FA4D378" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3151704C" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C4DD4F3" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70EF30BC" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="232DA0EC" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="288344B1" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EEF14AA" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44F899D8" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1032D661" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0956F1BA" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67841FAB" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52BFDEAD" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25CE80D8" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E31AAD1" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="527317A6" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="245F21BC" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="709DE862" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74E8F58E" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28212F77" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C26AAD8" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1274E64E" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29B3FCE7" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78F9F717" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28893102" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3229D2C0" w14:textId="77777777" w:rsidR="00EA5B36" w:rsidRDefault="00EA5B36">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0986CBFF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA5B36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="134CAA9D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="1143113A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F3A0C9E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="54F8A567" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71030374" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="61EE3742" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BA8754D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...59 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D60C5D1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...61 lines deleted...]
-    <w:p w14:paraId="6C7B3275" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6C8254BD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...23 lines deleted...]
-        <w:t>)</w:t>
+    </w:p>
+    <w:p w14:paraId="5EF9D942" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4B97A8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...39 lines deleted...]
-    <w:p w14:paraId="45F8EB33" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="3210A9E5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7963DBB7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="445285C4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F0F3AB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2CE2864C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C0A815" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...53 lines deleted...]
-    <w:p w14:paraId="01DA5854" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0946E023" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307B2D16" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="7F115FF9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>__</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="007D8309" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="589BDBAD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E475E60" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42FC839C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C51BF87" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="172D7F4D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47797E1F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A1892CF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="1AE83A3D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00ED2471">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC50549" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="5A0EFADE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-180" w:firstLine="180"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BBB0625" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...15 lines deleted...]
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6068B103" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="20E777B6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...15 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B5BA4B8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6AE8326B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75CAFE82" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...48 lines deleted...]
-    <w:p w14:paraId="21504A86" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="68E320A4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2047C103" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6C681176" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
-[...15 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC44AC1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...25 lines deleted...]
-    <w:p w14:paraId="3474D6EF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="6F72CC8F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01665C61" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="221E6AFC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FB01B8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EF2A8A3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4F7D9DD9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E3C6648" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="211D7BE7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2CC121" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0327203E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="7DAD6024" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="14AABB4B" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15F9FB30" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007B5B47" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...11 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+          <w:p w14:paraId="0F0C9D67" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71FF38B5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32261F01" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="672F62C0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00B9296C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1FEC4847" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A76CD41" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="469D8E2E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>по</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>диплому</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="25645201" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="578B4C4B" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="245E288C" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F4E4D5F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="74DFF84C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79FB1EEF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="4F456376" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31DEA68B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="3405766B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45A7F5BE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="509CA476" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15FAC406" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4B4648FE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="503EC770" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="626B12B6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-        <w:t>/</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>подтверждения</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>растаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>):_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>_____________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1375E271" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...25 lines deleted...]
-    <w:p w14:paraId="2C7CB8DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="40B9B32C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="47CC7F0D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2F1B7DC5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...31 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0B32F93B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4CB4BFCA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>Имею следующие результаты работы:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>________________________________________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...5 lines deleted...]
-        <w:t>________</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D90084D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4D2E7E53" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599B50D5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0BB11D1B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3678D392" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="24B65E51" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="545959DC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="034D042C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="02D93441" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="3CA5CF0C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="61B6413B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="4004C8A4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F1674E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="12921EC9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7314D0E8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0AB3CB61" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cондай-ақ</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...5 lines deleted...]
-        <w:t>_</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009F4F9E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2E8E1138" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7ABE1346" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="1B37680A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F64B15" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="379F012E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...15 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4BAB4429" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="69FD085E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00EA5B36">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>________________________________________________________________________________________</w:t>
+        <w:t>20____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...5 lines deleted...]
-        <w:t>_</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...67 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B0C6FE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
-[...27 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="00F7191E" w14:paraId="16DD23FA" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="6F9A23B9" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23EAAB68" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="2B36E301" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="7CBE8686" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73AF6391" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="343BC967" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="2A8BB973" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="74AA3EAB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D562959" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="4233268C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D7D1A7D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3F5AAF96" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="436E2179" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="150EE875" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="730706BB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3CB9DB4D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="075970B6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="411EFCA1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="0D45BD61" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B772A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>Педагогтің</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C3AFB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C3AFB">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D3023D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CCE764B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="477EDBC0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C1205A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10110" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="4963"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="17DB6820" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="5407417A" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AF78439" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="54030119" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64986FEC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="124E0536" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="470A9C2E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="562A9606" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D167CAE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="3ACA40DE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62BA1599" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="7C275292" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B97A7A6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="64753F82" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00431313" w14:paraId="5E6F7D85" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5736496C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="3567CBAC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58AB9E1B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="69FD63F7" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4ADD64E6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="38F0FCCF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A74A565" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="101F5144" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="57F9E55D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C7D5CCC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="28E0FA2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="105DAF57" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="59EA5E92" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="751C5D0A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F3AF928" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5C2A50ED" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="5ED472A4" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="2EC865E8" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01123F1D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="762F46F5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="340BE9B1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="0EC21793" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="481100F2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="470F0B8A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F5E1A7E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="273A7C42" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="682B3C5F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар маман = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09BDC2A0" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="5DB7F83A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PHD-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FE03503" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="75BAC29A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="675E9977" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18C87F9D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="33326138" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="6655E1D7" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00431313" w14:paraId="18AEC147" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="173ED7CB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="58FA3079" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11227ED5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60E954E5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="736861EE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="726AC056" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="0681DC47" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="046199B5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="3EEC4A2A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="2F526EF9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="09E5F3D8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...8 lines deleted...]
-          <w:p w14:paraId="08782578" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          </w:p>
+          <w:p w14:paraId="55C85CFD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="04422C5D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02A4469B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="79AC8F00" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="733562FA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="6BF6DB13" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6222F347" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="783F4D47" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71DBCF45" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...21 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F8493DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="18AB7A29" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...50 lines deleted...]
-          <w:p w14:paraId="0C29042A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="057A468C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="1C917D4D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF11F8F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="1480B5BD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43547B5A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="28C8C112" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B0D13B3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="38A385DD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FB971FF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="74533D35" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Педагог-модератор» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="685737C6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...8 lines deleted...]
-          <w:p w14:paraId="386016DC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          </w:p>
+          <w:p w14:paraId="75039599" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="5959D275" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="258EF34A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="65EBB8DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78181627" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...50 lines deleted...]
-          <w:p w14:paraId="1F1F880C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F16BFD1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...50 lines deleted...]
-          <w:p w14:paraId="17B2E9B6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-ден 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36C99343" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...21 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45BCAB2E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="6E233F1D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="71FFE929" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59392A34" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="01A0C7DA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0114F1AC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="101FB6B6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B8812BA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="2BB126A8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E4328BC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="4624C566" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="017E9E5D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0BB5AB65" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="718DFA59" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ECA1ABF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A7104DA" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CD3F597" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A8165E4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="412EB2F8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...8 lines deleted...]
-          <w:p w14:paraId="537CE881" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          </w:p>
+          <w:p w14:paraId="3794B773" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="79F07A25" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F4E8B12" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="198AE31E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="633A18A3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="0037AB2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46D02305" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="72AE9671" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39DC4FAF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...21 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53E9B062" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«Педагог-зерттеуші» біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47208834" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4615FC3F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="547AD00E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="068C9AC2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B19A6A4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="021ADB31" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2ECE56A1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="5B5792B5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...50 lines deleted...]
-          <w:p w14:paraId="3CDE1DCE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49A41487" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="302A2DF8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36B469AB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...84 lines deleted...]
-          <w:p w14:paraId="5D325D88" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42468ACE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="703B0D75" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2747D7D4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="248046A7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A2FB570" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...566 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-шебер» біліктілік санатымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21CA3B69" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="63503FDC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="306F5E13" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="2E3315CD" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="1367"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07C5E5E0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="033978EB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E108403" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="4EE084B8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...48 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Біліктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/ Санаты.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6165345F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="16506D47" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...22 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="782E3C69" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="267CEC86" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="20D08D26" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="218A9F35" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="7BC39EBA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E0A7584" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="1AAD410E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="524B2ACF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="03A576C1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28B62995" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="7DC97438" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F65FF8F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="347C8BB2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370A0743" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2907EF2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="16C567FD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="2B45B41F" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="5B79BCB9" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B78D8BE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="78D8187C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="261FC2B2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="15304409" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B7D000E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="77AED1D3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...38 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7577E74F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="08B49393" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="13F1B3D1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="128E3510" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="3A8C24FB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7496654D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="2D7372AC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48B9278B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...21 lines deleted...]
-              <w:t>от 10 и более = 3 балла</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>одан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>артық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="410300E2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="022EE0FB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="14B1811C" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="4D3E3F5C" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C1BD0D2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="6849E03F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4226CDAC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="752CB5F6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65AD20F7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="4F4D9FD8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...38 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DD689A2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="6FF9F682" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="6A6AE6E3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6372DFA5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="222886E8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48FAB80C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...34 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F5E034D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="55738EE8" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="22BDBF79" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="24595999" w14:textId="77777777" w:rsidTr="00E83974">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78B2C45E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="68118788" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D244900" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="038967D1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="741172C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="4960769F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C6CCD73" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="14B3865C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="5512A58B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="46362DAB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>«хорошо» = 0,5 балла</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2782E671" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4765AD7F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="63CF576A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="59D02785" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="2BC1B955" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="646752BB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="12CEFF21" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ADDBE9A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="2A1E3F79" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-              <w:t>(при осуществлении трудовой деятельности)</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Алдыңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57E5FEA6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="6575DE6B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D6704F1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="75E2AA6D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="643554D6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B10598" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="6D0473ED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болмаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09306493" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EE0314C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="208F1267" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="2637B9A2" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="2107D26E" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2188FD46" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="41EFC965" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>9</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F6925BF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="270E0787" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жетістіктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FD9D686" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="604385BB" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="030786C2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="196E3FE9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...8 lines deleted...]
-          <w:p w14:paraId="52C97D2B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3596937B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>- государственная награда</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16D3B969" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="6CA4943F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="537CB301" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00D8286E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="71EC209A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F93BB08" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="0AAB9BB9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="617B0F27" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="7481D1B5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49012A1A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="3357143A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жүлдегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CB9069B" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...38 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>медаль «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004B772A">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004B772A">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004B772A">
-[...5 lines deleted...]
-              <w:t>» = 10 баллов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>» – 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EAFB822" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="713F3602" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="3B90E3EC" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w:rsidRPr="00431313" w14:paraId="3099361B" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42D9480E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="4420886C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>10</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24AE1083" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="2F1E757F" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44BC39BF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="3E8E4FF2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04002B28" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="749DC357" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="15845E0C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="635BC4EF" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="1218B4E6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="529EE70E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы – 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58E09A6B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="3512E2F2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="3CE9A2CC" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="5202BB40" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4084A189" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="00BD7BA2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B35E594" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="003CB6D2" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DB52C52" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="343E35E9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="4A71F931" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="51A703A5" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...20 lines deleted...]
-              <w:t>полиязычия</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көптілділікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11719782" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="0F43B6C6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="4DCE0D60" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33C777A3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="74E3E9B9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ӘБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06457A6A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="668A53D8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қауымдастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3275F1F3" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...28 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...9 lines deleted...]
-          <w:p w14:paraId="63BF6633" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71CFCF04" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...19 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...17 lines deleted...]
-          <w:p w14:paraId="40C09F79" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C45C131" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...29 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38B2C2D8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2B114EA4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="681E0518" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="5A3A733B" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A174D24" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="4DD65FA4" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AF74089" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="341FE4CE" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...37 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A73952C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="46997E97" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="5F2E84CF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="099A32D6" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="16A9F283" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B9CF642" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="10C941FE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FA03CDC" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...24 lines deleted...]
-          <w:p w14:paraId="13F55BCF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="514B9990" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004B772A">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004B772A">
-[...15 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, «Python-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», «Microsoft-пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>істеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46CFBFF5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="5C4F1AC1" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>НЗМ ПШО, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B772A">
-[...8 lines deleted...]
-          <w:p w14:paraId="2B03F6D7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C2381A" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...30 lines deleted...]
-              <w:t>0,5 балла (каждый отдельно)</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="522171F7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="72EF1D0D" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="1FCB5E85" w14:textId="77777777" w:rsidTr="00BE28CF">
+      <w:tr w:rsidR="00E83974" w14:paraId="007A8FAA" w14:textId="77777777" w:rsidTr="00E83974">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62B646EE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="0F6393D9" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05CBF0CE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+          <w:p w14:paraId="7A2BB782" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t>83</w:t>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BE1C83A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="7A2BE198" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="57F5DB1F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="78E62194" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DE4270E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+    <w:p w14:paraId="2FA32D25" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04BB020E" w14:textId="77777777" w:rsidR="007F5980" w:rsidRDefault="00000000" w:rsidP="00661D74"/>
-    <w:sectPr w:rsidR="007F5980" w:rsidSect="00247927">
+    <w:p w14:paraId="2207A58E" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A670C82" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E579B7C" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01F4D019" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27DFFFDD" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57677E47" w14:textId="77777777" w:rsidR="00E83974" w:rsidRDefault="00E83974" w:rsidP="00E83974">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38645517" w14:textId="77777777" w:rsidR="007F5980" w:rsidRDefault="00000000" w:rsidP="00E83974">
+      <w:pPr>
+        <w:ind w:left="-1260" w:firstLine="1260"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007F5980" w:rsidSect="00E83974">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="360" w:right="850" w:bottom="1134" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A67057C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1640D4B0"/>
+    <w:lvl w:ilvl="0" w:tplc="0F20C25E">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C2359B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8AF44A56"/>
+    <w:lvl w:ilvl="0" w:tplc="771C1100">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FDD1082"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="711A7ED6"/>
+    <w:lvl w:ilvl="0" w:tplc="771C1100">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="367528747">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="915017583">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1233854010">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00810274"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0044701A"/>
+    <w:rsidRoot w:val="00062A72"/>
+    <w:rsid w:val="00062A72"/>
+    <w:rsid w:val="00097C41"/>
+    <w:rsid w:val="001360E2"/>
+    <w:rsid w:val="00347DD9"/>
+    <w:rsid w:val="00431313"/>
     <w:rsid w:val="00625E1A"/>
-    <w:rsid w:val="00661D74"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00BD4594"/>
+    <w:rsid w:val="008D4AB6"/>
+    <w:rsid w:val="009C310F"/>
+    <w:rsid w:val="00A43D40"/>
+    <w:rsid w:val="00AE7668"/>
+    <w:rsid w:val="00AE7DA1"/>
+    <w:rsid w:val="00B520A3"/>
+    <w:rsid w:val="00BF3705"/>
     <w:rsid w:val="00C06D6F"/>
-    <w:rsid w:val="00D27933"/>
-    <w:rsid w:val="00FC2BE5"/>
+    <w:rsid w:val="00CF5D43"/>
+    <w:rsid w:val="00E83974"/>
+    <w:rsid w:val="00EA5B36"/>
+    <w:rsid w:val="00ED2471"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="685825A1"/>
-  <w15:docId w15:val="{E7AE018B-2E3B-47A1-8244-11B10776032F}"/>
+  <w14:docId w14:val="2070A199"/>
+  <w15:docId w15:val="{255C8FB7-25DB-4775-8960-7C964F52B1A4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10628,199 +17452,248 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="00E83974"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA5B36"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00661D74"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E83974"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00E83974"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...9 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FC2BE5"/>
+    <w:rsid w:val="00EA5B36"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FC2BE5"/>
+    <w:rsid w:val="00EA5B36"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00EA5B36"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1462966294">
+    <w:div w:id="1001158521">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1715694845">
+    <w:div w:id="1283266022">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1470589614">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1563178290">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11064,90 +17937,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1828</Words>
-  <Characters>10420</Characters>
+  <Words>1891</Words>
+  <Characters>10781</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12224</CharactersWithSpaces>
+  <CharactersWithSpaces>12647</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Бахытнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>