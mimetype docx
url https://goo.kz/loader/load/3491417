--- v0 (2025-12-06)
+++ v1 (2026-01-15)
@@ -1,2369 +1,687 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00E83B09" w:rsidP="00711EEE">
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
           <w:kern w:val="36"/>
           <w:sz w:val="45"/>
           <w:szCs w:val="45"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00711EEE">
         <w:rPr>
           <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
           <w:kern w:val="36"/>
           <w:sz w:val="45"/>
           <w:szCs w:val="45"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...101 lines deleted...]
-        <w:t xml:space="preserve"> мадақтаңыз. Сүйіспеншілікпен құшақтаңыз, оғ</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Памятка для родителей детей с ООП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Чаще хвалите ребенка. Ласково обнимайте, давайте ему какую-нибудь маленькую награду, когда у него что-нибудь получается или когда он очень старается. Если ребенок старается сделать, но у него не получается, лучше обойдите это молчанием или просто скажите: “Жаль, что не вышло, в другой раз получится”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Больше разговаривайте с ребенком. Объясняйте все, что вы делаете. Ребенок слушает и начинает усваивать язык задолго до того, как заговорит. Если вы считаете, что ребенок не слышит, говорите с ним и используйте “язык жестов”. Убедитесь, что он смотрит на вас, когда вы говорите.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Помогая ребенку осваивать новый навык, мягко и осторожно направляйте его движения своими руками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Используйте зеркало, чтобы помочь ребенку узнать свое тело, научиться владеть руками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Используйте подражание. Чтобы научить ребенка новому действию или навыку, сначала выполните действие сами и пригласите ребенка повторить его, подражая вам. Превратите это в игру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.Побуждайте ребенка двигаться или тянуться, стараясь достать то, что он хочет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.Сделайте учение забавой. Всегда ищите способы превратить обучающие занятия в игру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Пусть старшие братья и сестры показывают ребенку новые приспособления, предметы, игрушки и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9.Ребенок часто лучше усваивает, когда рядом нет учителя. Дети часто прилагают большие усилия, когда им чего-нибудь очень хочется, а рядом нет никого, кто поможет. Учить ребенка - важно, но не менее важно давать ему возможность исследовать, пробовать свои силы и самому делать для себя то, что он может.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10. Пусть ребенок по мере сил обслуживает себя сам. Помогайте ему только в той мере, в какой это</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>необходимо. Это - “золотое правило реабилитации”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>           Когда ребенку трудно что-нибудь сделать, или он делает это медленно и неумело, родителям очень часто хочется “помочь” ребенку, сделав это за него. Однако, для развития полезнее, если вы дадите ему возможность сделать это самому, - поддерживая и поощряя, и помогая лишь теми способами, которые позволяют ребенку по мере сил самому себя обслуживать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     В работе по развитию с особыми детьми очень важен индивидуальный подход не только в подборе упражнений, важно не столько следовать указаниям, сколько думать, наблюдать за реакцией ребенка, замечать, как занятие помогает или мешает общему развитию ребенка. Необходимо приспосабливать занятие к потребностям каждого ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Этапы построения программы специального обучения и раннего стимулирования детей с ООП:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1. Внимательно наблюдайте за ребенком, чтобы оценить, что он может и чего не может в каждой области развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Отметьте, какие вещи он только начинает делать или пока делает с трудом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.Решите, какому </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00E83B09" w:rsidRPr="00E83B09">
-[...7 lines deleted...]
-        <w:t>ан б</w:t>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>новому</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00E83B09" w:rsidRPr="00E83B09">
-[...258 lines deleted...]
-        <w:t>кіні</w:t>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> навыку его нужно научить или </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00E83B09" w:rsidRPr="00E83B09">
-[...7 lines deleted...]
-        <w:t>шт</w:t>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>какое</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00E83B09" w:rsidRPr="00E83B09">
-[...152 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> действие нужно поощрять, чтобы использовать те навыки, которые у него уже имеются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.Разделите каждый новый навык на маленькие ступени - на такие действия, которые ребенок может освоить за один - два дня, после чего переходите к следующей ступени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Родителям необходимо помнить </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00E83B09" w:rsidRPr="00E83B09">
-[...7 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>следующее: не ожидайте</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00E83B09" w:rsidRPr="00E83B09">
-[...1675 lines deleted...]
-    <w:sectPr w:rsidR="00924549" w:rsidRPr="00E83B09" w:rsidSect="00BA07D3">
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> слишком многого сразу. Начните с того, что ребенок умеет делать хорошо, а затем побуждайте его сделать немножко больше. Правильная помощь и в нужное время</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711EEE" w:rsidRPr="00711EEE" w:rsidRDefault="00711EEE" w:rsidP="00711EEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Serif" w:eastAsia="Times New Roman" w:hAnsi="Noto Serif" w:cs="Times New Roman"/>
+          <w:color w:val="3D3D3D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>принесет успех и радость и ребенку, и тем, кто ему помогает.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00924549" w:rsidRDefault="00924549"/>
+    <w:sectPr w:rsidR="00924549">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Serif">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="05DD1DB9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E1227EDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -2476,92 +794,95 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00711EEE"/>
     <w:rsid w:val="00711EEE"/>
     <w:rsid w:val="00924549"/>
-    <w:rsid w:val="00BA07D3"/>
     <w:rsid w:val="00D71CE9"/>
-    <w:rsid w:val="00E83B09"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -2675,64 +996,62 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BA07D3"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -2899,51 +1218,51 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1167286743">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="805974652">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -2975,51 +1294,51 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1390375541">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="150"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3268,65 +1587,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>472</Words>
-  <Characters>2695</Characters>
+  <Words>484</Words>
+  <Characters>2761</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3161</CharactersWithSpaces>
+  <CharactersWithSpaces>3239</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>31</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>