--- v0 (2025-12-07)
+++ v1 (2026-02-02)
@@ -1,26817 +1,21598 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5949" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3396"/>
+        <w:gridCol w:w="3830"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B60E0">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00D36CBA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B0FB8">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 к приказу/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:ind w:left="250"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Министр просвещения Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:ind w:left="250"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>от 13 апреля 2023 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:ind w:left="250"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>Республикасы</w:t>
-[...71 lines deleted...]
-              </w:rPr>
               <w:t>№ 96</w:t>
             </w:r>
-          </w:p>
-[...83 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
-[...13 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
         <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
         <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>к приказу Министра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>от 18 марта 2008 года № 125</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1262"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z1263"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1. Настоящие Типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования (далее – Правила) разработаны в соответствии с подпунктом 19) статьи 5 Закона Республики Казахстан «Об образовании» и определяют порядок проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z1264"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2. В настоящих Правилах используются следующие определения:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z1265"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) оценивание – процесс соотнесения реально достигнутых обучающимися результатов обучения с ожидаемыми результатами обучения на основе выработанных критериев;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z1266"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) критерии оценивания – признаки, на основании которых производится оценка </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>учебных достижений</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z1267"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) текущий контроль успеваемости обучающихся – это систематическая проверка знаний обучающихся, проводимая педагогом на текущих занятиях в соответствии с общеобразовательной учебной программой;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z1268"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005717E3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) промежуточная аттестация обучающихся – процедура, проводимая с целью оценки качества освоения обучающимися содержания части или всего объема одной учебной дисциплины после завершения ее изучения;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z1269"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) итоговая аттестация обучающихся – процедура, проводимая с целью определения степени освоения обучающимися объема учебных дисциплин, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">предусмотренных государственным общеобязательным стандартом соответствующего уровня образования, утвержденным приказом Министра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">просвещения Республики Казахстан от 3 августа 2022 года № 348 (зарегистрирован в Реестре государственной регистрации нормативных правовых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">актов под № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>29031</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>) (далее – ГОСО);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z1270"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание – вид оценивания, которое проводится по завершении определенного учебного периода (четверть, учебный год), а также изучения разделов (сквозных тем) в соответствии с учебной программой;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z1271"/>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>модерация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – процесс обсуждения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>работ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативному</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оцениванию за четверть с целью стандартизации выставления баллов для обеспечения объективности и прозрачности оценивания;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z1272"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8) ожидаемые результаты обучения – совокупность компетенций, выражающих, что именно обучающийся будет знать, понимать, демонстрировать по завершении процесса обучения;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z1273"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание – вид оценивания, которое проводится в ходе повседневной работы в классе, является текущим показателем успеваемости обучающихся, обеспечивает оперативную взаимосвязь между обучающимся и учителем в ходе обучения, обратную связь между обучающимся и педагогом и позволяет совершенствовать образовательный процесс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z1274"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Глава 2. Порядок проведения текущего контроля успеваемости обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z1275"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Оценка </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>учебных достижений</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся осуществляется в форме </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z1276"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание, в том числе домашней работы, проводится для мониторинга достижений обучающимися целей обучения и дальнейшего выстраивания дифференцированной работы на уроке и осуществляется через рекомендации педагога в письменной форме (в тетрадях или дневниках) или устно.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z1277"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. При </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>формативном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивании на уроке педагог осуществляет обратную связь. Педагог самостоятельно определяет количество обучающихся, форму и частоту предоставления обратной связи.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z1278"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000701BA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Результаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000701BA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000701BA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания не требуют распечатывания и хранения в бумажном формате.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z1279"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление результатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания осуществляется в выполненных работах обучающихся и/или в электронных журналах в виде баллов, педагог </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">может вносить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>комментарии.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z1280"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z1282"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00802CE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Текущий контроль успеваемости обучающихся проводится педагогами в форме </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00802CE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00802CE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания для определения и фиксирования уровня усвоения содержания учебного материала по завершении изучения разделов (сквозных тем), четверти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802CE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В 1-ом классе учебные достижения обучающихся не оцениваются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">8. По результатам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за раздел/сквозную тему (далее – СОР) и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания за четверть (далее – СОЧ) обучающимся 2-11 классов выставляются баллы, которые учитываются при оценивании учебных достижений за четверть.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z1283"/>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9. Форма (контрольная, практическая или творческая работа, проект, эссе, диктант, изложение, сочинение, тестирование) и время проведения на уроке для выполнения СОР определяются педагогом самостоятельно.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z1284"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Максимальный балл за СОР составляет не менее 7 и не более 15 баллов в 1-4 классах, не менее 7 и не более 20 баллов в 5-11(12) классах.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z1285"/>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z1286"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При выставлении итогового балла за СОР и СОЧ не учитываются помарки и оформление условий учебных заданий и задач, за поведение баллы не снижаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC6B4B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z1287"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00DC6B4B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>При учебной нагрузке 1 час в неделю СОР проводится не более двух раз в четверти с объединением разделов, итоговая оценка выставляется за полугодие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC6B4B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC6B4B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>СОР проводится не более трех раз в четверти. Разделы/сквозные темы объединяются с учетом специфики тем и количества целей обучения при изучении четырех и более разделов/сквозных тем в четверти. Разрешается его проведение в два этапа.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z1288"/>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z1289"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Проводится не более трех СОЧ в один день</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>с учетом уровня сложности учебных предметов. СОЧ не проводятся в последний день завершения четверти. Одновременно СОР и СОЧ по одному учебному предмету в один день не проводятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>14. При оценивании обучающихся на дому педагог разрабатывает дифференцированные и/или индивидуальные задания с учетом учебной нагрузки обучающегося на дому и изученного им учебного материала.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z1290"/>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>15. При оценивании обучающихся с особыми образовательными потребностями педагог использует дифференцированные и/или индивидуальные задания, а также вносит изменения в критерии оценивания с учетом особенностей обучающегося, в том числе при реализации индивидуальных учебных программ.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z1291"/>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>16. СОР и СОЧ не проводятся по предметам: «Художественный труд», «Музыка», «Физическая культура», «Основы предпринимательства и бизнеса», «Графика и проектирование», «Начальная военная и технологическая подготовка», «Светскость и основы религиоведения» и «Цифровая грамотность» в начальной школе, по итогам четверти/полугодия и учебного года выставляется «зачет» («незачет»).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z1292"/>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. При выборе Типовых учебных планов начального, основного среднего, общего среднего образования Республики Казахстан, утвержденных приказом Министра образования и науки Республики Казахстан от 8 ноября 2012 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 500 (зарегистрирован в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еестре государственной регистрации нормативных правовых актов под № 8170) (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовые учебные планы) с сокращенной учебной нагрузкой в 10-11-х классах при выборе предметов углубленного и стандартного уровня инвариантного компонента по данным предметам проводится </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание, кроме учебных предметов «Основы предпринимательства и бизнеса», «Графика и проектирование».</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z1293"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">По учебным предметам 10-11-го класса, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>выбран</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000701BA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000701BA">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:br/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за счет часов вариативного компонента, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание не проводится, в конце учебного года выставляется </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«зачет» («незачет»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z1294"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>При выборе Типовых учебных планов с сокращенной учебной нагрузкой количество СО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00270075">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводится согласно пункту 11 настоящих Правил.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z1295"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По учебным предметам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-9 классов, выбранным за счет вариативного компонента (предметы по выбору из инвариантного компонента), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание не проводится, в конце учебного года выставляется «зачет» («незачет»).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z1296"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания содержат пройденный обучающимися материал в соответствии с Типовыми учебными программами по общеобразовательным предметам, утвержденными приказом Министра образования и науки Республики Казахстан от 3 апреля 2013 года № 115 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8424) (далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Білім және ғылым министрінің</w:t>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Типовые учебные программы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z1297"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00A35EEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Задания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35EEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35EEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35EEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35EEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания составляются педагогами самостоятельно с соблюдением принципов академической честности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z1298"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Перед проведением СОЧ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E965DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на заседании методического объединения педагогов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проводится обсуждение соответствия заданий целям обучения, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>объёма заданий, инструкций для выполнения заданий, времени выполнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание по языковым предметам проводится по четырем видам речевой деятельности (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аудирование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (слушание), говорение, чтение, письмо). Оценивание навыков </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аудирования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (слушания) и говорения проводится на уроках в течение недели, на которую запланировано проведение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z1299"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обеспечения объективности оценивания результатов обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005717E3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возникновения спорных вопросов по учебным предметам, по которым СОЧ проводится в письменной форме, по решению педагогического совета педагогами проводится </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>модерация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сроки, не позднее 1 (одного) дня до выставления оценок за СОЧ.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z1300"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При проведении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>модерации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы обучающихся за четверть, баллы которых подлежат изменению, перепроверяются. Балл за СОЧ по итогам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>модерации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изменяется как в сторону увеличения, так и в сторону уменьшения.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Обучающиеся, отсутствовавшие в день проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания по объективным причинам (по состоянию здоровья, смерти близких родственников, в связи с участием в соревнованиях, конференциях, олимпиадах и конкурсах научных проектов всех уровней, в связи с неблагоприятными метеоусловиями), проходят </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание по индивидуальному графику.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z1302"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>несдаче</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы до окончания текущей четверти/полугодия обучающемуся выставляется в электронном журнале отметка «временно не аттестован» до получения положительной оценки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы. По итогам сдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы выставляется четвертная/полугодовая оценка.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">24. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z1301"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>При отсутствии результатов СОР и СОЧ обучающийся является временно не аттестованным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z1303"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Письменные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы обучающихся за текущий учебный год хранятся в школе до конца данного учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z1304"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания обучающихся в виде баллов выставляются в журнал (бумажный/электронный) и переводятся в четвертную и годовую оценки по шкале перевода баллов согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z1305"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информация по итогам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания предоставляется обучающимся, родителям или его иным законным представителям в бумажном или электронном формате. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00535174">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z1306"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00424084">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Четвертная оценка выставляется на основании результатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00424084">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00424084">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания, СОР и СОЧ в процентном соотношении </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424084">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 25%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424084">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424084">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>50%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00424084">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При учебной нагрузке 1 час в неделю оценка за полугодие выставляется по результатам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00424084">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00424084">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания и СОР.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z1307"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Обучающиеся 1 класса не оставляются на повторный год обучения, за исключением обучающихся, которым рекомендован повторный год обучения по заключению психолого-медико-педагогической консультации по заявлению родителей или иных законных представителей.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z1310"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Повторный курс обучения в 1 классе оформляется решением педагогического совета.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC6B4B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z1309"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Годовая оценка </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>по учебным предметам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающимся 2-11 (12) классов выставляется как среднее арифметическое значение суммы четвертных оценок с округлением к ближайшему целому и является итоговой оценкой.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z1312"/>
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC6B4B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z1311"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обучающихся 2-8 (9) и 10 (11) классов, имеющих годовую оценку «2» по одному или двум предметам, организуется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за учебный год, включающее содержание материала за учебный год, которое проводится согласно графику, составленному школой.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z1314"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Итоговая оценка выставляется как среднее арифметическое значение годовой оценки и оценки за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за учебный год с округлением к ближайшему целому.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="z1315"/>
+      <w:bookmarkEnd w:id="49"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Обучающиеся 2-8 (9) и 10 (11) классов, имеющие годовую оценку «2» по трем и более предметам, оставляются на повторный год обучения.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="z1316"/>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>При получении оценок «3», «4», «5» обучающиеся 2-8 (9) и 10 (11) классов переводятся в следующий класс.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC6B4B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="z1313"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающиеся 2-8 (9) и 10 (11) классов, повторно получившие оценку «2» по одному или двум учебным предметам, подлежат дополнительному </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативному</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оцениванию за учебный год по данным предметам.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="z1318"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Итоговая оценка выставляется как среднее арифметическое значение годовой оценки и оценки за дополнительное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание с округлением к ближайшему целому.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="z1319"/>
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дополнительное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание проводится до начала нового учебного года.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z1320"/>
+      <w:bookmarkEnd w:id="54"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">При получении оценки «2» за дополнительное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание обучающиеся оставляются на повторный год обучения.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC6B4B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="z1317"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Пересмотр четвертных, годовых и итоговых оценок не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC6B4B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="z1321"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При переводе обучающегося из одной школы в другую в течение учебного года результаты его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания оформляются выпиской из электронного (бумажного) журнала, заверяются подписью директора, печатью школы и выдаются вместе с личным делом обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005717E3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>При переводе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающегося из школы, где ранее не изучался какой-либо предмет, в графу «Оценка за четверть» вносится «Не изучался». Годовая оценка </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>по учебному предмету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающемуся выставляется как среднее арифметическое значение суммы четвертных оценок, полученных далее в текущем учебном году при изучении данного предмета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z1322"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC6B4B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="z1323"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="003F1E8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Экзамен по казахскому языку проводится с целью оценивания освоения обучающимися содержания программ по предмету «Казахский язык» в школах с казахским языком обучения и по предмету «Казахский язык и литература» в школах с неказахским языком обучения при завершении академического года на уровне основного среднего (5-8 классы), общего среднего (10 класс) образования в письменной и устной форме в соответствии с ГОСО (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F1E8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аудирование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F1E8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (слушание), говорение, чтение, письмо).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000701BA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Время проведения экзамена определяется педагогическим советом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000701BA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>организаци</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000701BA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000701BA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, задания составляются педагогами с соблюдением принципов академической честности и утверждается администрацией организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>2008 жылғы 18 наурыздағы</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Итоговая оценка по предметам «Казахский язык», «Казахский язык и литература» выставляется на основании результатов экзамена (по пятибалльной шкале) и годовой оценки (по пятибалльной шкале) в процентном соотношении 30 на 70. Округление итоговой оценки проводится к ближайшему целому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006075B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Промежуточная аттестация по итогам учебного года не проводится, за исключением предметов, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">настоящем пункте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006075B3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z1324"/>
+      <w:bookmarkEnd w:id="59"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Глава 3. Порядок проведения итоговой аттестации обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z1325"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34016">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Освоение общеобразовательных учебных программ основного среднего, общего среднего образования завершается обязательной итоговой аттестацией обучающихся и проводится в форме:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="z1326"/>
+      <w:bookmarkEnd w:id="61"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) итоговых выпускных экзаменов для обучающихся 9 (10) класса;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="z1327"/>
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) государственных выпускных экзаменов для обучающихся 11 (12) класса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z1328"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34016">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Итоговая аттестация обучающихся 1-8 (9), 10 (11) классов не предусмотрена.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="z1329"/>
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B34016">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. К итоговой аттестации допускаются обучающиеся 9 (10), 11 (12) классов, освоившие Типовые учебные программы в соответствии с требованиями ГОСО.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="z1330"/>
+      <w:bookmarkEnd w:id="65"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B34016">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">39. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Обучающиеся 9 (10) класса, освоившие общеобразовательные учебные программы основного среднего образования, сдают четыре экзамена, один из них - по выбору.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="z1331"/>
+      <w:bookmarkEnd w:id="66"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Обучающиеся 11 (12) класса, освоившие общеобразовательные учебные программы общего среднего образования, сдают итоговую аттестацию в виде пяти экзаменов, один из них – по выбору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Итоговая аттестация для обучающихся 9 (10) класса проводится в следующих формах:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="z1332"/>
+      <w:bookmarkEnd w:id="67"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) письменный экзамен по казахскому языку/русскому языку и родному языку для школ с уйгурским/таджикским/узбекским языком обучения (язык обучения) в форме эссе, для обучающихся школ с углубленным изучением предметов гуманитарного цикла – письменной работы (статья, рассказ, эссе);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="z1333"/>
+      <w:bookmarkEnd w:id="68"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) письменный экзамен по математике (алгебре);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="z1334"/>
+      <w:bookmarkEnd w:id="69"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) письменный экзамен по казахскому языку и литературе в классах с русским/узбекским/уйгурским/таджикским языком обучения и письменный экзамен по русскому языку и литературе в классах с казахским языком обучения;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="z1335"/>
+      <w:bookmarkEnd w:id="70"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) письменный экзамен по предмету по выбору (физика, химия, биология, география, геометрия, история Казахстана, всемирная история, литература (по языку обучения), иностранный язык (английский/французский/немецкий), информатика).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="z1336"/>
+      <w:bookmarkEnd w:id="71"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z1337"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">41. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="z1343"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Итоговая аттестация для обучающихся 11 (12) класса проводится в следующих формах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z1338"/>
+      <w:r w:rsidRPr="006E12C9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) письменный экзамен по казахскому языку /русскому языку и родному языку для школ/классов с уйгурским/ таджикским/ узбекским языком обучения (язык обучения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z1339"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) письменный экзамен по алгебре и началам анализа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z1340"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="003E207F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) устный экз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>амен по истории Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z1341"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) письменный экзамен по казахскому языку и литературе в школах/классах с узбекским/ уйгурским / таджикским/ русским языком обучения и по русскому языку и литературе в школах/классах с казахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z1342"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5) письменный экзамен по предмету по выбору (физика, химия, биология, география, геометрия, всемирная история, основы права, литература (по языку обучения), иностранный язык (английский/французский/немецкий), информатика).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="79"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>42. Итоговая аттестация для обучающихся 11 класса специализированных музыкальных школ-интернатов проводится в форме письменного экзамена:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="80" w:name="z1344"/>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) по казахскому языку /русскому языку (язык обучения);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="81" w:name="z1345"/>
+      <w:bookmarkEnd w:id="80"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) по алгебре и началам анализа.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="82" w:name="z1346"/>
+      <w:bookmarkEnd w:id="81"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E648BD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Итоговая аттестация для обучающихся 12 класса специализированных музыкальных школ-интернатов проводится в форме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E648BD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) тестирования по истории Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E648BD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) тестирования по казахскому языку в школах с русским языком обучения и тестирования по русскому языку в школах с казахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E648BD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3) тестирования по предмету по выбору обучающегося (физика, химия, биология, география, геометрия, всемирная история, основы права, литература (по языку обучения), иностранный язык (английский/французский/немецкий), информатика).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">43. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="83" w:name="z1350"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="003F311C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Итоговая аттестация обучающихся 9 (10), 11(12) классов международных школ проводится по выбору обучающихся на казахском языке, русском языке или на языке их обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>44. Экзаменационные материалы (задания и схемы выставления баллов) для обучающихся 9 (10) класса разрабатывают управления образования областей, городов Астана, Алматы и Шымкент (далее – управления образования), для обучающихся 11 (12) класса организаций среднего образования, а также для 9 (10) и 11 (12) классов республиканских школ разрабатывает автономная организация образования «Назарбаев Интеллектуальные школы» (далее – АОО «НИШ»).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="84" w:name="z1351"/>
+      <w:bookmarkEnd w:id="83"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Национальный центр тестирования (далее – НЦТ) обеспечивает проведение независимой оценки качества содержания разработанных АОО «НИШ» экзаменационных материалов.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="85" w:name="z1352"/>
+      <w:bookmarkEnd w:id="84"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>НЦТ электронные версии экзаменационных материалов направляет через защищенные каналы в управления образования и республиканские организации образования.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="86" w:name="z1353"/>
+      <w:bookmarkEnd w:id="85"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Содержание итоговой аттестации и ожидаемые результаты регламентируются спецификацией в разрезе каждого предмета и языка обучения.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="87" w:name="z1354"/>
+      <w:bookmarkEnd w:id="86"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z1355"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Для обучающихся 9 (10) и 11 (12) классов, имеющих годовые неудовлетворительные оценки по одному или двум предметам (по которым не проводится итоговая аттестация), до начала итоговой аттестации проводится дополнительное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за учебный год по данным предметам.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="89" w:name="z1356"/>
+      <w:bookmarkEnd w:id="88"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При получении оценок «3», «4», «5» за дополнительное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за учебный год итоговая оценка выставляется как среднее арифметическое значение годовой оценки и оценки за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за учебный год с округлением к ближайшему целому.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="90" w:name="z1357"/>
+      <w:bookmarkEnd w:id="89"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При получении оценки «2» за дополнительное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за учебный год обучающиеся 9 (10) класса не допускаются к итоговой аттестации и остаются на повторный год обучения.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="91" w:name="z1358"/>
+      <w:bookmarkEnd w:id="90"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При получении оценки «2» за дополнительное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за учебный год обучающиеся 11 (12) класса не допускаются к итоговой аттестации и получают справку в соответствии с формой, утвержденной приказом Министра образования и науки Республики Казахстан от 28 января 2015 года № 39 «Об утверждении видов документов об образовании, форм документов об образовании государственного образца и правил их учета и выдачи, основных требований к содержанию документов об образовании собственного образца и правил их учета и выдачи, а также формы справки, выдаваемой лицам, не завершившим образование в организациях образования» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10348) (далее – приказ № 39).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="92" w:name="z1359"/>
+      <w:bookmarkEnd w:id="91"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>При получении оценки «2» по трем и более предметам обучающиеся 9 (10) класса не допускаются к итоговой аттестации и остаются на повторный год обучения.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="93" w:name="z1360"/>
+      <w:bookmarkEnd w:id="92"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>При получении оценки «2» по трем и более предметам обучающиеся 11 (12) класса не допускаются к итоговой аттестации и получают справку в соответствии с формой, утвержденной приказом № 39.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="94" w:name="z1361"/>
+      <w:bookmarkEnd w:id="93"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Для обучающихся 9 (10) и 11 (12) классов, имею</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C56EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>щих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годовые неудовлетворительные оценки по одному и двум предметам (по которым проводится итоговая аттестация), до начала итоговой аттестации проводится дополнительное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за учебный год по данным предметам.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="95" w:name="z1362"/>
+      <w:bookmarkEnd w:id="94"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При получении оценок «3», «4», «5» за дополнительное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за учебный год итоговая оценка выставляется на основании результатов экзамена (по пятибалльной шкале) и оценки за дополнительное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за учебный год (по пятибалльной шкале) в процентном соотношении 30 на 70. Округление итоговой оценки проводится к ближайшему целому.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="96" w:name="z1363"/>
+      <w:bookmarkEnd w:id="95"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При получении оценки «2» за дополнительное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за учебный год обучающиеся 9 (10) класса не допускаются к итоговой аттестации, остаются на повторный год обучения.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="97" w:name="z1364"/>
+      <w:bookmarkEnd w:id="96"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При получении оценки «2» за дополнительное </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за учебный год обучающиеся 11 (12) класса не допускаются к итоговой аттестации и получают справку в соответствии с формой, утвержденной приказом № 39.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="98" w:name="z1365"/>
+      <w:bookmarkEnd w:id="97"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Освобождение обучающихся от учебных предметов «Художественный труд», «Начальная военная и технологическая подготовка» и «Физическая культура» в порядке, установленном законодательством Республики Казахстан, не влияет на успеваемость, допуск к итоговой аттестации, перевод в следующие классы.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="99" w:name="z1366"/>
+      <w:bookmarkEnd w:id="98"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Обучающимся 9 (10) класса, имеющим годовые и итоговые оценки «5» по всем предметам в период учебы с 5 по 9 (10) классы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5145E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>выдается аттестат с отличием об основном среднем образовании в соответствии с формой, утвержденной приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Обучающимся 11 (12) класса, имеющим оценки «5» по предметам, подлежащим включению в приложение к аттестату об общем среднем образовании, годовые, итоговые оценки «5» по всем предметам в период обучения с 10 (11) по 11 (12) классы, выдается аттестат об общем среднем образовании с отличием в соответствии с формой, утвержденной приказом № 39.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="100" w:name="z1368"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Обучающиеся 9 (10) и 11 (12) классов освобождаются от итоговой аттестации приказами руководителей управлений образования, обучающиеся республиканских школ – приказом Министра просвещения Республики Казахстан в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) лица с инвалидностью первой, второй группы, дети с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3) участники летних учебно-тренировочных сборов, являющиеся кандидатами в сборную команду Республики Казахстан для участия в международных олимпиадах (соревнованиях);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) смерти близких родственников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Приказы об освобождении обучающихся от итоговой аттестации издаются на основании:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="101" w:name="z1389"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) заключения врачебно-консультационной комиссии согласно форме № 026/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) (далее – приказ № ҚР ДСМ-175/2020), для категории обучающихся указанных в подпункте 1) и 2) пункта 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="102" w:name="z1390"/>
+      <w:bookmarkEnd w:id="101"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) выписки из решения педсовета и ходатайства школы для категории обучающихся, указанных в пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="103" w:name="z1391"/>
+      <w:bookmarkEnd w:id="102"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) подлинников и копий табелей успеваемости обучающихся (далее – табель) в соответствии с формой, утвержденной приказом Министра образования и науки Республики Казахстан от 6 апреля 2020 года № 130 «Об утверждении Перечня документов, обязательных для ведения педагогами организаций среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, и их формы» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20317) для категории обучающихся, указанных в пункте 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил. Подлинники табелей после сверки с его копиями возвращаются администрации школы;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="104" w:name="z1392"/>
+      <w:bookmarkEnd w:id="103"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) свидетельство смерти близких родственников.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="105" w:name="z1393"/>
+      <w:bookmarkEnd w:id="104"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Документы, указанные в подпунктах 2) и 3) настоящего пункта, заверяются подписью руководителя и печатью школы.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="106" w:name="z1394"/>
+      <w:bookmarkEnd w:id="105"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Итоговая оценка для обучающихся, освобожденных от итоговой аттестации, выставляется на основании годовой оценки текущего учебного года.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="106"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="107" w:name="z1370"/>
+      <w:r w:rsidRPr="00E965DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающимся 11 (12) класса, получившим аттестат с отличием об основном среднем образовании, имеющим в соответствии с учебными программами основного, общего среднего образования или учебными программами АОО «НИШ» годовые и итоговые оценки «5» по всем предметам в период учебы с 5 (6) по 11 (12) классы, четвертные оценки «5» по всем предметам в период учебы с 10 (11) по 11 (12) классы, прошедшим итоговую аттестацию по завершении общего среднего образования на оценку «5», выдается аттестат об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E965DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E965DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» в соответствии с формой, утвержденной приказом № 39. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Обучающимся по образовательным программам АОО «НИШ» выдаются сертификаты единого национального тестирования (далее – ЕНТ) на основании перевода баллов внешнего оценивания результатов обучения выпускников АОО «НИШ» в баллы сертификата ЕНТ в соответствии со шкалой перевода баллов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>внешнего оценивания результатов обучения выпускников АОО «НИШ» в баллы сертификата ЕНТ согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="107"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...98 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Победителям международных олимпиад по общеобразовательным предметам последних трех лет, перечень которых утвержден приказом Министра образования и науки Республики Казахстан от 7 декабря 2011 года № 514 «Об утверждении Перечня республиканских и международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам, конкурсов исполнителей, конкурсов профессионального мастерства и спортивных соревнований и критерии их отбора» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 7355), получившим аттестат с отличием об основном среднем образовании, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E965DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>имеющим в соответствии с учебными программами основного, общего среднего образования или образовательными учебными программами АОО «НИШ» годовые и итоговые оценки «5» по всем предметам в период учебы с 5 (6) по 11 (12) классы, четвертные оценки «5» по всем предметам в период уче</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бы с 10 (11) по 11 (12) классы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>и освобожденным от итоговой аттестации согласно подпункту 3) пункта 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил выдается аттестат об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» в соответствии с формой, утвержденной приказом № 39</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. По результатам итоговой аттестации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) обучающиеся 9 (10) и 11 (12) классов при получении неудовлетворительных оценок по одному или двум предметам допускаются к прохождению в школе повторной итоговой аттестации по данным учебным предметам в форме экзамена;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) обучающиеся 9 (10) класса при получении неудовлетворительных оценок по трем и более предметам остаются на повторный год обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) обучающемуся 11 (12) класса при получении неудовлетворительных оценок по трем и более предметам выдается справка, выдаваемая лицам, не завершившим образование, в соответствии с формой, утвержденной приказом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>№ 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>По окончании следующего учебного года обучающийся, получивший справку, выдаваемую лицам, не завершившим образование, в соответствии с формой, утвержденной приказом № 39, проходят в школе повторную итоговую аттестацию по соответствующим учебным предметам в форме экзамена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Сроки повторной итоговой аттестации устанавливают организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Экзаменационные материалы повторной итоговой аттестации разрабатываются управлениями образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Обучающимся 9 (10) класса, сдавшим повторную итоговую аттестацию, выдается аттестат об основном среднем образовании в соответствии с формой, утвержденной приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Обучающиеся 9 (10) класса, получившие неудовлетворительную оценку при повторной итоговой аттестации, остаются на повторный год обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Обучающимся 11 (12) класса, сдавшим повторную итоговую аттестацию, выдается аттестат об общем среднем образовании в соответствии с формой, утвержденной приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающиеся 11 (12) класса, получившие неудовлетворительную оценку при повторной итоговой аттестации, получают справку, выдаваемую лицам, не завершившим образование, в соответствии с формой, утвержденной приказом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>№ 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="108" w:name="z1395"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Обучающиеся 9 (10) и 11 (12) классов, заболевшие в период итоговой аттестации, сдают пропущенные экзамены после выздоровления.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="108"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающиеся 9 (10) и 11 (12) классов, контактные с больным </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекцией </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>COVID</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-19 в период итоговой аттестации, сдают итоговую аттестацию в сроки, определенные организацией образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z1400"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. При поступлении обучающихся 9 (10) и 11 (12) классов на учебу за границу или выезда на постоянное место жительства при предъявлении подтверждающих документов проводится досрочная итоговая аттестация обучающихся в форме итоговых выпускных экзаменов или государственных выпускных экзаменов не ранее, чем за 2 месяца до окончания учебного года.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="110" w:name="z1401"/>
+      <w:bookmarkEnd w:id="109"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Досрочная итоговая аттестация обучающихся 9 (10) и 11 (12) классов проводится организациями образования. При сдаче досрочной аттестации претендентом на получение аттестата об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» на оценку «5» организациями образования выдается аттестат об общем среднем образовании с отличием в соответствии с формой, утвержденной приказом № 39.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="111" w:name="z1402"/>
+      <w:bookmarkEnd w:id="110"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Экзаменационные материалы для досрочной итоговой аттестации разрабатываются управлениями образования.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="112" w:name="z1403"/>
+      <w:bookmarkEnd w:id="111"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>59</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В срок до 1 февраля текущего года создается комиссия по итоговой аттестации обучающихся (далее – Комиссия): при школах – приказом директора школы, при районном, городском отделе образования – приказом его руководителя, при управлении образования – приказом его руководителя, при </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009756B0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Министерстве просвещения Республики Казахстан (далее – Министерство)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (для республиканских школ) – приказом Министра.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="113" w:name="z1441"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. В состав Комиссии при школе включаются учителя-предметники и заместители директора школы (при наличии), представители общественных организаций (при наличии) и родительских комитетов. Комиссию возглавляет директор школы или лицо, заменяющее его.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="114" w:name="z1442"/>
+      <w:bookmarkEnd w:id="113"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Количество членов Комиссии при школе составляет не менее пяти человек при одном выпускном класс-комплекте основной и средней школы и не менее семи человек при двух и более выпускных класс-комплектах основной и средней школы.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="115" w:name="z1443"/>
+      <w:bookmarkEnd w:id="114"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. В состав Комиссии при районном, городском отделе образования включаются педагоги-предметники, специалисты отделов образования, представители общественных организаций и родительских комитетов, а также секретарь, назначаемый из числа сотрудников отдела образования. Комиссию возглавляет руководитель отдела образования или лицо, заменяющее его.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="116" w:name="z1444"/>
+      <w:bookmarkEnd w:id="115"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. В состав Комиссии при управлении образования включаются учителя-предметники, специалисты управления образования, представители общественных организаций и родительских комитетов, средств массовой информации, а также секретарь, назначаемый из числа сотрудников управления образования. Комиссию возглавляет руководитель управления образования или лицо, заменяющее его.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="117" w:name="z1445"/>
+      <w:bookmarkEnd w:id="116"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В состав Комиссии при </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министерстве включаются учителя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предметники, представители общественных организаций и родительских комитетов, сотрудники Министерства и подведомственных организаций Министерства, а также секретарь, назначаемый из числа сотрудников Министерства. Комиссию возглавляет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>председатель Комитета среднего образования Министерства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или лицо, заменяющее его.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="117"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Обучающиеся на период их обучения по программам международного обмена числятся в контингенте школ Республики Казахстан, в которых они обучались до выезда по линии международного обмена.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="118" w:name="z1404"/>
+      <w:bookmarkEnd w:id="112"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Обучающиеся 11 (12) класса, выезжавшие на учебу за рубеж по линии международного обмена, итоговую аттестацию за 11 (12) класс проходят в школах Республики Казахстан после окончания учебы за рубежом по экзаменационным материалам, разработанным управлениями образования.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="119" w:name="z1405"/>
+      <w:bookmarkEnd w:id="118"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">До начала итоговой аттестации решением школьной комиссии обучающиеся проходят аттестацию по предметам инвариантного компонента Типового учебного плана, не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>изучавшимся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за рубежом.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="120" w:name="z1406"/>
+      <w:bookmarkEnd w:id="119"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Сроки проведения итоговой аттестации устанавливаются решением педагогического совета.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="121" w:name="z1407"/>
+      <w:bookmarkEnd w:id="120"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">После прохождения итоговой аттестации обучающимся выдается аттестат об общем среднем образовании, утвержденный приказом № 39, с учетом отметок по предметам, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>изучавшимся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за рубежом, годовых и итоговых оценок, полученных в предыдущих классах в школах Республики Казахстан.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="122" w:name="z1408"/>
+      <w:bookmarkEnd w:id="121"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Обучающимся, выезжавшим на учебу за рубеж по линии международного обмена, и окончившим за рубежом образовательные учреждения, а также имеющим оценки «5» по предметам, подлежащим включению в приложение к аттестату об общем среднем образовании, годовые, итоговые оценки «5» по всем предметам в период обучения с 10 (11) по 11 (12) классы выдается аттестат об общем среднем образовании с отличием в соответствии с формой, утвержденной приказом № 39.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="122"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающимся, выезжавшим на учебу за рубеж по линии международного обмена и окончившим за рубежом образовательные учреждения, соответствующим требованиям, указанным в пункте </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>52 Правил</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, выдается аттестат об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» в соответствии с формой, утвержденной приказом № 39, и знак «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="123" w:name="z1410"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z1412"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Вопрос о необходимости проведения итоговой аттестации обучающихся с особыми образовательными потребностями и обучающихся по индивидуальным учебным программам решается педагогическим советом в соответствии с индивидуальными особенностями обучающихся.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="125" w:name="z1413"/>
+      <w:bookmarkEnd w:id="124"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Экзаменационные материалы итоговой аттестации детей с особыми образовательными потребностями обучающихся в специальных организациях образования и специальных классах в общеобразовательных школах разрабатываются районными, городскими отделами образования или управлением образования.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="126" w:name="z1414"/>
+      <w:bookmarkEnd w:id="125"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. В 9 (10) классе на выполнение письменных работ отводится 2 астрономических часа, на математику (алгебру) (письменно) – 3 астрономических часа (в специализированных школах физико-математического направления – 4 часа).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="127" w:name="z1415"/>
+      <w:bookmarkEnd w:id="126"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">68. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В 11 (12) классе на письменный экзамен по казахскому языку /русскому языку и родному языку для школ с уйгурским/ таджикским/ узбекским языком обучения (язык обучения) отводится 3 астрономических часа, по алгебре и началам анализа – 5 астрономических часов.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="128" w:name="z1416"/>
+      <w:bookmarkEnd w:id="127"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Для детей с особыми образовательными потребностями, которые проходят итоговую аттестацию, предоставляется дополнительное время при сдаче экзамена согласно решению экзаменационной комиссии по итоговой аттестации обучающихся в соответствии с рекомендациями школы.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="129" w:name="z1417"/>
+      <w:bookmarkEnd w:id="128"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Письменные экзамены проводятся в просторных классных помещениях (помещение в здании школы с большой вместимостью целого класса с рассадкой одна парта – один обучающийся), где обучающиеся 9 (10) и 11 (12) классов садятся по одному.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Для выполнения письменных работ обучающимся выдается бумага со штампом школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Выполненную работу вместе с черновиками обучающиеся сдают Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Обучающиеся, не закончившие работу в отведенное для экзамена время, сдают ее незаконченной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">70. Во время проведения письменного экзамена (кроме диктанта) обучающемуся разрешается выйти из классного помещения по уважительной причине. В этом случае он сдает работу члену Комиссии, который отмечает на экзаменационной работе или журнале регистрации продолжительность </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>отсутствия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающегося на экзамене.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">71. По окончании письменного экзамена члены Комиссии проверяют работы обучающихся в здании школы, кроме работ претендентов на получение аттестата об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» по предметам, предусмотренным подпунктами 1), 2) пункта 41 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Непроверенные работы сдаются на хранение руководителю школы. При проверке ошибки подчеркиваются. В эссе за курс общего среднего образования количество ошибок указывается отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>На письменные работы по математике (алгебре), оцененные на «2» и «5», Комиссией школы даются рецензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В 9 (10) и 11 (12) классах работы проверяются согласно схеме выставления баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>72. Письменные экзаменационные работы во всех классах организаций образования начинаются в 10 часов 00 минут утра по времени города Астаны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>73. Количество и форма тестовых заданий, форма листа ответов для тестирования определяются спецификацией теста в разрезе каждого предмета, профиля и языка обучения. Спецификации итоговой аттестации разрабатываются АОО «НИШ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>74. После проведения итоговой аттестации по предмету в 9 (10) и 11 (12) классах Комиссия выставляет обучающимся баллы и экзаменационные оценки, вносит их в бумажный и электронный Протокол экзамена за курс обучения на уровне основного среднего, общего среднего образования по форме согласно приложению 3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Результаты итоговой аттестации обучающихся 9 (10) и 11 (12) классов по предметам в виде баллов выставляются в журнал (бумажный/электронный) и переводятся по шкале перевода баллов экзамена в экзаменационные оценки согласно приложению 4 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>75. При выставлении итоговой оценки обучающимся, находившимся на лечении в лечебном учреждении, где были организованы учебные занятия, учитываются четвертные (полугодовые) и годовые оценки, полученные ими в школе (классе или группе) при лечебном учреждении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">76. На основании письменного заявления обучающийся в присутствии члена Комиссии школы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ознакамливается</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с результатами проверки своей письменной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>77. Обучающиеся 9 (10) и 11 (12) классов, получившие оценку «2» на очередном экзамене, допускаются к следующему экзамену.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>78. При выведении итоговых оценок по предмету в 9 (10) и 11 (12) классах итоговая оценка выставляется на основании результатов экзамена (по пятибалльной шкале) и четвертных оценок за учебный год (по пятибалльной шкале) в процентном соотношении 30 на 70. Округление итоговой оценки проводится к ближайшему целому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Если обучающимся в 11 (12) классах не выбраны предметы углубленного и стандартного уровней инвариантного компонента, в аттестат об общем среднем образовании выставляется итоговая оценка по этим предметам за 9 класс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>79. При несогласии с оценкой, выставленной за письменный экзамен, обучающийся обращается с заявлением на апелляцию до 13 часов 00 минут следующего дня после объявления экзаменационной оценки в Комиссию, созданную при школе, районных, городских отделах образования, управлениях образования, а обучающиеся республиканских школ – в Комиссию при Министерстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Заявление на апелляцию по форме согласно приложению 5 к настоящим Правилам принимается соответствующей комиссией только по содержанию заданий и/или по техническим причинам и рассматривается в течение 2 (двух) рабочих дней с момента поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Рассмотрению подлежат конкретные факты, изложенные в заявлении на апелляцию. Заявления без указания мотивированного основания (полное пояснение) по конкретному заданию рассмотрению не подлежат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Заявления по апелляции фиксируются в журнале регистрации заявлений на апелляцию по форме согласно приложению 6 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Решение по заявлениям на апелляцию оформляется протоколом заседания комиссии по форме согласно приложению 7 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z1446"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>80. Комиссией при школе осуществляются следующие мероприятия:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="131" w:name="z1447"/>
+      <w:bookmarkEnd w:id="130"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) проведение разъяснительных работ для обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="132" w:name="z1448"/>
+      <w:bookmarkEnd w:id="131"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) формирование и направление в филиал НЦТ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>списков</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся 11 (12) класса, сдающих итоговую аттестацию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием перечня предметов, выбранных обучающимися 11 (12) класса, в срок до 1 марта текущего года;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="133" w:name="z1449"/>
+      <w:bookmarkEnd w:id="132"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3) организация работы по проведению итоговой аттестации, а также подготовке обучающихся к итоговой аттестации;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="134" w:name="z1450"/>
+      <w:bookmarkEnd w:id="133"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="135" w:name="z1451"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассмотрение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>письменных экзаменационных работ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся 9 (10) и 11 (12) классов, кроме работ претендентов на получение аттестата об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» по предметам, предусмотренным подпунктами 1) и 2) пункта 41 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="136" w:name="z1452"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>после завершения письменных экзаменационных работ направляет электронный вариант Протокола в отделы или управления образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6) выдача и использование результатов тестирования;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="137" w:name="z1453"/>
+      <w:bookmarkEnd w:id="136"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="138" w:name="z1454"/>
+      <w:r w:rsidRPr="00D86B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">направление письменных экзаменационных работ претендентов на получение аттестата об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» по предметам, предусмотренным подпунктами 1) и 2) пункта 41 настоящих Правил через районные/городские отделы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования на рассмотрение Комиссии при управлении образования (республиканские школы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на рассмотрение Комиссии при Министерстве);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z1455"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8) перевод баллов результатов тестирования в оценки в соответствии со Шкалой перевода баллов тестирования в оценки аттестата о среднем общем образовании согласно приложению 4 к настоящим Правилам;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="140" w:name="z1456"/>
+      <w:bookmarkEnd w:id="139"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9) рассмотрение и принятие решения по вопросам, поступившим на апелляцию.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="141" w:name="z1457"/>
+      <w:bookmarkEnd w:id="140"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>81. Комиссией при районном, городском отделе образования осуществляются следующие мероприятия:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="142" w:name="z1458"/>
+      <w:bookmarkEnd w:id="141"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) проведение информационно-разъяснительной работы среди обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="143" w:name="z1459"/>
+      <w:bookmarkEnd w:id="142"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) организация работы по проведению итоговой аттестации;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="144" w:name="z1460"/>
+      <w:bookmarkEnd w:id="143"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...16 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) направление письменных экзаменационных работ претендентов на получение аттестата об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» по предмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, предусмотренн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подпункт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 41настоящих Правил на Комиссию при управлении образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...18 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z1461"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4) рассмотрение поступивших вопросов на апелляцию и принятие окончательного решения.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="146" w:name="z1462"/>
+      <w:bookmarkEnd w:id="145"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...18 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>82. Комиссией при управлении образования осуществляются следующие мероприятия:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="146"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...18 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="147" w:name="z1475"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>) проведение информационно-разъяснительной работы по вопросам прохождения итоговой аттестации среди обучающихся, педагогов и родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...18 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00823B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) установление соответствия претендентов на получение аттестата об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00823B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» требованиям, указанным </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005717E3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>в пункте 52</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00823B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>) организация итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>) рассмотрение письменных экзаменационных работ претендентов на получение аттестата об общем среднем образ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">овании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» по предметам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, предусмотренн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подпункт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 41 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) направление результатов рассмотрения письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» в школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие окончательного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="z1482"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Комиссией при Министерстве осуществляются следующие мероприятия:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="149" w:name="z1483"/>
+      <w:bookmarkEnd w:id="148"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1) проведение информационно-разъяснительной работы среди обучающихся, педагогов и родителей по вопросам проведения и</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="150" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тоговой аттестации;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="151" w:name="z1484"/>
+      <w:bookmarkEnd w:id="149"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) организация работы по проведению итоговой аттестации;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="152" w:name="z1485"/>
+      <w:bookmarkEnd w:id="151"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) рассмотрение письменных экзаменационных работ претендентов на получение аттестата об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>республиканских школ по предметам, предусмотренным подпунктами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 41 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="z1486"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="154" w:name="z1487"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">направление результатов рассмотрения письменных экзаменационных работ претендентов на получение аттестата об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» в республиканские школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие окончательного решения.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="155" w:name="z1488"/>
+      <w:bookmarkEnd w:id="154"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Заключительное заседание Комиссии при школе по подведению итогов работы и принятию решения об утверждении списка обучающихся, награждаемых знаком «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>», проводится не позднее 20 июня текущего года.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="156" w:name="z1489"/>
+      <w:bookmarkEnd w:id="155"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Списки обладателей аттестатов об основном среднем образовании с отличием, аттестатов об общем среднем образовании с отличием и об общем среднем образовании «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» и знака «Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» утверждаются приказом директора школы.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="157" w:name="z1490"/>
+      <w:bookmarkEnd w:id="156"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Управления образования и республиканские школы предоставляют в Министерство итоговые данные о результатах итоговой аттестации обучающихся не позднее 1 июля текущего года.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="158" w:name="z1491"/>
+      <w:bookmarkEnd w:id="157"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Результаты итоговой аттестации обучающихся обсуждаются на педсовете по итогам работы за учебный год при участии всех членов Комиссии при школе в августе текущего года. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">4) білім алушыларды аралық аттестаттау </w:t>
-[...21 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t>Педсовет принимает меры по улучшению качества учебно-воспитательной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...51 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...16 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...8035 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10080" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4977"/>
-        <w:gridCol w:w="4408"/>
+        <w:gridCol w:w="4551"/>
+        <w:gridCol w:w="5529"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B60E0" w:rsidRPr="0004648F" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4977" w:type="dxa"/>
+            <w:tcW w:w="4551" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...8 lines deleted...]
-                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...12 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4408" w:type="dxa"/>
+            <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...9 lines deleted...]
-              <w:t>Бастауыш, негізгі орта, жалпы</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>орта білімнің білім беретін оқу</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>успеваемости, промежуточной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>аттестации обучающихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>білім беру ұйымдарындағы білім</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в организациях образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>реализующих общеобразовательные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>алушылардың үлгеріміне</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>учебные программы начального,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>ағымдық бақылаудың, оларды</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>основного среднего, общего</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
-[...79 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="z1493"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Шкала перевода баллов в оценки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...44 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9782" w:type="dxa"/>
+        <w:tblW w:w="9705" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
-        <w:tblInd w:w="-411" w:type="dxa"/>
+        <w:tblInd w:w="91" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5671"/>
-        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="5264"/>
+        <w:gridCol w:w="4441"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="29"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5671" w:type="dxa"/>
+            <w:tcW w:w="5264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:bookmarkEnd w:id="159"/>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...89 lines deleted...]
-              <w:t xml:space="preserve"> (%)</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Процентное содержание баллов во 2-11 (12) классах (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>Баға</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="29"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5671" w:type="dxa"/>
+            <w:tcW w:w="5264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>– 39</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>қанағаттанарлықсыз</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>неудовлетворительно</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="29"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5671" w:type="dxa"/>
+            <w:tcW w:w="5264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>40 – 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>қанағаттанарлық</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>удовлетворительно</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="29"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5671" w:type="dxa"/>
+            <w:tcW w:w="5264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>65 – 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>жақсы</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="29"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5671" w:type="dxa"/>
+            <w:tcW w:w="5264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>85 – 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>өте</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>отлично</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F03F8C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="z1495"/>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...322 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D1742E">
-[...193 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...17 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="z1496"/>
+      <w:bookmarkEnd w:id="160"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9398" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="page" w:tblpX="6107" w:tblpY="-270"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4521"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4521" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="162" w:name="z1498"/>
+            <w:bookmarkEnd w:id="161"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>успеваемости, промежуточной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>аттестации обучающихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в организациях образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>реализующих общеобразовательные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>учебные программы начального,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шкала перевода баллов внешнего оценивания результатов обучения выпускников </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>АОО «НИШ» в баллы сертификата ЕНТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9539" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="467"/>
-        <w:gridCol w:w="2265"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="851"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>Пәндер</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Предметы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcW w:w="7229" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Для</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>выпускников</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> АОО </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>НИШ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
-[...38 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>U (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>E (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>D (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>C (4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>B (5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>A (6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>A* (7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>Қазақ</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Казахский</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>тілі</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>язык</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>оқу</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>сауаттылығы</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>чтения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>Казақ</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Казахский</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>тілі</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>язык</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>бейіндік</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>профильный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>пән</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>предмет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>Орыс</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Русский</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>тілі</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>язык</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>оқу</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>сауаттылығы</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>чтения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>Орыс</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Русский</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>тілі</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>язык</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>бейіндік</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>профильный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>пән</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>предмет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>Қазақстан</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>История</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>тарихы</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Казахстана</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>математикалық</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>математическая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>сауаттылық</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>бейіндік</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>профильный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>пән</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>предмет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>Бейіндік</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Профильные</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-              <w:t>пәндер</w:t>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>предметы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
-          </w:p>
-[...9513 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...56 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+    </w:tbl>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Наивысший</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>результат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>к Типовым правилам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>проведения текущего контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>успеваемости, промежуточной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аттестации обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>организациях образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>реализующих общеобразовательные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>учебные программы начального,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>основного среднего, общего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Протокол экзамена за курс обучения на уровне основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="163" w:name="z1499"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>по ___________________________________________________________________</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="163"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(наименование учебного предмета)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>в ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(наименование школы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(наименование города (села))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(наименование района)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________области Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В состав экзаменационной комиссии входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) председателя экзаменационной комиссии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) экзаменатора)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) ассистентов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>На экзамен явились:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) обучающихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>На экзамен не явились:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) обучающихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Экзамен начался в ____час. ____ мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Экзамен закончился в ___час. ____мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>По результатам экзамена выставлены следующие баллы и экзаменационные оценки:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9235" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1439"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="2093"/>
+        <w:gridCol w:w="2628"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="1439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-              <w:t>1.</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...16 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при его наличии) экзаменующегося</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...16 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>прописью</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...16 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Экзаменационная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оценка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>прописью</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="1439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="2093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="2628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+    </w:tbl>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="z1500"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>экзамена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________20__ г.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="164"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Дата внесения в протокол оценок «__</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_»_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Председатель Комиссии ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Экзаменующий педагог ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ассистенты ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________ (Ф.И.О. (при его наличии) подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Примечание: аналогичный электронный вариант Протокола используется наравне с бумажным вариантом.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10221" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4551"/>
+        <w:gridCol w:w="5670"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="4551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>успеваемости, промежуточной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>аттестации обучающихся</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в организациях образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>реализующих общеобразовательные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>учебные программы начального,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="z1502"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шкала перевода баллов экзамена обучающихся 9 (10) и 11 (12) классов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>в экзаменационные оценки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9741" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1628"/>
+        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="1359"/>
+        <w:gridCol w:w="624"/>
+        <w:gridCol w:w="2063"/>
+        <w:gridCol w:w="101"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:bookmarkEnd w:id="165"/>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...12 lines deleted...]
-            </w:pPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Баллы для предметов, где максимальный балл 30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...12 lines deleted...]
-            </w:pPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Баллы для предметов, где максимальный балл 40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...12 lines deleted...]
-            </w:pPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Баллы для предметов, где максимальный балл 50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="2164" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...12 lines deleted...]
-            </w:pPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Баллы для предметов, где максимальный балл 60</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
             <w:pPr>
               <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2164" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>16-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>20-32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2164" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>24-38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>20-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>26-33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>33-42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2164" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>39-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>26-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>34-40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>43-50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2164" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>51-60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="101" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6953" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2687" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="z1505"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...45 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...57 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D1742E">
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Бастауыш</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>негізгі</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>к Типовым правилам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>орта</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>проведения текущего контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>жалпы</w:t>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>успеваемости, промежуточной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D1742E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>орта</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>аттестации обучающихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>білімнің</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>в организациях образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>білім</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>реализующих общеобразовательные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>беретін</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>учебные программы начального,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>оқу</w:t>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>основного среднего, общего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>бағдарламаларын</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00164E39">
+        <w:t>среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>іске</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00164E39">
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...360 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00164E39">
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>-</w:t>
+        <w:t>ФОРМА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Заявление на апелляцию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="z1506"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Я ________________ ___________ не согласен(а) с результатом письменной работы</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ф.И.О. (при его наличии) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>по предмету(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D1742E">
-        <w:rPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>) ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Прошу пересмотреть количество баллов, полученных мною за задание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ _____ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по следующим </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>основаниям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10363" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4551"/>
+        <w:gridCol w:w="5812"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>успеваемости, промежуточной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>аттестации обучающихся</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>реализующих общеобразовательные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>учебные программы начального,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ФОРМА</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>қосымша</w:t>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="168" w:name="z1509"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Журнал регистрации заявлений на апелляцию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10227" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1013"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2541"/>
+        <w:gridCol w:w="1570"/>
+        <w:gridCol w:w="1417"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="168"/>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучающегося</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Класс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>язык</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Предмет(ы), по которому подана апелляция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Время</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>подачи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заявления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Подпись</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>учащегося</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2541" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="169" w:name="z1510"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Член</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>комиссии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="169"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="4956"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>заполнения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10080" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4551"/>
+        <w:gridCol w:w="5529"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F" w:rsidP="00D36CBA">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D36CBA" w:rsidRDefault="00D36CBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>успеваемости, промежуточной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>аттестации обучающихся</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>реализующих общеобразовательные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>учебные программы начального,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF2D9F" w:rsidTr="00533628">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03F8C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ФОРМА</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="170" w:name="z1513"/>
+      <w:r w:rsidRPr="00F03F8C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+        <w:t>Протокол заседания комиссии по результатам рассмотрения заявления на апелляцию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D1742E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+      <w:bookmarkStart w:id="171" w:name="z1514"/>
+      <w:bookmarkEnd w:id="170"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Город ____________________________________________________________</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="171"/>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Экзаменационный центр _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Дата __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4235"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Состав комиссии:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="000B60E0">
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Председатель: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D1742E">
-[...18 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="-426"/>
-[...174 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRPr="00164E39" w:rsidRDefault="00C12291">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Члены комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...40 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Повестка дня:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Рассмотрение заявления обучающегося</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D1742E">
-[...29 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D1742E">
-[...40 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>О несогласии с оценкой, выставленной за письменный экзамен по предмету:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...171 lines deleted...]
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="006F350F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...323 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:r w:rsidRPr="00F03F8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Экзаменационная оценка до апелляции – _____ баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F"/>
+    <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F"/>
+    <w:sectPr w:rsidR="00EF2D9F" w:rsidSect="00D36CBA">
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1276" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="3"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008047E2" w:rsidRDefault="008047E2">
+    <w:p w:rsidR="00D00C8C" w:rsidRDefault="00D00C8C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008047E2" w:rsidRDefault="008047E2">
+    <w:p w:rsidR="00D00C8C" w:rsidRDefault="00D00C8C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+  <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0" w:rsidP="00164E39"/>
+  <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+  <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+  <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008047E2" w:rsidRDefault="008047E2">
+    <w:p w:rsidR="00D00C8C" w:rsidRDefault="00D00C8C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008047E2" w:rsidRDefault="008047E2">
+    <w:p w:rsidR="00D00C8C" w:rsidRDefault="00D00C8C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000B60E0" w:rsidRDefault="008047E2">
+  <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00D00C8C">
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject1025" o:spid="_x0000_s2051" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:532.95pt;height:79.2pt;rotation:315;z-index:-251659776;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="gray" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:70pt" string="ЕСБ 216182301"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1069539225"/>
+      <w:id w:val="1335025978"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:p w:rsidR="00771ECB" w:rsidRDefault="00771ECB">
         <w:pPr>
-          <w:pStyle w:val="a4"/>
+          <w:pStyle w:val="aa"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0004648F" w:rsidRPr="0004648F">
+        <w:r w:rsidR="00D36CBA" w:rsidRPr="00D36CBA">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+  <w:p w:rsidR="00EF2D9F" w:rsidRDefault="00EF2D9F">
     <w:pPr>
-      <w:pStyle w:val="a4"/>
+      <w:pStyle w:val="aa"/>
     </w:pPr>
-  </w:p>
-[...38 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1BF24C60"/>
+    <w:nsid w:val="28657817"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AB50AC72"/>
+    <w:tmpl w:val="DA5ECD40"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2121336F"/>
+    <w:nsid w:val="559869BE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D1DA5252"/>
+    <w:tmpl w:val="F8A0D8D0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CF91675"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="838E614A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -26877,54 +21658,54 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="22915863"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C780A5D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="45787CAC"/>
+    <w:tmpl w:val="98C09B2E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -26990,478 +21771,130 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...337 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="4"/>
-[...5 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000B60E0"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00FC0923"/>
+    <w:rsidRoot w:val="00EF2D9F"/>
+    <w:rsid w:val="002822EF"/>
+    <w:rsid w:val="006F350F"/>
+    <w:rsid w:val="00760CDD"/>
+    <w:rsid w:val="00771ECB"/>
+    <w:rsid w:val="00D00C8C"/>
+    <w:rsid w:val="00D36CBA"/>
+    <w:rsid w:val="00EF2D9F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0BDC539F"/>
-  <w15:docId w15:val="{2EDA2D24-8A9D-430E-89C1-01A61D05C79E}"/>
+  <w14:docId w14:val="3DBEECD4"/>
+  <w15:docId w15:val="{303376F4-4D48-4066-BC68-6FB8D01187D3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -27591,51 +22024,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -27708,177 +22141,338 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005507DA"/>
+    <w:rsid w:val="0099366C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F03F8C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="005507DA"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0099366C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentReference">
+    <w:name w:val="Comment Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CommentText">
+    <w:name w:val="Comment Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CommentSubject">
+    <w:name w:val="Comment Subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:basedOn w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F03F8C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:uiPriority w:val="34"/>
+    <w:locked/>
+    <w:rsid w:val="00F03F8C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F03F8C"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00D1742E"/>
+    <w:rsid w:val="00F03F8C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D1742E"/>
+    <w:rsid w:val="00F03F8C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D1742E"/>
+    <w:rsid w:val="00F03F8C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D1742E"/>
+    <w:rsid w:val="00F03F8C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -28113,323 +22707,214 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime>37</TotalTime>
+  <TotalTime>461</TotalTime>
   <Pages>25</Pages>
-  <Words>7511</Words>
-  <Characters>42818</Characters>
+  <Words>7562</Words>
+  <Characters>43107</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>356</Lines>
-  <Paragraphs>100</Paragraphs>
+  <Lines>359</Lines>
+  <Paragraphs>101</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50229</CharactersWithSpaces>
+  <CharactersWithSpaces>50568</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime>14</TotalTime>
+  <TotalTime>10</TotalTime>
   <Pages>26</Pages>
-  <Words>7815</Words>
-  <Characters>44552</Characters>
+  <Words>7917</Words>
+  <Characters>45128</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>371</Lines>
-  <Paragraphs>104</Paragraphs>
+  <Lines>376</Lines>
+  <Paragraphs>105</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>52263</CharactersWithSpaces>
+  <CharactersWithSpaces>52940</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-01-11T11:27:00Z</dcterms:created>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2022-12-27T12:34:00Z</dcterms:created>
   <dc:creator>Дәулетберді Гаухар</dc:creator>
   <lastModifiedBy>Еришева Сара Беккужевна</lastModifiedBy>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-01-26T03:53:00Z</dcterms:modified>
-  <revision>16</revision>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2022-12-27T12:56:00Z</dcterms:modified>
+  <revision>6</revision>
 </coreProperties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF">2023-01-11T11:26:00Z</dcterms:created>
+  <dc:creator>Дәулетберді Гаухар</dc:creator>
+  <lastModifiedBy>Еришева Сара Беккужевна</lastModifiedBy>
+  <lastPrinted>2023-03-14T05:38:00Z</lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-04-06T11:59:00Z</dcterms:modified>
+  <revision>39</revision>
+</coreProperties>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...19 lines deleted...]
-<b:Sources xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:xvml="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:cppr="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11" xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" xmlns:comp="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" StyleName="APA" SelectedStyle="\APASixthEditionOfficeOnline.xsl"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58741D77-B3AB-4019-9756-156D725DE765}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DACCF17-5C42-4990-A2C4-317463A62FB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B865CC26-0B7D-465A-B5EC-FEDA25A8B182}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B53CEB1E-F493-4180-88B4-6C66F5CC5B56}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{516BA590-32CE-4654-B864-66D32DEFB573}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69B00373-7DFD-405B-A963-A7AA5E6D36F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D6E83B1-B083-4484-863F-0D5F4755740C}">
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8C2ACB4-FFB9-4715-88F7-9127576ECA2B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD5714D2-7C6C-4AE8-A105-70CCD1BC900F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8552D19F-B389-4257-B2F8-0BC193C30CC2}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{883AE8E5-6844-4C37-8C36-A639C35B5435}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...38 lines deleted...]
-    <ds:schemaRef ds:uri="http://opendope.org/SmartArt/DataHierarchy"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>7520</Words>
-  <Characters>42866</Characters>
+  <Words>7575</Words>
+  <Characters>43183</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>357</Lines>
-  <Paragraphs>100</Paragraphs>
+  <Lines>359</Lines>
+  <Paragraphs>101</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50286</CharactersWithSpaces>
+  <CharactersWithSpaces>50657</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Дәулетберді Гаухар</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>