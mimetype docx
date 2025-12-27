--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,93 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5949" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3396"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B60E0">
+      <w:tr w:rsidR="00AA3F15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
               <w:ind w:left="250"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Республикасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -98,26359 +94,18235 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Оқу-ағарту</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>министрі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
               <w:ind w:left="250"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>жылғы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 13 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>сәуірдегі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
               <w:ind w:left="250"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>№ 96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="00F51D3F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005507DA">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>бұйрығына</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005507DA">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1-</w:t>
+              <w:t>2-</w:t>
             </w:r>
             <w:r w:rsidRPr="005507DA">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>қ</w:t>
             </w:r>
             <w:r w:rsidRPr="005507DA">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005507DA">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>сымша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
-[...3 lines deleted...]
-        <w:ind w:left="5664"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2008 жылғы 18 наурыздағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 125 бұйрығына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="z7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдағы бақылауды, аралық және қорытынды аттестаттауды өткізудің үлгі қағидалары</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...205 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-      </w:r>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z45"/>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-тарау. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="679"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z47"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгеріміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бақылауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестаттауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өткізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қағидалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-бабының 19) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тармақшасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>меншік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ведомстволық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыныстылығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгеріміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бақылауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аттестаттауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өткізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="30" w:firstLine="679"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қағидаларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтамалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдаланылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-        <w:t>2) бағалау өлшемшарттары – білім алушылардың оқу жетістіктерін бағалау жүргізуге негіз болатын белгі;</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтиханы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>теориялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>практикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттіліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеткілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екендігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>объективті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айқындауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкестігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рәсім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-        <w:t>3) білім алушылардың үлгерімін ағымдық бақылау – бұл жалпы білім беретін оқу бағдарламасына сәйкес ағымдағы сабақ барысында педагог жүргізетін білім алушылардың білімдерін жүйелі тексеру;</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шеңберінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модульді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>игеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытындылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рәсімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алқалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C33481">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сабағының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>пәнінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>модульдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>шеңберінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>модульдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бөлігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бүкіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>көлемінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">4) білім алушыларды аралық аттестаттау </w:t>
-[...16 lines deleted...]
-        <w:t>білім алушылардың оқу аяқталғаннан кейін оқу пәнінің бір бөлігінің немесе бүкіл көлемінің мазмұнын игеру сапасын бағалау мақсатында жүргізілетін рәсім;</w:t>
+        <w:t>мазмұнын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>зерделеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бітіргеннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рәсім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> МЖМБС) қарастырылған оқу пәндерінің көлемін меңгеру дәрежесін анықтау мақсатында жүргізілетін рәсім:</w:t>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0955">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>деңгейінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>стандартында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сабақтарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>пәндерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>модульдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>көлемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дәрежесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>айқындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рәсім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="z1106"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk77355937"/>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушылардың үлгеріміне ағымдағы бақылау – педагог сабақта өткізетін білім алушылардың білімін, іскерлігі мен дағдыларын жүйелі түрде тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>демонстрациялық емтихан – білім алушыға меңгерген кәсіби құзыреттіліктерін іс жүзінде көрсетуге мүмкіндік беретін аралық және/немесе қорытынды аттестаттауды өткізу нысаны;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z48"/>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дипломдық жұмыс (жоба) – білім алушылардың техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламасын меңгеру нәтижелерін оның ішінде жобалық тәсілдерді қолдана отырып жинақтауды білдіретін өзіндік бітіру жұмысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317942">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қорытынды аттестаттау комиссиясы – техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының бітірушілеріне қорытынды аттестаттау өткізу үшін құрылатын алқалы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317942">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жетістіктерін бағалаудың балдық–рейтингтік әріптік жүйесі - халықаралық практикада қабылданған сандық эквивалентті әріптік жүйеге сәйкес келетін және білім алушылардың рейтингін белгілеуге мүмкіндік беретін оқу жетістіктерінің деңгейін балмен бағалау жүйесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту нәтижелері – білім алушылардың білім беру бағдарламасын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың оқу модулін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> меңгеру бойынша алған, көрсететін білімінің, машықтарының, дағдыларының бағалаумен расталған көлемі және қалыптасқан құндылықтар мен қарым-қатынастар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0710A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>практикалық жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D94CEE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0710A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіптік міндеттерді шешу үшін білім алушылардың практикалық біліктері мен дағдыларын айқындауға мүмкіндік беретін аралық және/немесе қорытынды аттестаттауды өткізу нысаны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың білімін бағалау цифрлық бес балдық жүйе бойынша жүргізіледі: (5 - «өте жақсы», 4 – «жақсы», 3 – «қанағаттанарлық», 2 - «қанағаттанарлықсыз»).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балдық-рейтингтік әріптік жүйені қолдану кезінде білім алушылардың оқу жетістіктері (білім, білік, дағды және құзыреттілік) осы Қағидаларға қосымшаға сәйкес 4 балдық шкала бойынша тиісті цифрлық эквиваленті бар халықаралық тәжірибеде қабылданған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әріптік жүйеге (оң бағалар, кемуіне қарай, «А» - дан «D»-ға дейін, «қанағаттанарлықсыз» - «F») сәйкес келетін 100 балдық шкала бойынша бағаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z49"/>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37A0F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-тарау. Білім алушыларды ағымдағы бақылаудан және аралық аттестаттаудан өткізу</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z52"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Білім беру ұйымдары білім алушылардың үлгерімін ағымдағы бақылауды және аралық аттестаттауды өткізудің нысандарын, тәртібін және кезеңділігін дербес таңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ағымдағы бақылау пәндер және (немесе) модульдер бойынша практикалық және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лабораторлық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сабақтар жоқ болған жағдайда, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу бағдарламасында көзделген міндетті бақылау жұмыстарын (жазбаша тапсырмалар, рефераттар) тексеруі арқылы, оның ішінде оқытудың жеке траекториясын ескере отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ерекше білім берілуіне қажеттілігі бар тұлғалардың пәндер және (немесе) модульдер бойынша үлгеріміне ағымдағы бақылау психофизикалық даму ерекшеліктері ескеріле отырып жеке тапсырмалар бойынша өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қашықтан оқыту (бұдан әрі – ҚО) арқылы білім алушылардың үлгерімін ағымдағы бақылау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) білім алушы мен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телекоммуникациялық құралдарды пайдалана отырып онлайн немесе офлайн режимінде тікелей қарым-қатынасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) автоматтандырылған тестілеу кешендері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) жеке тапсырмаларды тексеру (білім алушылардың электрондық поштасына, мессенджерлеріне тапсырмалар беру) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың үлгеріміне ағымдағы бақылауды жүргізу нысандарын педагог оқу материалының мақсатын, мазмұнын ескере отырып анықтайды.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z53"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу жоспарына сәйкес оқыту дәрістік курспен шектелетін пәндер және (немесе) модульдер бойынша міндетті бақылау жұмыстары болмаған жағдайда, үлгерімді ағымдағы бақылау жүзеге асырылмайды. Пәндердің және (немесе) модульдердің тізбесін білім беру ұйымдарының алқалы органы айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Білім алушыларды аралық аттестаттаудан өткізу пәндерінің және (немесе) модульдерінің тізбесі мен нысанын оқу жұмыс жоспарларына сәйкес техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары белгілейді және оқу жылының басында оқу процесінің кестесіне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚО арқылы аралық аттестаттау өткізу кезінде мынадай нысандар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) тапсырманы орындауға кететін уақытты шектеу мүмкіндігі бар автоматтандырылған тест жүйелерін қолдана отырып тестілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) жобаны орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) практикалық, шығармашылық тапсырманы орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) емтиханды онлайн режимінде тапсыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалпы білім беретін пәндер бойынша аралық аттестаттау: қазақ тілінде оқытатын топтар үшін қазақ тілі, орыс тілі және әдебиеті; орыс тілінде оқытатын топтар үшін орыс тілі, қазақ тілі және әдебиеті; Қазақстан тарихы, математика және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16282">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мамандық бейініне сәйкес білім беру ұйымының таңдау пәні бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емтихандар өткізуді көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін пәндер бойынша аралық аттестаттау «жалпы білім беретін пәндер» модуліне/цикліне бөлінген кредиттер/сағаттар есебінен өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Бақылау жұмыстары, сынақтар және курстық жобалар (жұмыстар) пәнді және (немесе) модульді оқытуға бөлінген оқу уақыты есебінен, емтихандар - аралық және/немесе қорытынды аттестаттауға бөлінген мерзімде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өнер және мәдениет саласындағы мамандықтар үшін қорытынды және (немесе) аралық аттестаттау шығармашылық тапсырмалардың орындалуын көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығармашылық тапсырма туралы ережені техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымы дербес әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушыларға жұмысшы біліктілігін беруге арналған аралық аттестаттау өткізу үшін техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары басшысының бұйрығымен біліктілік комиссиясы құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмыс біліктілігі бағдарламасын меңгергеннен кейін біліктілік емтиханы өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік емтихан практикалық жұмыс немесе демонстрациялық емтихан нысанында техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымының оқу-өндірістік шеберханаларында, зертханаларында және оқу орталықтарында және/немесе кәсіпорындардың өндірістік алаңдарында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмыс біліктілігін алу жөніндегі бағдарламаны меңгергеннен кейін оқуын жалғастырмайтын білім алушылар үшін біліктілік емтиханы қорытынды аттестаттау шеңберінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқуды жалғастыратын білім алушылар үшін біліктілік емтиханы аралық аттестаттау шеңберінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмысшы біліктілігін беру туралы куәлік беру туралы шешім біліктілік комиссиясының шешімі бойынша біліктілік емтиханы негізінде қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z55"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушыларды аралық аттестаттау оқу жұмыс жоспарлары мен бағдарламаларына сәйкес курстық жобаларды (жұмыстарды) қорғау, практика бойынша есептер, сынақтар және емтихандар нысанында жүзеге асырылады, бұл ретте сынақтар мен курстық жобаларды (жұмыстарды) қорғау емтихандар басталғанға дейін (болған жағдайда) өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Курстық жобалар (жұмыстар) аталған пән және (немесе) модуль бойынша курстық жобаны (жұмысты) орындау үшін жеткілікті білімді меңгеруді қамтамасыз ететін пәннің және (немесе) модульдің теориялық бөлімі немесе тарауы аяқталғаннан кейін орындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Техникалық және кәсіптік білім беру ұйымдарында ерекше білім берілуіне қажеттілігі бар тұлғаларды аралық аттестаттау емтихандар және/немесе сынақтар нысанында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z56"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. Сынақтар тізбесі оқу жұмыс жоспарына, сондай-ақ курстық жобаларға (жұмыстарға), кәсіптік практикаға сәйкес айқандалатын пәндер және (немесе) модульдер бойынша саралған бағалармен/балдармен өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. Білім алушыларды аралық аттестаттау материалдары әрбір оқу пәнінің және (немесе) модульдің оқу жұмыс жоспарлары мен бағдарламаларының негізінде жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>10. Білім алушыларды аралық аттестаттауға даярлау кезеңінде консультацияға бөлінген жалпы бюджет уақыты есебінен консультация өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11. Білім алушыларды емтихан нысанында аралық аттестаттаудан өткізу үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) емтихан билеттері (емтихандық бақылау тапсырмалары), тест тапсырмалары, ситуациялық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсырмалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) емтихан кезінде пайдалануға рұқсат берілген көрнекі құралдар, анықтама сипатындағы материалдар, нормативтік құжаттар мен техника үлгілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) оқу және технологогиялық карталар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) спорт залдары, жабдықтар, мүкәммалдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B26289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) емтихан ведомосы дайын болуы қажет.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="00D1742E">
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="z1107"/>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Аралық аттестаттауды (емтихандар мен сынақтарды қабылдау) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және (немесе) аталған пән және (немесе) модуль бойынша семестр бойы сабақ берген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не білім беру ұйымы басшысының тапсырмасы бойынша осы пәннің және (немесе) модульдің бейініне сәйкес келетін біліктілігі бар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk77357038"/>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13. Аралық аттестаттау кезінде емтихандарға әрбір пән және (немесе) модуль бойынша оқу жұмыс жоспарлары мен білім беру бағдарламаларына сәйкес барлық практикалық, зертханалық, есептік-графикалық және курстық жұмыстарды (жобаларды), сынақтарды толық орындаған білім алушылар жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-2 пән және (немесе) модуль бойынша қанағаттанарлықсыз бағалары бар білім алушылар емтиханға педагогикалық кеңестің шешімімен жіберіледі.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-        <w:t>7) модерация – бағалаудың объективтілігін және айқындығын қамтамасыз ету үшін балдарды қоюды стандарттау мақсатында тоқсандық жиынтық бағалау бойынша білім алушылардың жұмысын талқылау процесі;</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14. Емтихан билеттері бойынша тапсырманы орындау үшін аралық аттестаттауды өткізу кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-        <w:t>8) оқытудан күтілетін нәтижелер – оқыту процесі аяқталғанда білім алушының нені біліп, түсініп, көрсете алатынын сипаттайтын құзыреттіліктер жиынтығы;</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауызша емтиханға әр білім алушыға 25 (жиырма бес) минуттан артық емес уақыт бөлінеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жазбаша емтихан өткізуге:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
-[...229 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...22 lines deleted...]
-        <w:t>Білім алушылардың үлгеріміне ағымдық бақылауды тоқсан, бөлім (ортақ тақырып) аяқталғаннан кейін оқу материалдарының мазмұнын меңгеру деңгейін анықтау және қадағалау үшін жиынтық бағалау нысанында педагогтер жүргізеді.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) шығармаға және (немесе) эссеге әдебиет бойынша  6 астрономиялық сағат;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...9 lines deleted...]
-        <w:t>1-сыныпта білім алушылардың оқу жетістіктері бағаланбайды.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) математика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәндерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A0B1F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модульдерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>академиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D2F2A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="19"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мазмұндауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астрономиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диктантқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астрономиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мөртабаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағаздарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="21" w:name="z1118"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шеңберінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтиханын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>практикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астрономиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағаттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>демонстрациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтиханы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астрономиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағаттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлінеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="21"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиясының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрамы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60% - дан кем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арақатынаста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіпорындар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берушілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0% - дан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">артық емес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатарынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалыптастырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="22"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дауыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хатшыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоспағанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төрағасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүшелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алғанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өкілдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұрады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дуальды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиясының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрамына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аттестатталушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәлімгерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жіберілмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тыңдауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, спорт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көріністеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пәндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>модульдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтихандарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пәндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>циклдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиялардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кафедралардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмсалатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқушыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>академиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сағаттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аспайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарастырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аттестаттауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>емтихандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сынақтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рұқсатынсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жұмыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>басшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>орынбасарынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бөлім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>меңгерушісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>пәндік-циклдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>комиссияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>төрағасынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>төрайымынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бөгде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>адамдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қатысуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="26"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сырқаттануына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дәлелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>себептермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аттестаттаудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өтпеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>орнының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тапсыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мерзімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>белгілейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="z1125"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>18. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Қанағаттанарлықсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>» (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сынақтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>баға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>емтиханды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тапсыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>пән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) модуль </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>реттен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>артық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>етілмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...50 lines deleted...]
-      <w:bookmarkEnd w:id="28"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Қанағаттанарлықсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>баға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>емтиханды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сынақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мерзімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>Вариативті компонент сағатының есебінен таңдалған 10-11-сыныптардың оқу пәндері бойынша жиынтық бағалау өткізілмейді, оқу жылының соңында «есептелінді» («есептелінген жоқ») деген белгі жазылады.</w:t>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>біреуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>артық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қанағаттанарлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>атына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>еркін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>нысандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өтініші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бағалауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тапсыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>18. Қысқартылған оқу жүктемесі бар Үлгілік оқу жоспарларын таңдаған жағдайда БЖБ саны 11-тармаққа сәйкес жүргізіледі.</w:t>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Емтиханды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сынақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ресімделеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...46 lines deleted...]
-        <w:t>есептелінген жоқ» деген белгі жазылады.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үштен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>астам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қанағаттанарлықсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шығарылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үлгідегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>19. Жиынтық бағалау тапсырмалары білім алушылармен орындалады және Қазақстан Республикасы Білім және ғылым министрінің 2013 жылғы 3 сәуірдегі № 115 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8424 болып тіркелген) жалпы білім беретін пәндер бойынша Үлгілік оқу бағдарламасына (бұдан әрі – Үлгілік оқу бағдарламасы) сәйкес олар өткен материалдарды қамтиды.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>курстағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>толықтай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орындаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сынақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емтихандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>курсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көшіріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26E83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> дайындайды.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>21. Сараланған есепке алу көзделген пәндер және (немесе) модульдер бойынша қорытынды бағаларды педагогтер ағымдағы үлгерімді бақылау бағалары негізінде орташа арифметикалық баға ретінде қояды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...37 lines deleted...]
-        <w:t>оқу мақсаттарына сәйкестігін, тапсырмалар көлемін, тапсырмаларды орындауға арналған нұсқаулықтарды, орындау уақытын талқылайды.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z61"/>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>21-1. Емтихан көзделген пәндер және (немесе) модульдер бойынша қорытынды баға мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...100 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>И = 0,6 х (РО 1+...+ РО N) /N+ 0,4 х Е, мұндағы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>22. Даулы мәселелер туындаған жағдайда білім алушылардың тоқсандағы оқу жетістіктерінің нәтижелері бойынша жазбаша түрде өткізілетін жиынтық бағалауда объективтілікті және ашықтықты қамтамасыз ету үшін және/немесе педагогикалық кеңестің шешімімен педагогтер қажет болған жағдайда, ТЖБ бағасы қойылғанға дейін бір күннен кешіктірмей модерация жүргізеді.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>РО – оқыту нәтижесі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:t>Балдары өзгертілуі тиіс болатын білім алушылардың тоқсандық жиынтық жұмыстарының модерациясы жүргізілген жағдайда олар қайта тексеріледі. Модерация қорытындысы бойынша ТЖБ үшін балл өсу жағына да, азаю жағына да өзгереді.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>N – оқыту нәтижелерінің саны;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...20 lines deleted...]
-        <w:t>конференцияларға, олимпиадаларға және ғылыми жобалар конкурстарына қатысу) болмаған жағдайда жиынтық бағалауды жеке кесте бойынша тапсырады.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Э – емтихан бағасы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...28 lines deleted...]
-        <w:t>/жартыжылдық баға қойылады.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F2E91">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқыту нәтижесінің рейтингі (балдар) бағалау критерийлері үшін балдардың орташа арифметикалық мәнімен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>есептеледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F2E91">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>24. БЖБ және ТЖБ қорытындысы болмаған жағдайда білім алушы уақытша аттестаттаудан өтпеген болып есептеледі.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F2E91">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O=KO1+...+ KON/N, қайда: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>25. Ағымдағы жылғы білім алушылардың жазбаша жиынтық жұмыстары мектепте сол оқу жылы аяқталғанға дейін сақталады.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F2E91">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КО-бағалау критерийлері; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>26. Білім алушылардың жиынтық бағалау нәтижелері балл түрінде (қағаз/электрондық) журналға қойылады және осы Қағидаларға 1-қосымшаға сәйкес балды бағаға ауыстыру шәкілі бойынша тоқсандық және жылдық бағаға ауыстырылады.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F2E91">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>N-бағалау саны.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>27. Жиынтық бағалау қорытындысы бойынша ақпарат білім алушыларға және ата-аналарға немесе баланың өзге де заңды өкілдеріне қағаз түрінде немесе электронды нұсқада беріледі.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22. Ағымдағы оқу сабақтарынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E169F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қол үзбей, аралық аттестаттау емтихандарын мерзімінен бұрын тапсыруға техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары басшысының бұйрығымен:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>28. Тоқсандық баға формативті бағалау және жиынтық бағалау қорытындысының негізінде 50%-да 50% пайыздық арақатынаста қойылады.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E169F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) ағымдағы семестрдің пәндері және (немесе) модульдері бойынша оқу жұмыс жоспарлары мен білім беру бағдарламаларына сәйкес зертханалық, практикалық, есептік-графикалық және курстық жұмыстарды (жобаларды), сынақтарды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E169F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өте жақсы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E169F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деген бағаға тапсырған;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>Аптасына 1 сағат оқу жүктемесі кезінде жартыжылдыққа баға формативті бағалау және БЖБ нәтижесі бойынша қойылады.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E169F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) белгіленген мерзімде аралық аттестаттаудан өтуге мүмкіндігі жоқ (тиісті құжаттармен расталған дәлелді себептер бойынша) білім алушылар жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3-тарау. Білім алушыларға қорытынды аттестаттауды өткізу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>30. 2-11 (12) сынып білім алушыларының пәндер бойынша жылдық бағалары жақын бүтіндікке дөңгелектеу арқылы тоқсандық бағалар жиынтығының орташа арифметикалық мәні ретінде қойылады және қорытынды баға болып табылады.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының білім алушыларын қорытынды аттестаттау, медициналық білім беру бағдарламалары бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік емтиханын және (немесе) білім алушыларды қоспағанда, жалпы кәсіптік және арнайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пәндер және (немесе) модульдер бойынша қорытынды емтихандар тапсыруды немесе арнайы пәндердің және (немесе) модульдердің бірінде қорытынды емтихан тапсыру арқылы диплом жобасын (жұмысын) орындау мен қорғауды немесе дипломдық жұмысты орындауды және қорғауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>31. Бір немесе екі пәннен «2» бағасын алған 2-8 (9) және 10 (11) сынып білім алушылары үшін мектеп жасаған кестеге сәйкес жүргізілетін оқу жылындағы материал мазмұнын қамтитын жиынтық бағалау оқу жылына ұйымдастырылады.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Медициналық білім беру бағдарламалары бойынша білім алушыларды қорытынды аттестаттау Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 желтоқсандағы № ҚР ДСМ-249/2020 бұйрығымен (Нормативтік құқықтық актілерді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік тіркеу тізілімінде № 21763 болып тіркелген) бекітілген Денсаулық сақтау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саласындағы білім беру бағдарламалары білім алушыларының білімі мен дағдыларын бағалау, түлектерінің кәсіптік даярлығын бағалау, денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалау қағидаларына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>Қорытынды баға жақын бүтіндікке дөңгелектеу арқылы жылдық баға мен қосымша жиынтық бағаның орташа арифметикалық мәні арқалы қойылады.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттау оны өткізудің алдын ала бекітілген кестесі бойынша өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>Үш немесе одан да көп пәннен «2» бағасын алған 2-8 (9) және 10 (11) сынып білім алушылары қайта оқуға орнында қалдырылады.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қорытынды аттестаттауға академиялық қарызы жоқ және Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>348</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>29031</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып тіркелген) бекітілген техникалық және кәсіптік, орта білімнен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>кейінгі білімнің мемлекеттік жалпыға міндетті стандарттарының (бұдан әрі – МЖМБС) талаптарына сәйкес білім беру бағдарламаларын толық көлемде меңгерген білім алушылар жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>«3», «4», «5» бағаларын алған 2-8 (9) және 10 (11) сынып білім алушылары келесі сыныпқа көшіріледі.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушыларды қорытынды аттестаттауға жіберу білім беру ұйымы басшысының бұйрығымен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>32. Бір немесе екі оқу пәнінен қайта «2» бағасын алған 2-8 (9) және 10 (11) сыныптардың білім алушылары осы пәндерден қосымша жиынтық бағалаудан өткізіледі.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚО арқылы қорытынды аттестаттауды өткізу кезінде білім беру ұйымы білім алушылардың жеке басын сәйкестендіруді қамтамасыз етеді, оның тәсілін ұйым дербес таңдайды және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны өткізу тәртібінің сақталуын бақылайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...11 lines deleted...]
-        <w:t>Қорытынды баға жақын бүтіндікке дөңгелектеу арқылы жылдық баға мен қосымша жиынтық бағаның орташа арифметикалық мәні арқылы қойылады.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушыларды сәйкестендіру білім алушының жеке басын бейне камера алдында ашық түрде ұсынылған жеке басын куәландыратын құжаттың деректерімен визуалды салыстыру арқылы жүзеге асырылады. Білім алушылар байланыс жабдықтары мен арналарына қойылатын техникалық талаптар туралы алдын ала хабардар етіледі. Білім беру ұйымы білім алушылардың техникалық мүмкіндігіне байланысты алдын ала тексеру арқылы көз жеткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>Қосымша жиынтық бағалау жаңа оқу жылының басына дейін өткізіледі.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Компьютерлік тестілеу ақпараттық жүйелерге енгізілген құралдардың көмегімен немесе жеке құралдардың көмегімен өткізіледі. Тестілеу процесі автоматтандырылған. Тестілеу нәтижелерін автоматтандырылған өңдеу және сақтау қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>Қосымша жиынтық бағалаудан «2» деген баға алған жағдайда, білім алушы сол сыныпта оқуға орнында қалдырылады.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0022623B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>24. Дипломдық жобаны (жұмысты) жұмысшы біліктілігі бойынша білім алатын студенттер, сондай-ақ жаратылыстану-ғылыми, гуманитарлық, экономикалық және шығармашылық мамандықтар бойынша білім алушылар орындайды және ол бітірушілердің арнайы теориялық білімі мен практикалық дағдыларын жүйелеуге, қорытындылауға және тексеруге бағытталған.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>33. Тоқсандық, жылдық және қорытынды бағаларды қайта қарауға рұқсат берілмейді.</w:t>
+          <w:sz w:val="56"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0022623B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дипломдық жобаны (жұмысты) орта буын маманын, қолданбалы бакалавр дайындау кезінде техникалық, технологиялық және шаруашылық мамандықтар бойынша білім алатын студенттер орындайды, және ол кейбір техникалық құралдар мен технологиялар жасауды немесе олардың есебін болжайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...10 lines deleted...]
-        <w:t>34. Білім алушылар бір мектептен екінші мектепке ауысқан кезде оқу жылы көлеміндегі оның жиынтық бағалау нәтижесі электронды (қағаз) журналдан жазба арқылы ресімделіп, директордың қолымен және мектеп мөрімен расталып, білім алушының жеке іс қағазымен беріледі.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71BBB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарында білім алушыларды қорытынды аттестаттауды өткізу үшін білім беру ұйымы басшысының бұйрығымен қорытынды аттестаттау комиссиясы құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4439C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттау комиссиясының құрамы дауыс беру құқығынсыз хатшыны қоса алғанда кәсіпорындардың білікті мамандарынан, арнайы пәндер оқытушыларынан, өндірістік оқыту шеберлерінен және оқу орнын басқарудың алқалы органдары өкілдерінен, яғн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и жұмыс берушілер өкілдерінен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A0B1F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>60% - дан кем емес және техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының өкілдерінен 40% - дан артық емес арақатынасында құрылады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...37 lines deleted...]
-        <w:t>Қазақ тілі бойынша емтихан білім алушылардың бағдарламалар мазмұнын меңгеруін бағалау мақсатында негізгі орта (5-8 сыныптар), жалпы орта (10 сынып) деңгейінде академиялық жыл аяқталған кезде қазақ тілінде оқытатын мектептерде «Қазақ тілі» пәні бойынша және қазақ тілінен басқа тілде оқытатын мектептерде «Қазақ тілі мен әдебиеті» пәні бойынша МЖМБС-қа (тыңдалым (тыңдау), айтылым, оқылым, жазылым) сәйкес жазбаша және ауызша нысанда өткізіледі.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттау комиссиясы (бұдан әрі – комиссия) дауыс беру құқығы жоқ хатшыны қоспағанда, комиссия төрағасын, комиссия мүшелерін қоса алғанда, өкілдерінің тақ санынан тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="22"/>
-[...97 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Медициналық білім беру бағдарламалары бойынша комиссиясының құрамына қосымша денсаулық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақтау саласындағы уәкілетті орган аккредиттеген білім алушылардың білімі мен дағдыларын бағалауды жүзеге асыратын ұйымдардың өкілдері кіреді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">«Қазақ тілі», «Қазақ тілі мен әдебиеті» пәндері бойынша қорытынды баға емтихан (бес балдық шкала бойынша) және жылдық бағалау (бес балдық шкала бойынша) нәтижелері негізінде 30-дан 70-ке пайыздық арақатынаста қойылады. Қорытынды бағалау ең жақын бүтінге қарай дөңгелектеледі. </w:t>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F3DA8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>26. Комиссия қорытынды аттестаттауды өткізу кезеңінде қорытынды аттестаттауды өткізуге бір ай қалғанда құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A90933">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27. Комиссия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A90933">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) техникалық және кәсіптік, орта білімнен кейінгі білім берудің білім беру бағдарламаларында белгіленген білім алушылардың теориялық және практикалық даярлық деңгейінің сәйкестігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A90933">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) білім алушылардың өндірістік оқыту, жалпы кәсіптік және арнайы пәндер және (немесе) кәсіптік модульдер бойынша нақты білім, іскерлік деңгейін және практикалық дағдыларын, кәсіптер (мамандықтар) бойынша оқу бағдарламалары мен біліктілік сипаттамаларының талаптарына сәйкестігін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686F1B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>28. Комиссия отырыстарының ұзақтығы күніне 6 сағаттан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407C68">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы білім алушыларды қорытынды аттестаттау, оның ішінде ҚО арқылы қорытынды атттестаттау оқу процесінің кестесінде көрсетілген мерзімде оқу жұмыс жоспарларының нысандары бойынша өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Медициналық білім беру бағдарламалары бойынша білім алушыларды қорытынды аттестаттау медициналық білім беру бағдарламалары бойынша білім алушылардың білімі мен дағдыларын бағалау бойынша денсаулық сақтау саласындағы уәкілетті орган аккредиттеген ұйымдармен келісілген мерзімде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарында ҚО арқылы қорытынды аттестаттау өткізу үшін орынжайлар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) білім алушыларды үздіксіз бейне және аудио бақылау, бейнежазба жүргізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) дипломдық жобаларды (жұмыстарды) қорғау кезінде білім алушылардың презентациялық материалдарын көрсету мүмкіндігін қамтамасыз ететін қажетті жабдықтар жиынтығымен жарақтандырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚО арқылы қорытынды аттестаттауға қатысатын білім алушылар рәсімнің тұтастығын қамтамасыз етуге мүмкіндік беретін техникалық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құралдармен және бағдарламалармен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚО арқылы қорытынды аттестаттау нақты уақыт режимінде (онлайн), оның ішінде білім алушының жеке басын міндетті сәйкестендіруді және кешенді емтихандарды өткізу тәртібінің сақталуын бақылауды жүзеге асыра отырып өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кешенді емтихандарды компьютерлік тестілеу нысанында өткізуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00294E2D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Комиссияға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>материалдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұсынылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мамандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аттестаттауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жіберу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бағаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жиынтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ведомосы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бағдарламасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>емтиханға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>енгізілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>билеттерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жиынтығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сұрақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тізбесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кадрларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>даярлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бағыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бірлестікпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келісілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бағдарламалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>алушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тест </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тапсырмаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ерекшеліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>клиникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>станциялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тізімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>күндізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нысанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оқитын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мерзімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жылжытуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құқығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сырттай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нысанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оқитын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәлелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұсынылғанына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мерзімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жылжытуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құқығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1AA6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1AA6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚО арқылы кезінде техникалық ақаулықтар туындаған жағдайда, білім алушыға басқа күні және (немесе) басқа уақытта қорытынды аттестаттаудан өту мүмкіндігі беріледі. Бұл жағдайда техникалық хатшы электрондық акт ресімдейді және актінің көшірмесін комиссияның барлық мүшелеріне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1AA6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ерекше білім беру қажеттіліктері бар тұлғалар үшін қорытынды аттестаттау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> олардың денсаулық жағдайына теріс факторлардың әсерін болдырмайтын және білім алушылардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физиологиялық ерекшеліктері мен денсаулық жағдайына жауап беретін жағдайларда өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пәндер және (немесе) модульдер бойынша қорытынды емтихандар оқу бағдарламаларына сәйкес: бірнеше арнайы пәндер және (немесе) кәсіптік модульдер бойынша сұрақтарды қамтитын ауызша, жазбаша, кешенді емтихан нысандарында өткізіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4439C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:t>осы</w:t>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4439C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орытынды аттестаттауды өткізу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нысандарын білім беру ұйымдары айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Диплом жобасын (жұмысын) қорғау қорытынды аттестаттау өткізу жөніндегі комиссияның ашық отырысында оның мүшелерінің кемінде 2/3-сінің қатысуымен өткізіледі. Бір дипломдық жобаны (жұмысты) қорғау ұзақтығы бір білім алушыға 30 (отыз) минуттан аспайды. Диплом жобасын (жұмысын) қорғау үшін білім алушы ұзақтығы 10 (он) минуттан аспайтын баяндама жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттау басталғанға дейін екі апта бұрын білім алушылар қорғауға жіберілген дипломдық жобаларды (жұмыстарды) рецензиялармен және презентациялық материалдармен ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дипломдық жобаны (жұмысты) қорғауды өткізу уақыты кестемен анықталады және дипломдық жобаларды (жұмыстарды) қорғау басталғанға дейін кемінде үш жұмыс күні бұрын білім алушылардың назарына жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дипломдық жобаны (жұмысты) қорғау, оның ішінде ҚО арқылы қорғау презентация түрінде өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ауызша қорытынды емтиханның ұзақтығы бір білім алушыға 15 (он бес) минуттан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ерекше білім беру қажеттіліктері бар тұлғалар (ақыл-ойы сақталмаған) үшін қорытынды аттестаттау практикалық жұмысты орындау нысанында, өткізіледі, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000533F9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>басқа санаттағылар үшін техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымы айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7785">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B655E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш негізінде және комиссияның шешімі бойынша ағымдағы оқу жылында тиісті оқу пәні және (немесе) модуль бойынша емтихан тапсыруға/дипломдық жо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">баны (жұмысты) қорғауға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7785">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәлелді себеппен қорытынды аттестаттауға келмеген (денсаулық жағдайына немесе тиісті құжаттармен расталған өзге де объективті себептерге байланысты) білім алушылар қайта жіберіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22A9F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1AA6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылар өтінішті еркін нысанда жазады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7785">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қанағаттанарлықсыз баға алғаннан кейін денсаулық жағдайы туралы ұсынылған құжаттар қаралмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7785">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оң бағаны көтеру мақсатында қорытынды емтиханды қайта тапсыруға және дипломдық жобаны (жұмысты) қорғауға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090248E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090248E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Диплом жобасын (жұмыс) қорғау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090248E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе қорытынды емтихан тапсыру кезінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046F72">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090248E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қанағаттанарлықсыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090248E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деген баға алған білім алушыға мамандығы (кәсібі) бойынша оқу курсын толық аяқтағандығы туралы белгіленген үлгідегі анықтама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090248E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1AA6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090248E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>елгіленген мерзімде қорытынды аттестаттаудан өтуге мүмкіндігі жоқ (денсаулық жағдайына, әскери қызметке шақырылуына немесе тиісті құжаттармен расталған өзге де объективті себептерге байланысты) білім алушыларға оқу процесінің кестесіне сәйкес қорытынды аттестаттау басталатын күнге дейін екі айдан ерте емес мерзімде қорытынды аттестаттауды (сессияны мерзімінен бұрын тапсыру немесе ұзарту) жеке тапсыруға рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090248E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қылмыстық-атқару жүйесінің түзеу мекемелері жанындағы білім беру ұйымдарының білім алушыларын қорытынды аттестаттауды мерзімінен бұрын тапсыруға, жазасын өтеуден босату туралы мәселе шешілген жағдайда, оқу процесінің кестесіне сәйкес қорытынды аттестаттау басталатын күнге дейін үш айдан ерте емес мерзімде жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F87685">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk77358746"/>
+      <w:r w:rsidRPr="00F91066">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комиссиясының отырысы тиісті хаттамамен ресімделеді, оған комиссия төрағасы, мүшелері қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F87685">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды емтихандарды тапсыру және (немесе) дипломдық жобаны (жұмысты) қорғау нәтижелері олар өткізілген күні, көрсету емтиханын өткізу кезінде 3 жұмыс күнінен кешіктірілмей жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1AA6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Карантин, әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар немесе ҚО арқылы оқыту кезінде уәкілетті органның шешімі бойынша қорытынды аттестаттауға қатысушылардың іс-әрекеттеріне байланысты емес өзгеде мән-жайлар туындаған кезде, Комиссия осы Қағидалардың 23-тармағына сәйкес қорытынды аттестаттауды өткізу нысанын өзгерту және қорытынды аттестаттаудың нәтижелерін айқындау жөнінде шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F87685">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттауды ҚО арқылы өткізу кезінде нәтижелерді есепке алу электрондық-цифрлық нысанда жүзеге асырылады. Бұл ретте қорытынды аттестаттау туралы мәліметтерді қағаз тасымалдағышта сақтау міндетті болып табылады.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1AA6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35-1. Аралық және (немесе) қорытынды аттестаттауды бағалау нәтижесімен келіспеген кезде білім алушылар білім беру ұйымы басшысының атына ол </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1AA6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>өткізілгеннен кейінгі келесі жұмыс күнінен кешіктірмей еркін нысанда өтініш (апелляцияға) жазады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1AA6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Апелляциялық комиссия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91066">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрамын білім беру ұйымы дербес қалыптастыратын және айқындайтын білім беру ұйымы басшысының бұйрығымен құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91066">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Апелляциялық комиссия дауыс беру құқығы жоқ хатшыны қоспағанда, комиссия төрағасын, комиссия мүшелерін қоса алғанда, өкілдерінің тақ санынан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91066">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Апелляциялық комиссияның шешімі өтініш түскен күннен бастап 3 жұмыс күнінен кешіктірмей еркін нысандағы хаттамамен ресімделеді және оны білім алушының назарына жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу пәндері және (немесе) модульдер, курстық жобалар (жұмыстар) бойынша, оқу жоспарларының тәжірибелері бойынша есептердің сынақтар мен емтихандарының кемінде оқу бағдарламаларының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кемінде 75 пайызын «жақсы» бағалармен ал қалғандарын – «жақсы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағаларымен тапсырған және игерген және дипломдық жұмысты (жоба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ны) және (немесе) емтихандарды «жақсы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деген бағамен қорғаған білім алушылар, білім беру ұйымының қорытынды аттестациялық комиссиясының шешімі бойынша үздік диплом беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балдық-рейтингтік әріптік жүйені қолдану кезінде білім беру бағдарламасын «А», «А-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47B11">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="29" w:name="z1143"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, «В+», «В», «В-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«С+» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағаларымен игерген және тапсырған және оқудың барлық кезеңінде үлгерімінің орташа балы 3,5-тен төмен емес, сондай-ақ қорытынды аттестаттауды «А», «А-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағаларымен тапсырған білім алушыларға, оқудың барлық кезеңі ішінде емт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ихандарды қайта тапсыру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1AA6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болмағанда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47B11">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үздік диплом беріледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D67DF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z88"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="001D67DF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік деңгейін көрсете отырып диплом беру туралы шешім пәндер және (немесе) модульдер бойынша қорытынды емтихандар және (немесе) дипломдық жобаларды (жұмыстарды) қорғау нәтижелері негізінде қабылданады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...20 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...33 lines deleted...]
-      <w:bookmarkEnd w:id="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...34 lines deleted...]
-      <w:bookmarkEnd w:id="31"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...32 lines deleted...]
-      <w:bookmarkEnd w:id="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...31 lines deleted...]
-      <w:bookmarkStart w:id="34" w:name="z1153"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...15 lines deleted...]
-      <w:bookmarkEnd w:id="34"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="35"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...32 lines deleted...]
-      <w:bookmarkEnd w:id="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="37"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="38"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="39"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...5816 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE1C2D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4977"/>
-        <w:gridCol w:w="4408"/>
+        <w:gridCol w:w="5118"/>
+        <w:gridCol w:w="4551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B60E0" w:rsidRPr="0004648F" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00AA3F15" w:rsidRPr="00FE1C2D" w:rsidTr="0018562D">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4977" w:type="dxa"/>
+            <w:tcW w:w="5118" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:bookmarkStart w:id="13" w:name="_GoBack" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidRPr="001D67DF">
               <w:rPr>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...21 lines deleted...]
-            </w:pPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4408" w:type="dxa"/>
+            <w:tcW w:w="4551" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F26E83">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+              <w:t>Техникалық және кәсіптік, орта білімнен кейінгі білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F26E83">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F26E83">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бастауыш, негізгі орта, жалпы</w:t>
+              <w:t>ұйымдарындағы білім алушылардың үлгеріміне ағымдағы бақылауды,</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F26E83">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F26E83">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орта білімнің білім беретін оқу</w:t>
+              <w:t>аралық және қорытынды аттестаттауды өткізудің үлгі қағидаларына қосымша</w:t>
             </w:r>
-            <w:r>
-[...155 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z90"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D1742E">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26E83">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...69 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Төрт балдық жүйе бойынша цифрлық баламаға сәйкес келетін білім алушылардың оқу жетістіктерін бағалаудың әріптік жүйесі</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
-[...5 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9782" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-411" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="15" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5671"/>
-        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="1892"/>
+        <w:gridCol w:w="2292"/>
+        <w:gridCol w:w="3020"/>
+        <w:gridCol w:w="2545"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="0018562D">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5671" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">2-11 (12) </w:t>
+              <w:t>Әріптік</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>сыныптардағы</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жүйе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F37A0F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>балдардың</w:t>
+              <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>пайыздық</w:t>
+              <w:t>баға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...27 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Баға</w:t>
+              <w:t>Балдардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F37A0F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F37A0F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>эквиваленті</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5671" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>Пайыздық</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>– 39</w:t>
+              <w:t>мазмұны</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1947" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>қанағаттанарлықсыз</w:t>
+              <w:t>Дәстүрлі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>«</w:t>
+              <w:t>жүйе</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>»</w:t>
+              <w:t>бойынша</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F37A0F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>баға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="0018562D">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5671" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>40 – 64</w:t>
+              <w:t>А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>қанағаттанарлық</w:t>
-[...36 lines deleted...]
-              <w:t>»</w:t>
+              <w:t>4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5671" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>65 – 84</w:t>
+              <w:t>95-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F37A0F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>жақсы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D1742E">
-[...34 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="0018562D">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5671" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>85 – 100</w:t>
+              <w:t>А-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>өте</w:t>
-[...56 lines deleted...]
-              <w:t>»</w:t>
+              <w:t>3,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...619 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>№</w:t>
+              <w:t>90-94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="0018562D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Пәндер</w:t>
+              <w:t>В+</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6666" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>«</w:t>
+              <w:t>3,33</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D1742E">
-[...84 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...27 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>U (1)</w:t>
+              <w:t>85-89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>E (2)</w:t>
+              <w:t>Жақсы</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="0018562D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>D (3)</w:t>
+              <w:t>В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>C (4)</w:t>
+              <w:t>3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>B (5)</w:t>
+              <w:t>80-84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="0018562D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>A (6)</w:t>
+              <w:t>В-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>A* (7)</w:t>
+              <w:t>2,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>75-79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="0018562D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="0042444C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Қазақ</w:t>
-[...69 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>С+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>2,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>70-74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="0018562D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>С</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>65-69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>Қанағаттанарлық</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="0018562D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>С-</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Казақ</w:t>
-[...69 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>60-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="0018562D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>D+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>1,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>29</w:t>
+              <w:t>55-59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="0018562D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>36</w:t>
+              <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>41</w:t>
+              <w:t>1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>44</w:t>
+              <w:t>50-54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1947" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3F15" w:rsidTr="0018562D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3257" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D1742E">
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Орыс</w:t>
-[...69 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>0-49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1947" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+          <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
             <w:pPr>
-              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1742E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F37A0F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...7693 lines deleted...]
-              <w:t>балдар</w:t>
+              <w:t>Қанағаттанарлықсыз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B60E0" w:rsidTr="00135A9E">
-[...1860 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...45 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
-[...6 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
-[...4797 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15"/>
+    <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15"/>
+    <w:sectPr w:rsidR="00AA3F15" w:rsidSect="00D07CFD">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:pgNumType w:start="3"/>
+      <w:pgNumType w:start="28"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008047E2" w:rsidRDefault="008047E2">
+    <w:p w:rsidR="00D30321" w:rsidRDefault="00D30321">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008047E2" w:rsidRDefault="008047E2">
+    <w:p w:rsidR="00D30321" w:rsidRDefault="00D30321">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -26479,226 +18351,546 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+  <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0" w:rsidP="00164E39"/>
+  <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+  <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+  <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008047E2" w:rsidRDefault="008047E2">
+    <w:p w:rsidR="00D30321" w:rsidRDefault="00D30321">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008047E2" w:rsidRDefault="008047E2">
+    <w:p w:rsidR="00D30321" w:rsidRDefault="00D30321">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000B60E0" w:rsidRDefault="008047E2">
+  <w:p w:rsidR="00AA3F15" w:rsidRDefault="00D30321">
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject1025" o:spid="_x0000_s2051" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:532.95pt;height:79.2pt;rotation:315;z-index:-251659776;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="gray" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:70pt" string="ЕСБ 216182301"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1069539225"/>
+      <w:id w:val="1628816653"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="000B60E0" w:rsidRDefault="00C12291">
+      <w:p w:rsidR="00AA3F15" w:rsidRDefault="00307AC7">
         <w:pPr>
-          <w:pStyle w:val="a4"/>
+          <w:pStyle w:val="a7"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0004648F" w:rsidRPr="0004648F">
+        <w:r w:rsidR="00FE1C2D">
           <w:rPr>
             <w:noProof/>
-            <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>24</w:t>
+          <w:t>40</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="000B60E0" w:rsidRDefault="000B60E0">
+  <w:p w:rsidR="00AA3F15" w:rsidRDefault="00AA3F15">
     <w:pPr>
-      <w:pStyle w:val="a4"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
-  </w:p>
-[...38 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1BF24C60"/>
+    <w:nsid w:val="07C30048"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0BBC8E4E"/>
+    <w:lvl w:ilvl="0" w:tplc="EA3210B4">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0B7CD188">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D4961DC2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FB64CEB0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C2921730">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E6D65F70">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E500DC34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3E9EB306">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5D98E98A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BF362AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7B7A560A"/>
+    <w:lvl w:ilvl="0" w:tplc="3932BDB2">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D99001B6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="17C2DBD2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9DAC5FD8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="62AE1CCC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="18B42DF2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FB940028">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="410849F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="931285BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46D93BAB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9D4CFF30"/>
+    <w:lvl w:ilvl="0" w:tplc="9F3AF9AE">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="18F82156">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4314C172">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DB2C9FEE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="05840BF2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="896A275E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="982E9726">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F342AD56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45C296AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4910294A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6FF46298"/>
+    <w:lvl w:ilvl="0" w:tplc="D320F460">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5080" w:hanging="1110"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="967EEEF8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5520099E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="31865D38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9566F3FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6DC214DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="33B8A2E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="22BCE3E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="252C896A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="591F3F30"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AB50AC72"/>
+    <w:tmpl w:val="8BC4826C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -26764,704 +18956,479 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2121336F"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B756FD2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D1DA5252"/>
+    <w:tmpl w:val="3D7E88F2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="22915863"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F71092F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="45787CAC"/>
+    <w:tmpl w:val="F64E93D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2BE478EF"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AFE240D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="69C29F4C"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="71147DA4"/>
+    <w:tmpl w:val="7BA85210"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
-[...111 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-[...5 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000B60E0"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00FC0923"/>
+    <w:rsidRoot w:val="00AA3F15"/>
+    <w:rsid w:val="00307AC7"/>
+    <w:rsid w:val="00AA3F15"/>
+    <w:rsid w:val="00D30321"/>
+    <w:rsid w:val="00F874FA"/>
+    <w:rsid w:val="00FE1C2D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0BDC539F"/>
-  <w15:docId w15:val="{2EDA2D24-8A9D-430E-89C1-01A61D05C79E}"/>
+  <w14:docId w14:val="19D33CE7"/>
+  <w15:docId w15:val="{7A76F709-5C0B-49D4-A7F8-5691C072DB1C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -27616,51 +19583,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -27766,119 +19733,167 @@
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="005507DA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="header"/>
+    <w:name w:val="No Spacing"/>
+    <w:aliases w:val="Айгерим,Алия,Обя,СНОСКИ,ТекстОтчета,мелкий,мой рабочий,норма"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F26E83"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Без интервала Знак"/>
+    <w:aliases w:val="No Spacing Знак,Айгерим Знак,Алия Знак,Обя Знак,СНОСКИ Знак,ТекстОтчета Знак,мелкий Знак,мой рабочий Знак,норма Знак"/>
+    <w:uiPriority w:val="1"/>
+    <w:locked/>
+    <w:rsid w:val="00F26E83"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F26E83"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00D1742E"/>
+    <w:rsid w:val="00F26E83"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-[...10 lines deleted...]
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D1742E"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F26E83"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F26E83"/>
     <w:rPr>
-      <w:sz w:val="22"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F26E83"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D1742E"/>
+    <w:rsid w:val="00F26E83"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="en-US"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -28109,327 +20124,200 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime>37</TotalTime>
-[...2 lines deleted...]
-  <Characters>42818</Characters>
+  <TotalTime>14</TotalTime>
+  <Pages>1</Pages>
+  <Words>4396</Words>
+  <Characters>25062</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>356</Lines>
-  <Paragraphs>100</Paragraphs>
+  <Lines>208</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50229</CharactersWithSpaces>
+  <CharactersWithSpaces>29400</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime>14</TotalTime>
-[...2 lines deleted...]
-  <Characters>44552</Characters>
+  <TotalTime>1</TotalTime>
+  <Pages>13</Pages>
+  <Words>4399</Words>
+  <Characters>25077</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>371</Lines>
-  <Paragraphs>104</Paragraphs>
+  <Lines>208</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>52263</CharactersWithSpaces>
+  <CharactersWithSpaces>29418</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-01-11T11:27:00Z</dcterms:created>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2022-12-27T12:35:00Z</dcterms:created>
   <dc:creator>Дәулетберді Гаухар</dc:creator>
   <lastModifiedBy>Еришева Сара Беккужевна</lastModifiedBy>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-01-26T03:53:00Z</dcterms:modified>
-  <revision>16</revision>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2022-12-27T12:53:00Z</dcterms:modified>
+  <revision>3</revision>
 </coreProperties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...34 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF">2022-12-27T12:19:00Z</dcterms:created>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2023-01-12T07:21:00Z</dcterms:created>
   <dc:creator>Дәулетберді Гаухар</dc:creator>
   <lastModifiedBy>Еришева Сара Беккужевна</lastModifiedBy>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2022-12-27T12:55:00Z</dcterms:modified>
-  <revision>4</revision>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-04-06T09:38:00Z</dcterms:modified>
+  <revision>14</revision>
 </coreProperties>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58741D77-B3AB-4019-9756-156D725DE765}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75B2B6DA-847C-4F92-A582-2C363052AC03}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B865CC26-0B7D-465A-B5EC-FEDA25A8B182}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{723AC64A-8786-4A33-8E24-947B8FC27B80}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{516BA590-32CE-4654-B864-66D32DEFB573}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38DDA7AF-0414-4515-9A87-858B863B55B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D6E83B1-B083-4484-863F-0D5F4755740C}">
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8C2ACB4-FFB9-4715-88F7-9127576ECA2B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A08A4F1F-261C-435C-AD66-0549F6E57620}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-[...53 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>42866</Characters>
+  <Pages>13</Pages>
+  <Words>4407</Words>
+  <Characters>25126</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>357</Lines>
-  <Paragraphs>100</Paragraphs>
+  <Lines>209</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50286</CharactersWithSpaces>
+  <CharactersWithSpaces>29475</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Дәулетберді Гаухар</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>