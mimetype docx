--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,628 +1,764 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="41477F6E" w14:textId="77777777" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="004E7D85">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7843FE40" w14:textId="77777777" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w14:paraId="6EF0787F" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="637DDBA7" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="62AC176B" w14:textId="436971AF" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="00052242">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E607FFD" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="3F3B0E0E" w14:textId="77777777" w:rsidR="00545E42" w:rsidRPr="00B1520D" w:rsidRDefault="00545E42" w:rsidP="00052242">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантных и (или) временно вакантных должностей педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071B0373" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7F0B3E88" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3260140B" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEDA57E" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F28ECA" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03D90E61" w14:textId="0639A7E4" w:rsidR="002F08C2" w:rsidRDefault="002F08C2" w:rsidP="006C5046">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CEA9990" w14:textId="77777777" w:rsidR="006C5046" w:rsidRPr="00F1546E" w:rsidRDefault="006C5046" w:rsidP="006C5046">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E0A182D" w14:textId="2DC969AD" w:rsidR="00984175" w:rsidRPr="002F08C2" w:rsidRDefault="002F08C2" w:rsidP="002F08C2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> временн</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантн</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должност</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00686077" w:rsidRPr="002F08C2">
-[...31 lines deleted...]
-    <w:p w14:paraId="150283FA" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:r w:rsidR="0019792F" w:rsidRPr="0019792F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заместителя руководителя по научно- методической и инновационной работе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> признается несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F08C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в связи с невыявлением соответствующего кандидата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544E4911" w14:textId="39095650" w:rsidR="00984175" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="364101F2" w14:textId="76F4744E" w:rsidR="002F08C2" w:rsidRDefault="002F08C2" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B1EDAE9" w14:textId="77777777" w:rsidR="002F08C2" w:rsidRPr="00F1546E" w:rsidRDefault="002F08C2" w:rsidP="00984175">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A55FF65" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1520D">
-[...11 lines deleted...]
-    <w:p w14:paraId="1C8DC02D" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3033A6F3" w14:textId="38A63DA6" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">хатшысы                                                            </w:t>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="001C38A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>У.Е.Амринова</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0512343A" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+    <w:p w14:paraId="48988946" w14:textId="77777777" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00984175" w:rsidP="00984175">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="266A3930" w14:textId="5204E863" w:rsidR="00984175" w:rsidRPr="00B1520D" w:rsidRDefault="00984175" w:rsidP="00984175">
+    <w:p w14:paraId="1ED729D5" w14:textId="142F1D84" w:rsidR="00984175" w:rsidRPr="00F1546E" w:rsidRDefault="00412CAF" w:rsidP="00984175">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1520D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008B0F2F">
+        <w:t xml:space="preserve">21 </w:t>
+      </w:r>
+      <w:r w:rsidR="0019792F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>апреля</w:t>
+      </w:r>
+      <w:r w:rsidR="00984175" w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0019792F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1520D">
-[...163 lines deleted...]
-    <w:sectPr w:rsidR="00984175">
+      <w:r w:rsidR="00984175" w:rsidRPr="00F1546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6C9D55" w14:textId="77777777" w:rsidR="00015D06" w:rsidRPr="001C38A5" w:rsidRDefault="00000000"/>
+    <w:sectPr w:rsidR="00015D06" w:rsidRPr="001C38A5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00782E99"/>
     <w:rsid w:val="00052242"/>
-    <w:rsid w:val="000B16FF"/>
     <w:rsid w:val="000C0344"/>
     <w:rsid w:val="000E0040"/>
     <w:rsid w:val="000E59B0"/>
+    <w:rsid w:val="0019792F"/>
     <w:rsid w:val="001C38A5"/>
     <w:rsid w:val="002F08C2"/>
+    <w:rsid w:val="00412CAF"/>
     <w:rsid w:val="00417CCA"/>
     <w:rsid w:val="00485E06"/>
     <w:rsid w:val="004C06E2"/>
     <w:rsid w:val="004E7D85"/>
     <w:rsid w:val="00544E70"/>
     <w:rsid w:val="00545E42"/>
+    <w:rsid w:val="005E6115"/>
     <w:rsid w:val="006349F1"/>
     <w:rsid w:val="00686077"/>
+    <w:rsid w:val="006C5046"/>
     <w:rsid w:val="0074219A"/>
     <w:rsid w:val="00753833"/>
     <w:rsid w:val="00781A72"/>
     <w:rsid w:val="00782E99"/>
     <w:rsid w:val="008A5CCE"/>
-    <w:rsid w:val="008B0F2F"/>
     <w:rsid w:val="008C13D8"/>
-    <w:rsid w:val="0094793C"/>
+    <w:rsid w:val="00964FD5"/>
     <w:rsid w:val="00984175"/>
     <w:rsid w:val="00A34813"/>
     <w:rsid w:val="00AA3CE7"/>
     <w:rsid w:val="00CD0FC8"/>
     <w:rsid w:val="00E13955"/>
     <w:rsid w:val="00EC05E2"/>
+    <w:rsid w:val="00ED4A4B"/>
     <w:rsid w:val="00F24FEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1341,69 +1477,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>80</Words>
-  <Characters>458</Characters>
+  <Words>67</Words>
+  <Characters>385</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>537</CharactersWithSpaces>
+  <CharactersWithSpaces>451</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ильясова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>