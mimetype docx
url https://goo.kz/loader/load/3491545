--- v0 (2025-12-13)
+++ v1 (2026-01-08)
@@ -1,478 +1,624 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4A8FA34A" w14:textId="0A8DD779" w:rsidR="003C269D" w:rsidRDefault="003C269D" w:rsidP="003C269D">
+    <w:p w14:paraId="25D415E8" w14:textId="7A5C085F" w:rsidR="00321427" w:rsidRPr="00E93223" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C269D">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Павлодар қаласының "</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A5784E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>им.С.Торайгырова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC443DC" w14:textId="77777777" w:rsidR="00A5784E" w:rsidRDefault="00321427" w:rsidP="00FD46E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5784E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>преподавателя-организатора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB50A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Начальной военной </w:t>
+      </w:r>
+      <w:r w:rsidR="00F855CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и технологической </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB50A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подготовки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BE63BD0" w14:textId="6A5A7EED" w:rsidR="00321427" w:rsidRPr="00FD46E4" w:rsidRDefault="00321427" w:rsidP="00FD46E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>С.Торайғыров атындағы жалпы о</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C269D">
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>рта білім бер</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91510">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003C269D">
+        </w:rPr>
+        <w:t>на вакантную должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мекте</w:t>
-[...96 lines deleted...]
-        <w:t>(бос лауазымға)</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2274"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003C269D" w14:paraId="1A06191C" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="1A06191C" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="4A919FDC" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B02B515" w14:textId="77777777" w:rsidR="003C269D" w:rsidRDefault="003C269D" w:rsidP="00321427">
+          <w:p w14:paraId="4FAE9A28" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C269D">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Білім беру</w:t>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="785CC532" w14:textId="611B4DD0" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="003C269D" w:rsidP="00321427">
+          <w:p w14:paraId="785CC532" w14:textId="60DA897B" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C269D">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласының № 28 жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r w:rsidR="00E93223" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="1B2F5A9D" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="76FE0A14" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD5A957" w14:textId="526038A0" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="003C269D" w:rsidP="00321427">
+          <w:p w14:paraId="0AD5A957" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C269D">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41CE1CB0" w14:textId="4D72A982" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="003C269D" w:rsidP="00321427">
+          <w:p w14:paraId="41CE1CB0" w14:textId="6378F766" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C269D">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140005, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Торайғыров көшесі, 24</w:t>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00646F7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Торайгырова,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="4CBC342F" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="02B4083D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FACBF69" w14:textId="14CABE7D" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="003C269D" w:rsidP="00321427">
+          <w:p w14:paraId="4FACBF69" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C269D">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>телефон нөмірлері</w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31380247" w14:textId="10DE0E49" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
@@ -533,70 +679,70 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6B2AD978" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65E5CE19" w14:textId="4A8FC4CB" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="003C269D" w:rsidP="00321427">
+          <w:p w14:paraId="65E5CE19" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C269D">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>электрондық пошта мекенжайлары</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C207883" w14:textId="0EE3ED1A" w:rsidR="00CB6B4F" w:rsidRPr="00F91510" w:rsidRDefault="00F91510" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -623,677 +769,757 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C23E029" w14:textId="649FE1EF" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="00966315" w:rsidP="00321427">
+          <w:p w14:paraId="7C23E029" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t>ос немесе уақытша лауазымның атауы, жүктеме</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6504465D" w14:textId="77777777" w:rsidR="003C269D" w:rsidRPr="003C269D" w:rsidRDefault="003C269D" w:rsidP="003C269D">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7858DD2F" w14:textId="77777777" w:rsidR="00AA22E4" w:rsidRDefault="00AA22E4" w:rsidP="00321427">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="003C269D">
+              <w:t xml:space="preserve">Преподаватель-организатор </w:t>
+            </w:r>
+            <w:r w:rsidR="00F855CE" w:rsidRPr="00F855CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Начальной военной и технологической подготовки</w:t>
+            </w:r>
+            <w:r w:rsidR="00F855CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F855CE" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="075B809B" w14:textId="036943C0" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="00A5784E" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Алғашқы әскери және технологиялық даярлықтың оқытушы-ұйымдастырушысы,  </w:t>
-[...5 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1 ставка</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="003C269D">
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="00E93223" w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>1 ставка</w:t>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003C269D" w14:paraId="26DF8086" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="26DF8086" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="201C90F0" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02F0FAD1" w14:textId="44FF793B" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="003C269D" w:rsidP="00321427">
+          <w:p w14:paraId="02F0FAD1" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C269D">
-[...6 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FB6E600" w14:textId="77777777" w:rsidR="003C269D" w:rsidRPr="003C269D" w:rsidRDefault="003C269D" w:rsidP="003C269D">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="71D2DD2B" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C269D">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="417BB222" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C269D">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">-білім алушыларды әлеуметтендіруге, олардың ортақ мәдениетін қалыптастыруға, оларды саналы түрде таңдауға және кейіннен кәсіптік білім беру бағдарламаларын игеруге жәрдемдесу;  </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="416DA854" w14:textId="787D9CA0" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="003C269D" w:rsidP="003C269D">
+              <w:t>- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;</w:t>
+            </w:r>
+            <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="416DA854" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C269D">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-оқу процесінде қауіпсіздік техникасының нормалары мен ережелерін сақтау режимін қамтамасыз ету.</w:t>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="7C8C89F7" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="67525EA2" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E055167" w14:textId="1F1951E8" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="00966315" w:rsidP="00321427">
+          <w:p w14:paraId="5E055167" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...33 lines deleted...]
-              <w:t>ақы мөлшері мен шарттары</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E4D92D1" w14:textId="77777777" w:rsidR="00966315" w:rsidRPr="00966315" w:rsidRDefault="00966315" w:rsidP="00966315">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0D10D37C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00966315">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="598DE136" w14:textId="1CD00C60" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00966315">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- арнайы орта білім( min): 102820 теңге;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3305B20E" w14:textId="241EAAD6" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="00966315" w:rsidP="00966315">
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00F91510">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>102820</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3305B20E" w14:textId="4386F6F4" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00966315">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- жоғары білім (min): 126976 теңге</w:t>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F91510">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26976</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00966315" w14:paraId="7B4E8D35" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="7B4E8D35" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3695C27D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65C09312" w14:textId="7FB6E023" w:rsidR="00966315" w:rsidRPr="00966315" w:rsidRDefault="00966315" w:rsidP="00966315">
+          <w:p w14:paraId="2A5315B2" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00E93223" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="507410CD" w14:textId="0CD59355" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00966315" w:rsidP="00966315">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="507410CD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t>едагогтердің үлгілік біліктілік сипаттамалары</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BFF180C" w14:textId="7E9D5071" w:rsidR="00966315" w:rsidRPr="00966315" w:rsidRDefault="00966315" w:rsidP="00966315">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0FB558B9" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00E93223" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00966315">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім, жұмыс өтіліне қойылатын талаптарды көрсетпей немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білім, жұмыс өтіліне қойылатын талаптарды көрсетпей;</w:t>
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B19794A" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00E93223" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00966315">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-және (немесе) біліктіліктің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі-5 жыл;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5B4EDBAE" w14:textId="7423F1C3" w:rsidR="00B1578A" w:rsidRPr="00966315" w:rsidRDefault="00966315" w:rsidP="00966315">
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B4EDBAE" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00966315">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-және (немесе) біліктіліктің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл</w:t>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педаго</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>га-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="7B97E1B3" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F8C12C8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB9451F" w14:textId="4588825D" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00966315" w:rsidP="00321427">
+          <w:p w14:paraId="0BB9451F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">құжаттарды қабылдау мерзімі </w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D9D6E28" w14:textId="721D3917" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00A5784E" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -1358,424 +1584,648 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A397041" w14:textId="6ACAC982" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00966315" w:rsidP="00321427">
+          <w:p w14:paraId="6A397041" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00966315">
-[...6 lines deleted...]
-              <w:t>Қажетті құжаттар тізімі</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66C35379" w14:textId="413006A9" w:rsidR="00966315" w:rsidRPr="00966315" w:rsidRDefault="00470938" w:rsidP="00966315">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="38944FC5" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidR="00966315" w:rsidRPr="00966315">
-[...305 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CC51075" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F1534D1" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B980760" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625FB25C" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C4A4E03" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00966315">
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="199F93B9" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19F2D063" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="133137F1" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="623BC116" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3B3D0E61" w14:textId="6324D6B9" w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="174E6ECC" w14:textId="36FD37B1" w:rsidR="00F91510" w:rsidRDefault="00F91510">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1814,200 +2264,186 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="305D7435" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="013FFAF9" w14:textId="77777777" w:rsidR="00966315" w:rsidRPr="00966315" w:rsidRDefault="00966315" w:rsidP="00966315">
-[...119 lines deleted...]
-          <w:p w14:paraId="6E735128" w14:textId="256A2BAC" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00966315" w:rsidP="00966315">
+          <w:p w14:paraId="0C3FEE59" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>форма</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AF1892">
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BA77EB0" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>сы</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33B3DBD0" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1604850B" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4670BF9A" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E735128" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B5A7139" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27B6486A" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
@@ -2031,79 +2467,79 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1704C089" w14:textId="3F9C18F7" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w14:paraId="1704C089" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00966315" w:rsidRPr="00966315">
+      <w:r w:rsidR="00CC2541" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+        <w:t>государственный орган, объявивший конкурс</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C5AF9D3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -2138,97 +2574,88 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5488786A" w14:textId="5C6CD022" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w14:paraId="5488786A" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00F7191E" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00966315">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>андидаттың Т.А.Ә, (бар болса), ЖСН</w:t>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="128067FB" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -2266,151 +2693,151 @@
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2253DB1C" w14:textId="0420B5A8" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="2253DB1C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00966315" w:rsidRPr="00966315">
+      <w:r w:rsidR="002B689D" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>лауазымы, жұмыс орны</w:t>
+        <w:t>должность, место работы</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06097E78" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35456509" w14:textId="79484B51" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="35456509" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00966315" w:rsidRPr="00966315">
+      <w:r w:rsidR="002B689D" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4241E0E3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -2427,127 +2854,135 @@
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745D3D67" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3809898F" w14:textId="77434243" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="009E760E" w:rsidP="00F7191E">
+    <w:p w14:paraId="3809898F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E1F0349" w14:textId="77777777" w:rsidR="009E760E" w:rsidRPr="009E760E" w:rsidRDefault="00F7191E" w:rsidP="009E760E">
+    <w:p w14:paraId="60EF1794" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009E760E" w:rsidRPr="009E760E">
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мені бос/уақытша бос орынға конкурсқа жіберуіңізді сұраймын</w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F68606E" w14:textId="76CDC4BC" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="009E760E" w:rsidP="009E760E">
+    <w:p w14:paraId="4F68606E" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E760E">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лауазымдар (қажеттінің астын сызу)</w:t>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="724849BA" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2570,120 +3005,111 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A5C2AC0" w14:textId="55AF5850" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="1A5C2AC0" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="009E760E" w:rsidRPr="009E760E">
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>білім беру ұйымдарының атауы, мекенжайы(облыс, аудан, қала \ ауыл</w:t>
-[...8 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CE0C68A" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="362D7E37" w14:textId="476A5C69" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00F5611E" w:rsidP="00C424F6">
+    <w:p w14:paraId="362D7E37" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F5611E">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
+        <w:t>В настоящее время работаю</w:t>
       </w:r>
       <w:r w:rsidR="00C424F6" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
@@ -2732,415 +3158,449 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C4087C5" w14:textId="30549B2F" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="3C4087C5" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="000B013D" w:rsidRPr="000B013D">
+      <w:r w:rsidR="009F3237" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">лауазымы, </w:t>
-[...26 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12A55893" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C43C83B" w14:textId="7924BABE" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="000B013D" w:rsidP="00C424F6">
+    <w:p w14:paraId="6C43C83B" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B013D">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мен өзім туралы келесі мәліметтерді хабарлаймын</w:t>
-[...8 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F656E8C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2109"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2741"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00E93223" w14:paraId="6DDF84FB" w14:textId="77777777" w:rsidTr="009E760E">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00E93223" w14:paraId="6DDF84FB" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="837"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2109" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="714EFF72" w14:textId="64F82E43" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000B013D" w:rsidP="00437A2D">
+          <w:p w14:paraId="714EFF72" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B013D">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF2741A" w14:textId="77777777" w:rsidR="000B013D" w:rsidRPr="000B013D" w:rsidRDefault="000B013D" w:rsidP="000B013D">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7EAAABBA" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="000B013D">
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Атауы </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="748AED63" w14:textId="0F5CD859" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000B013D" w:rsidP="000B013D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="748AED63" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B013D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>оқу орнының</w:t>
-            </w:r>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10C1E1AF" w14:textId="0F538D62" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000B013D" w:rsidP="00437A2D">
+          <w:p w14:paraId="10C1E1AF" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B013D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
-            </w:r>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2741" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A41802F" w14:textId="53C71B10" w:rsidR="00437A2D" w:rsidRPr="000B013D" w:rsidRDefault="000B013D" w:rsidP="00437A2D">
+          <w:p w14:paraId="78FBADA5" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A41802F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00E93223" w14:paraId="35E4B600" w14:textId="77777777" w:rsidTr="009E760E">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00E93223" w14:paraId="35E4B600" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2109" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32FD7F54" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2951" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="420A93F4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2ADADAB3" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2741" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2904BD73" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2226F3F2" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B694B80" w14:textId="01147596" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+    <w:p w14:paraId="4B694B80" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>подтверждения</w:t>
-[...16 lines deleted...]
-        <w:t>:_</w:t>
+        <w:t>подтверждения):_</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
       <w:r w:rsidR="00790B31" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
@@ -3162,187 +3622,166 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2144C042" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65906709" w14:textId="0F3DDCBD" w:rsidR="00C424F6" w:rsidRPr="001E0032" w:rsidRDefault="000B013D" w:rsidP="00C424F6">
+    <w:p w14:paraId="65906709" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E0032">
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Педагогикалық жұмыс өтілі</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B14AED" w:rsidRPr="001E0032">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FCDB3E9" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="001E0032">
-[...8 lines deleted...]
-      <w:r w:rsidR="00C424F6" w:rsidRPr="001E0032">
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00437A2D" w:rsidRPr="001E0032">
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00790B31" w:rsidRPr="001E0032">
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...65 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="417BE436" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3431,67 +3870,76 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="416642E7" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B217D4D" w14:textId="42375CDF" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="001E0032" w:rsidP="00C424F6">
+    <w:p w14:paraId="0B217D4D" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E0032">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы</w:t>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ED09D3C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3520,109 +3968,105 @@
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
       <w:r w:rsidR="00790B31" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151D600E" w14:textId="77777777" w:rsidR="001E0032" w:rsidRDefault="001E0032" w:rsidP="00452A41">
+    <w:p w14:paraId="0582439E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C3CFD32" w14:textId="5FC14914" w:rsidR="00452A41" w:rsidRPr="001E0032" w:rsidRDefault="001E0032" w:rsidP="00452A41">
+    <w:p w14:paraId="7168CAE7" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3CFD32" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E0032">
-[...24 lines deleted...]
-      <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="001E0032">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ACA5BFB" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
@@ -3669,208 +4113,183 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58633C4C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="720D119D" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A69A459" w14:textId="63233D2B" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="001E0032" w:rsidP="00452A41">
+    <w:p w14:paraId="7A69A459" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00321427" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20___</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidR="00E650B6" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00E40DF4" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>_____________</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...12 lines deleted...]
-        <w:t>__________________</w:t>
+        <w:t>____________________</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>__</w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                          </w:t>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қолы</w:t>
+        <w:t>подпись</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41D2F553" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
@@ -3941,359 +4360,313 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6AA55F5D" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00E93223" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DFF2B7C" w14:textId="0DE17CF1" w:rsidR="00AF1892" w:rsidRPr="00AF1892" w:rsidRDefault="00AF1892" w:rsidP="00AF1892">
-[...146 lines deleted...]
-          <w:p w14:paraId="156B1E7A" w14:textId="1F8E0E63" w:rsidR="00301843" w:rsidRPr="00E93223" w:rsidRDefault="00AF1892" w:rsidP="00AF1892">
+          <w:p w14:paraId="65485CF5" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>формасы</w:t>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24230B9B" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F8102A9" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="435006EE" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7026A3E9" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="156B1E7A" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5A7B77EA" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DB4277F" w14:textId="7B8D4D96" w:rsidR="001B695E" w:rsidRPr="00E93223" w:rsidRDefault="00AF1892" w:rsidP="001B695E">
+    <w:p w14:paraId="4DB4277F" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF1892">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің бос немесе уақытша бос лауазымына кандидатты</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF1892">
+      <w:r w:rsidR="001B695E" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7468" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3023D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="001B695E" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>бағалау парағы</w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135C04A9" w14:textId="363529D5" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+    <w:p w14:paraId="135C04A9" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AF1892" w:rsidRPr="00AF1892">
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-        <w:t>Тегі, Аты, Әкесінің аты (бар болса</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>))</w:t>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C2B92D9" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00E93223" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4344,167 +4717,199 @@
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D1405FA" w14:textId="2C67656F" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00AF1892" w:rsidP="004B772A">
+          <w:p w14:paraId="1D1405FA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF1892">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Критерийлер</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24361AD8" w14:textId="4FAB5739" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00AF1892" w:rsidP="004B772A">
+          <w:p w14:paraId="24361AD8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF1892">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Растайтын құжат</w:t>
+              <w:t>Подтверждающий документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB08DD6" w14:textId="7EF73529" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00AF1892" w:rsidP="004B772A">
+          <w:p w14:paraId="4AB08DD6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF1892">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Балл саны (1-ден 20-ға дейін)</w:t>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="723E1B83" w14:textId="3D2B0EE8" w:rsidR="0086261D" w:rsidRPr="00AF1892" w:rsidRDefault="00AF1892" w:rsidP="004B772A">
+          <w:p w14:paraId="723E1B83" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="004B772A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="01698F29" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E843A2A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
@@ -4513,185 +4918,202 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31B851D9" w14:textId="05C33E83" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00AF1892" w:rsidP="004B772A">
+          <w:p w14:paraId="31B851D9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF1892">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Білім деңгейі</w:t>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0728BD97" w14:textId="24FE8C23" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00AF1892" w:rsidP="004B772A">
-[...14 lines deleted...]
-              <w:t>Білім туралы Диплом</w:t>
+          <w:p w14:paraId="0728BD97" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03DD4842" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+          <w:p w14:paraId="40FDEF78" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F853E7">
-[...8 lines deleted...]
-          <w:p w14:paraId="5B29C884" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68D8AF79" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F853E7">
-[...8 lines deleted...]
-          <w:p w14:paraId="6CFE6729" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BD0AFD7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F853E7">
-[...8 lines deleted...]
-          <w:p w14:paraId="6FF6A0BF" w14:textId="76C88FB8" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FF6A0BF" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F853E7">
-[...5 lines deleted...]
-              <w:t>үздік диплом = 7 балл</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6381B0D4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="6BA6D3F0" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -4716,186 +5138,205 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="75AC0D62" w14:textId="331A6A16" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00AF1892" w:rsidP="004B772A">
+          <w:p w14:paraId="75AC0D62" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF1892">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ғылыми / академиялық дәрежесі</w:t>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="648A6A27" w14:textId="7FC06114" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00AF1892" w:rsidP="004B772A">
-[...14 lines deleted...]
-              <w:t>Білім туралы Диплом</w:t>
+          <w:p w14:paraId="648A6A27" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B029775" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+          <w:p w14:paraId="2D173642" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F853E7">
-[...8 lines deleted...]
-          <w:p w14:paraId="6D79327A" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E893E84" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F853E7">
-[...8 lines deleted...]
-          <w:p w14:paraId="5D925D64" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2230452B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F853E7">
-[...8 lines deleted...]
-          <w:p w14:paraId="30DA35CC" w14:textId="5315B4E5" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30DA35CC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F853E7">
-[...5 lines deleted...]
-              <w:t>Ғылым кандидаты = 10 балл</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E4EAF46" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="4210D8FB" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -4920,1176 +5361,2335 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5B5B2AA1" w14:textId="36B55DC8" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00F853E7" w:rsidP="004B772A">
+          <w:p w14:paraId="5B5B2AA1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F853E7">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ұлттық біліктілік тестілеуі</w:t>
+              <w:t>Национальное квалификационное тестирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="537F5A99" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56A84664" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+          <w:p w14:paraId="57C37FF0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F853E7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="10A14EF6" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02100AA9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...16 lines deleted...]
-          <w:p w14:paraId="175EE4AC" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C759B29" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2E7761E4" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06CE3C5B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="34F345A4" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30EE2BFA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="73C367F0" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C19E326" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2A774758" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="482BEDAA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="3CF8B6D6" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="584969D3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2C8B0E9A" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="136DA00B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="6DBC0222" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FA1780C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="01586609" w14:textId="60AACA89" w:rsidR="0086261D" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20874B17" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="21BAE0A6" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01586609" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3D01FBA9" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+          <w:p w14:paraId="374F0EFB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F853E7">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>"Педагог-модератор" біліктілік санатымен</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="10205E69" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EFE975D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="44D297B8" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3801AA78" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="5E1342D0" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32F595C9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="23F6FEA7" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="128011D8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="55942562" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56394C6E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2F6AFCD7" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F36044E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="36728E96" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06501734" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="63D4D919" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4996EAE6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="77996E4B" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DBE5E8F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="342C39E2" w14:textId="542927C2" w:rsidR="0086261D" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B3E6818" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="23E19619" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="342C39E2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="342D06F4" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+          <w:p w14:paraId="1FB572CA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F853E7">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>"Педагог-сарапшы" біліктілік санатымен</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3E708E4A" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-эксперт</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F016123" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="7F0F89F1" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F84691" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="122BD352" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B8141F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="3656B281" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35E8D53C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="370ABDCE" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40492ED2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="3220517E" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="529607D4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="1CE31775" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60B72C2D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="4F079E52" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E26A438" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="7251A02E" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B76EB6F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="460EABEE" w14:textId="407AF03C" w:rsidR="0086261D" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C32DB29" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="076DBB61" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="460EABEE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4C4A5FE6" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+          <w:p w14:paraId="3BE6A300" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F853E7">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>"Педагог-зерттеуші" біліктілік санатымен</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5C4DCE06" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A08132A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2FE5A35B" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D3F5C5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="17B8B879" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5888534B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2489A857" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00F03E17" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="500BD5CA" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B8AA3AB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="71158B75" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B58A26" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="629408FA" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F81AD88" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="64295A3A" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CEB14CE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="21774321" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118A15A1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="5262674C" w14:textId="77571D94" w:rsidR="0086261D" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="796C7F73" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w14:paraId="56E074FB" w14:textId="77777777" w:rsidR="00F853E7" w:rsidRPr="00F853E7" w:rsidRDefault="00F853E7" w:rsidP="00F853E7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5262674C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="77B7D412" w14:textId="77777777" w:rsidR="00D61E78" w:rsidRPr="00D61E78" w:rsidRDefault="00D61E78" w:rsidP="00D61E78">
+          <w:p w14:paraId="2421A6A7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D61E78">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>"Педагог-шебер" біліктілік санатымен</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3A03188E" w14:textId="624FAFD9" w:rsidR="0086261D" w:rsidRPr="00D61E78" w:rsidRDefault="00D61E78" w:rsidP="00D61E78">
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A03188E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...11 lines deleted...]
-              <w:t>= 10 ұпай</w:t>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23D1C8CB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="3558F91D" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
           <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
@@ -6118,245 +7718,287 @@
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="29C6E7C5" w14:textId="754A4FBE" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00D61E78" w:rsidP="004B772A">
+          <w:p w14:paraId="6FCD15B6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D61E78">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Біліктілік / Санат.</w:t>
-            </w:r>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r w:rsidR="004B772A" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29C6E7C5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="419F1179" w14:textId="32488F11" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00D61E78" w:rsidP="004B772A">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4EB645C2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="419F1179" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="592A7330" w14:textId="77777777" w:rsidR="00D61E78" w:rsidRPr="00D61E78" w:rsidRDefault="00D61E78" w:rsidP="00D61E78">
+          <w:p w14:paraId="0E6E1B50" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D61E78">
-[...8 lines deleted...]
-          <w:p w14:paraId="4C91D499" w14:textId="77777777" w:rsidR="00D61E78" w:rsidRPr="00D61E78" w:rsidRDefault="00D61E78" w:rsidP="00D61E78">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="311A8310" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D61E78">
-[...8 lines deleted...]
-          <w:p w14:paraId="1195DB75" w14:textId="77777777" w:rsidR="00D61E78" w:rsidRPr="00D61E78" w:rsidRDefault="00D61E78" w:rsidP="00D61E78">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6122BCBA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D61E78">
-[...8 lines deleted...]
-          <w:p w14:paraId="3D10E43B" w14:textId="77777777" w:rsidR="00D61E78" w:rsidRPr="00D61E78" w:rsidRDefault="00D61E78" w:rsidP="00D61E78">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CAF0317" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D61E78">
-[...8 lines deleted...]
-          <w:p w14:paraId="4C108546" w14:textId="77777777" w:rsidR="00D61E78" w:rsidRPr="00D61E78" w:rsidRDefault="00D61E78" w:rsidP="00D61E78">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="311642D4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D61E78">
-[...8 lines deleted...]
-          <w:p w14:paraId="30D5A01A" w14:textId="77777777" w:rsidR="00D61E78" w:rsidRPr="00D61E78" w:rsidRDefault="00D61E78" w:rsidP="00D61E78">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E0E7EB5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D61E78">
-[...8 lines deleted...]
-          <w:p w14:paraId="4D1FA85D" w14:textId="0E6BDED7" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00D61E78" w:rsidP="00D61E78">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D1FA85D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D61E78">
-[...5 lines deleted...]
-              <w:t>Педагог-шебер = 10 балл</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="528AE3FB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="57B253F7" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
           <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
@@ -6384,190 +8026,242 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55911567" w14:textId="563C578E" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00D61E78" w:rsidP="004B772A">
+          <w:p w14:paraId="55911567" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D61E78">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Педагогикалық қызмет өтілі</w:t>
+              <w:t>Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39EEEFBA" w14:textId="720AFD15" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00D61E78" w:rsidP="004B772A">
-[...15 lines deleted...]
-              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+          <w:p w14:paraId="39EEEFBA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54FAD31E" w14:textId="77777777" w:rsidR="00D61E78" w:rsidRPr="00D61E78" w:rsidRDefault="00304B28" w:rsidP="00D61E78">
+          <w:p w14:paraId="1E6F8E36" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D61E78" w:rsidRPr="00D61E78">
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> 10 және одан жоғары = 3 балл</w:t>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38AF66B7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C043DB1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09BF8685" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13986048" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="201E227A" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -6592,184 +8286,227 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="54634F2C" w14:textId="1C17E095" w:rsidR="0086261D" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="004B772A">
+          <w:p w14:paraId="54634F2C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C41393">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00E1359D" w14:textId="40295B35" w:rsidR="0086261D" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="004B772A">
-[...16 lines deleted...]
-              <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+          <w:p w14:paraId="00E1359D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E9DB866" w14:textId="77777777" w:rsidR="00C41393" w:rsidRPr="00C41393" w:rsidRDefault="00304B28" w:rsidP="00C41393">
+          <w:p w14:paraId="5AD2675B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C41393" w:rsidRPr="00C41393">
-[...37 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D3E50D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C41393">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6007049A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="084882D5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60CFD4A8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="448BA97A" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
           <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6797,168 +8534,221 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63770485" w14:textId="12169CF7" w:rsidR="0086261D" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="004B772A">
+          <w:p w14:paraId="63770485" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C41393">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Жұмысқа алғаш кіретін мұғалімдер үшін</w:t>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67F559D3" w14:textId="4B15CB2F" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00C41393" w:rsidP="004B772A">
-[...14 lines deleted...]
-              <w:t>Білім туралы дипломға қосымша</w:t>
+          <w:p w14:paraId="67F559D3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="062286E6" w14:textId="77777777" w:rsidR="00C41393" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+          <w:p w14:paraId="4A83E8FD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
-[...8 lines deleted...]
-          <w:p w14:paraId="582BD6F2" w14:textId="759DDFC5" w:rsidR="00C41393" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результаты педагогической/ профессиональной практики </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>отлично</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="418E1CFC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00321427" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
-[...25 lines deleted...]
-              <w:t>"жақсы" = 0,5 ұпай</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03FAB8AE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="072F5401" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -6983,173 +8773,248 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1887A552" w14:textId="164B6010" w:rsidR="0086261D" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="004B772A">
+          <w:p w14:paraId="1887A552" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="26DDF23D" w14:textId="06D28308" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00C41393" w:rsidP="004B772A">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="26DDF23D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EEDB7F3" w14:textId="77777777" w:rsidR="00C41393" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+          <w:p w14:paraId="2BA2D186" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="70B6C1A9" w14:textId="77777777" w:rsidR="00C41393" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="204CC079" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="3B809DAD" w14:textId="2E306F2D" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B809DAD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
-[...6 lines deleted...]
-              <w:t>Теріс ұсыныс хат = минус 5 ұпай</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="502DC6C5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="3D5BA826" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
@@ -7175,266 +9040,431 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16EA81E9" w14:textId="3816B96B" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00C41393" w:rsidP="004B772A">
+          <w:p w14:paraId="16EA81E9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Кәсіби жетістіктер көрсеткіштері</w:t>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02AB1290" w14:textId="77777777" w:rsidR="00C41393" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="00C41393">
-[...55 lines deleted...]
-              <w:t>- мемлекеттік награда</w:t>
+          <w:p w14:paraId="3D86907A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E616113" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28D5FE0E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31B7E85E" w14:textId="77777777" w:rsidR="00C41393" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+          <w:p w14:paraId="34802525" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
-[...8 lines deleted...]
-          <w:p w14:paraId="775A2135" w14:textId="77777777" w:rsidR="00C41393" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="331DCFEA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>научных проектов = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57B8DDE5" w14:textId="77777777" w:rsidR="00C41393" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+          <w:p w14:paraId="19BE04D3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
-[...8 lines deleted...]
-          <w:p w14:paraId="6A258CE8" w14:textId="77777777" w:rsidR="00C41393" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29CBCAB3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
-[...8 lines deleted...]
-          <w:p w14:paraId="3D9B7DA4" w14:textId="77777777" w:rsidR="00C41393" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A2C09C6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
-[...8 lines deleted...]
-          <w:p w14:paraId="567FB51D" w14:textId="112FE2DC" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="567FB51D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
-[...5 lines deleted...]
-              <w:t>обладатель медали» Қазақстан еңбек сіңірген ұстазы " = 10 баллов</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель медали </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C53FE9C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="142880B6" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -7459,234 +9489,188 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="60CAFAE3" w14:textId="0980B298" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00C41393" w:rsidP="004B772A">
+          <w:p w14:paraId="60CAFAE3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Әдістемелік қызмет</w:t>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6607D16C" w14:textId="7B7E4B2B" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00C41393" w:rsidP="004B772A">
-[...14 lines deleted...]
-              <w:t>- авторлық жұмыстар мен жарияланымдар</w:t>
+          <w:p w14:paraId="6607D16C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03F088CB" w14:textId="77777777" w:rsidR="00136F86" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+          <w:p w14:paraId="54FA073B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
-[...8 lines deleted...]
-          <w:p w14:paraId="3D3383D4" w14:textId="33489E60" w:rsidR="00C41393" w:rsidRPr="00C41393" w:rsidRDefault="00C41393" w:rsidP="00C41393">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16F44AF6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
-[...8 lines deleted...]
-          <w:p w14:paraId="04434B64" w14:textId="2F6DF40D" w:rsidR="00136F86" w:rsidRDefault="008C43CD" w:rsidP="00C41393">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34EC81C1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...77 lines deleted...]
-              <w:t>тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы, Scopus = 3 балл</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="703AA067" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="5EAC3FFD" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -7720,237 +9704,317 @@
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="259A6379" w14:textId="60259870" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00C41393" w:rsidP="004B772A">
+          <w:p w14:paraId="259A6379" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C41393">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Қоғамдық-педагогикалық қызмет</w:t>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="29596460" w14:textId="77777777" w:rsidR="00136F86" w:rsidRPr="00136F86" w:rsidRDefault="00136F86" w:rsidP="00136F86">
-[...33 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2EE6E982" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B98DDD1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F89B82C" w14:textId="77777777" w:rsidR="00136F86" w:rsidRPr="00136F86" w:rsidRDefault="00136F86" w:rsidP="00136F86">
+          <w:p w14:paraId="6282809A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136F86">
-[...8 lines deleted...]
-          <w:p w14:paraId="216B4AF3" w14:textId="77777777" w:rsidR="00136F86" w:rsidRPr="00136F86" w:rsidRDefault="00136F86" w:rsidP="00136F86">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="438C8084" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136F86">
-[...8 lines deleted...]
-          <w:p w14:paraId="2C271363" w14:textId="77777777" w:rsidR="00136F86" w:rsidRPr="00136F86" w:rsidRDefault="00136F86" w:rsidP="00136F86">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="002B295D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136F86">
-[...8 lines deleted...]
-          <w:p w14:paraId="721F7EE6" w14:textId="77777777" w:rsidR="00136F86" w:rsidRPr="00136F86" w:rsidRDefault="00136F86" w:rsidP="00136F86">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12DE8D5C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="3D5437C3" w14:textId="77777777" w:rsidR="00136F86" w:rsidRPr="00136F86" w:rsidRDefault="00136F86" w:rsidP="00136F86">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EE1BB37" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136F86">
-[...8 lines deleted...]
-          <w:p w14:paraId="34D82F6A" w14:textId="62EC1791" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00136F86" w:rsidP="00136F86">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34D82F6A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136F86">
-[...5 lines deleted...]
-              <w:t>3 тілде оқыту (қазақ, орыс, шетел) = 5 балл</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="649FB9EA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="7D777CC2" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -7984,310 +10048,500 @@
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A63365A" w14:textId="447B0D18" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00136F86" w:rsidP="004B772A">
+          <w:p w14:paraId="0A63365A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136F86">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Курстық дайындық</w:t>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="321C4766" w14:textId="77777777" w:rsidR="00136F86" w:rsidRPr="00136F86" w:rsidRDefault="00136F86" w:rsidP="00136F86">
-[...86 lines deleted...]
-              <w:t>Goethe Zertifikat, "Python бағдарламалау негіздері", "Microsoft корпорациясымен жұмыс істеуге үйрету"бағдарламалары бойынша оқыту</w:t>
+          <w:p w14:paraId="1B28C9D4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06D38729" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF4EBC2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E0576B2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32A7895E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Основы программирования в Python</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обучение работе с Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69D0A399" w14:textId="77777777" w:rsidR="00136F86" w:rsidRPr="00136F86" w:rsidRDefault="00136F86" w:rsidP="00136F86">
+          <w:p w14:paraId="604DBAFB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136F86">
-[...8 lines deleted...]
-          <w:p w14:paraId="210B153D" w14:textId="04211D5F" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00136F86" w:rsidP="00136F86">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210B153D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136F86">
-[...5 lines deleted...]
-              <w:t>курстар = 0,5 балл (әрқайсысы бөлек)</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="413A87C6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B772A" w:rsidRPr="00E93223" w14:paraId="21D96CD9" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2343" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BFA29C4" w14:textId="7E37C1CD" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00136F86" w:rsidP="004B772A">
+          <w:p w14:paraId="6BFA29C4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136F86">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Барлығы:</w:t>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="772137D0" w14:textId="40B7BA49" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00136F86" w:rsidP="004B772A">
+          <w:p w14:paraId="772137D0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136F86">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Максималды балл-83</w:t>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50673141" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2D317954" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00E93223" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -8368,51 +10622,51 @@
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9029,123 +11283,121 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1459950028">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1325548820">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1469474334">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1957367823">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1464469713">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1238904478">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
-    <w:rsid w:val="000B013D"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
-    <w:rsid w:val="00136F86"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
-    <w:rsid w:val="001E0032"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
@@ -9195,67 +11447,65 @@
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
-    <w:rsid w:val="003C269D"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
-    <w:rsid w:val="00400F55"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
@@ -9411,329 +11661,318 @@
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C43CD"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
-    <w:rsid w:val="00966315"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
-    <w:rsid w:val="009E760E"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A5784E"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA22E4"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF1892"/>
     <w:rsid w:val="00AF36AD"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
-    <w:rsid w:val="00C41393"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD0B4D"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
-    <w:rsid w:val="00D61E78"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
-    <w:rsid w:val="00E46FB8"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E93223"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
-    <w:rsid w:val="00ED43C9"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F04629"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F5611E"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
-    <w:rsid w:val="00F853E7"/>
     <w:rsid w:val="00F855CE"/>
     <w:rsid w:val="00F91510"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FB50A6"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FD46E4"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -10634,67 +12873,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0860B0C5-4C16-4A20-8797-FB42EFC0F8AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1702</Words>
-  <Characters>9707</Characters>
+  <Words>1773</Words>
+  <Characters>10109</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11387</CharactersWithSpaces>
+  <CharactersWithSpaces>11859</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>