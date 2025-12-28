--- v0 (2025-12-08)
+++ v1 (2025-12-28)
@@ -710,65 +710,112 @@
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidRPr="00210CB1">
         <w:rPr>
           <w:rStyle w:val="y2iqfc"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Мнемотехника: логопедиялық жұмыста қосымша мүмкіндіктер</w:t>
       </w:r>
       <w:r w:rsidRPr="00210CB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53ADBA9E" w14:textId="77777777" w:rsidR="00F32ED3" w:rsidRDefault="00F32ED3" w:rsidP="006068B2">
-[...3 lines deleted...]
-        <w:spacing w:line="540" w:lineRule="atLeast"/>
+    <w:p w14:paraId="6579EE58" w14:textId="77777777" w:rsidR="006068B2" w:rsidRPr="00210CB1" w:rsidRDefault="006068B2" w:rsidP="006068B2">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00210CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Программа городского семинара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00210CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00210CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- практикума   учителей- логопедов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18290EAE" w14:textId="2925B1B2" w:rsidR="006068B2" w:rsidRDefault="006068B2" w:rsidP="006068B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00210CB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00210CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«Мнемотехника: дополнительные возможности в логопедической работе»</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7A24E0E1" w14:textId="5220E994" w:rsidR="006068B2" w:rsidRPr="00DA00F8" w:rsidRDefault="006068B2" w:rsidP="006068B2">
+    <w:p w14:paraId="7A24E0E1" w14:textId="77777777" w:rsidR="006068B2" w:rsidRPr="00DA00F8" w:rsidRDefault="006068B2" w:rsidP="006068B2">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA00F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өткізу кұні</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA00F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -835,2265 +882,1556 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09321125" w14:textId="77777777" w:rsidR="00973CAD" w:rsidRPr="00973CAD" w:rsidRDefault="00973CAD" w:rsidP="00973CAD">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48B1B5EE" w14:textId="77777777" w:rsidR="00EA7EFC" w:rsidRPr="00EA7EFC" w:rsidRDefault="00EA7EFC" w:rsidP="009C0B6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74504992" w14:textId="2A0B043A" w:rsidR="00FC60D0" w:rsidRDefault="00F32ED3" w:rsidP="00A029C2">
+    <w:p w14:paraId="0598B443" w14:textId="77777777" w:rsidR="00973CAD" w:rsidRDefault="00973CAD" w:rsidP="009C0B6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="557E9C2F" w14:textId="51D12578" w:rsidR="00FC60D0" w:rsidRPr="005E5BDF" w:rsidRDefault="00FC60D0" w:rsidP="00A029C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F975E69" w14:textId="77777777" w:rsidR="00503704" w:rsidRDefault="00503704" w:rsidP="00A029C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Модератор:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00173CEB" w:rsidRPr="00173CEB">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66E6C3DD" w14:textId="3DF4D305" w:rsidR="00FC60D0" w:rsidRDefault="00FC60D0" w:rsidP="00A029C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00173CEB">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74504992" w14:textId="47234F50" w:rsidR="00FC60D0" w:rsidRDefault="00FC60D0" w:rsidP="00A029C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ш.С. </w:t>
-[...40 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AAF2EA1" w14:textId="02DBDC77" w:rsidR="00A029C2" w:rsidRPr="00173CEB" w:rsidRDefault="00F32ED3" w:rsidP="00F32ED3">
+    <w:p w14:paraId="1AAF2EA1" w14:textId="56D191ED" w:rsidR="00A029C2" w:rsidRPr="00055896" w:rsidRDefault="00055896" w:rsidP="00973CAD">
       <w:pPr>
         <w:pStyle w:val="c16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="30" w:beforeAutospacing="0" w:after="30" w:afterAutospacing="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00173CEB">
+      <w:r w:rsidRPr="00055896">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>меңгерушісінің м.а.</w:t>
+        <w:t>Модератор: Нурахметова Шолпан Саменовна, и.о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055896">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055896">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055896">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заведующей МК ГОО</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="1921"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="538"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1590"/>
+        <w:gridCol w:w="948"/>
+        <w:gridCol w:w="1428"/>
+        <w:gridCol w:w="2414"/>
+        <w:gridCol w:w="1963"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB480E" w:rsidRPr="00173CEB" w14:paraId="47C4C276" w14:textId="77777777" w:rsidTr="00F32ED3">
+      <w:tr w:rsidR="00DB480E" w:rsidRPr="005E5BDF" w14:paraId="47C4C276" w14:textId="77777777" w:rsidTr="00055896">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F0BB68C" w14:textId="081834A3" w:rsidR="00DB480E" w:rsidRPr="00630973" w:rsidRDefault="00630973" w:rsidP="00BE1E47">
+          <w:p w14:paraId="0F0BB68C" w14:textId="77777777" w:rsidR="00DB480E" w:rsidRPr="00DA00F8" w:rsidRDefault="00DB480E" w:rsidP="00BE1E47">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...3 lines deleted...]
-              <w:t>№№</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F66E177" w14:textId="1B3D2A7F" w:rsidR="00DB480E" w:rsidRPr="00173CEB" w:rsidRDefault="00DB480E" w:rsidP="00BE1E47">
+          <w:p w14:paraId="4F66E177" w14:textId="77777777" w:rsidR="00DB480E" w:rsidRPr="00DA00F8" w:rsidRDefault="00DB480E" w:rsidP="00BE1E47">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақыт</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38E46C72" w14:textId="7D8966E4" w:rsidR="00DB480E" w:rsidRPr="00173CEB" w:rsidRDefault="00DB480E" w:rsidP="00BE1E47">
+          <w:p w14:paraId="38E46C72" w14:textId="77777777" w:rsidR="00DB480E" w:rsidRPr="00DA00F8" w:rsidRDefault="00DB480E" w:rsidP="00BE1E47">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тақырыбы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1337" w:type="dxa"/>
+            <w:tcW w:w="1963" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E211F91" w14:textId="1D59150D" w:rsidR="00DB480E" w:rsidRPr="00173CEB" w:rsidRDefault="00DB480E" w:rsidP="00BE1E47">
+          <w:p w14:paraId="2E211F91" w14:textId="77777777" w:rsidR="00DB480E" w:rsidRPr="00DA00F8" w:rsidRDefault="00DB480E" w:rsidP="00BE1E47">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жауапты тұлғаның мұғалімнің аты-жөні</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w14:paraId="450B2BBF" w14:textId="77777777" w:rsidTr="00F32ED3">
+      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00FC60D0" w14:paraId="450B2BBF" w14:textId="77777777" w:rsidTr="00055896">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D62C7D7" w14:textId="6A9F46F5" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
+          <w:p w14:paraId="7D62C7D7" w14:textId="6A9F46F5" w:rsidR="00DA00F8" w:rsidRPr="007A2E50" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="007A2E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2FD7BF" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...13 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="5E2FD7BF" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15:00-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51997140" w14:textId="6C74B39E" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00D84442">
-[...14 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="51997140" w14:textId="6C74B39E" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15:10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73FEE151" w14:textId="77777777" w:rsidR="00B5048B" w:rsidRPr="00173CEB" w:rsidRDefault="00B5048B" w:rsidP="00D84442">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="069A7EB1" w14:textId="2A193145" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00055896" w:rsidP="00055896">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-[...17 lines deleted...]
-                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Повышение профессионального роста и компетенций педагогов в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-[...11 lines deleted...]
-                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иклюзивном</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1337" w:type="dxa"/>
+            <w:tcW w:w="1963" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1D74D6" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+          <w:p w14:paraId="0D1D74D6" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...6 lines deleted...]
-          <w:p w14:paraId="392CC1E8" w14:textId="54ADC7C6" w:rsidR="00B5048B" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C94D710" w14:textId="6021D60C" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...67 lines deleted...]
-              <w:t>меңгерушісінің м.а.</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нурахметова Ш.С., и.о. заведующей МК ГОО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w14:paraId="6EF4E867" w14:textId="77777777" w:rsidTr="00F32ED3">
+      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00FC60D0" w14:paraId="6EF4E867" w14:textId="77777777" w:rsidTr="00055896">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5619888C" w14:textId="7B72176B" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
+          <w:p w14:paraId="5619888C" w14:textId="7B72176B" w:rsidR="00DA00F8" w:rsidRPr="007A2E50" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A63D783" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...13 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="6A63D783" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15:10 –</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C984A7D" w14:textId="134FACC3" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00B5048B">
-[...14 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="2C984A7D" w14:textId="134FACC3" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15:35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B1B22C4" w14:textId="3C4B6E2D" w:rsidR="00B5048B" w:rsidRPr="00173CEB" w:rsidRDefault="00B5048B" w:rsidP="00B5048B">
-[...30 lines deleted...]
-          <w:p w14:paraId="7B117F68" w14:textId="77777777" w:rsidR="00B5048B" w:rsidRPr="00173CEB" w:rsidRDefault="00B5048B" w:rsidP="00055896">
+          <w:p w14:paraId="696E58E7" w14:textId="25A0849C" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00055896">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00173CEB">
-[...17 lines deleted...]
-              <w:t>( тренинг)</w:t>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мнемотехника- эффективный ресурс в логопедической работе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1337" w:type="dxa"/>
+            <w:tcW w:w="1963" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40BBBC2B" w14:textId="0DACCA62" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...20 lines deleted...]
-          <w:p w14:paraId="4C449DDB" w14:textId="77777777" w:rsidR="00B5048B" w:rsidRPr="00173CEB" w:rsidRDefault="007809B0" w:rsidP="00DA00F8">
+          <w:p w14:paraId="40BBBC2B" w14:textId="0DACCA62" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кошельник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Елена Валерьевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4955784C" w14:textId="753BAEC6" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...35 lines deleted...]
-              <w:t>КММ « 39 ЖОББМ</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>учитель- логопед КГУ «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">СОШ № 39 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w14:paraId="7C1786E8" w14:textId="77777777" w:rsidTr="00F32ED3">
+      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00FC60D0" w14:paraId="7C1786E8" w14:textId="77777777" w:rsidTr="00055896">
         <w:trPr>
           <w:trHeight w:val="865"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3437F5" w14:textId="62F94BB8" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
+          <w:p w14:paraId="0E3437F5" w14:textId="62F94BB8" w:rsidR="00DA00F8" w:rsidRPr="007A2E50" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2E50">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C29C63F" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="4C29C63F" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15:35-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04536868" w14:textId="79A731CB" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00B5048B">
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="04536868" w14:textId="79A731CB" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26257E3F" w14:textId="5B009EE2" w:rsidR="00B5048B" w:rsidRPr="00173CEB" w:rsidRDefault="00B5048B" w:rsidP="00055896">
+          <w:p w14:paraId="3488B27B" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00055896">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...55 lines deleted...]
-          <w:p w14:paraId="20249DD3" w14:textId="77777777" w:rsidR="00D84442" w:rsidRPr="00173CEB" w:rsidRDefault="00D84442" w:rsidP="00055896">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Применение мнемотехники в логопедической </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>работе  при</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заучивании стихотворений.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ED90C51" w14:textId="7B33F2AB" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00055896">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>( тренинг)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1337" w:type="dxa"/>
+            <w:tcW w:w="1963" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A303613" w14:textId="62319978" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...20 lines deleted...]
-          <w:p w14:paraId="195E61A4" w14:textId="77777777" w:rsidR="006A5754" w:rsidRPr="00173CEB" w:rsidRDefault="006A5754" w:rsidP="00DA00F8">
+          <w:p w14:paraId="5A303613" w14:textId="38DCCD2C" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акказенова Асем Гапаловна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37BA2B2F" w14:textId="30228AE4" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...48 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учитель- логопед КГУ «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">СОШ № 15 </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w14:paraId="4E2191F7" w14:textId="77777777" w:rsidTr="00F32ED3">
+      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00FC60D0" w14:paraId="4E2191F7" w14:textId="77777777" w:rsidTr="00055896">
         <w:trPr>
           <w:trHeight w:val="849"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CEB0D7A" w14:textId="10DAC8C2" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
+          <w:p w14:paraId="5CEB0D7A" w14:textId="10DAC8C2" w:rsidR="00DA00F8" w:rsidRPr="007A2E50" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AEE48A1" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...13 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="2AEE48A1" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16:00-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4070F53C" w14:textId="1264FFB7" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...13 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="4070F53C" w14:textId="1264FFB7" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53BA1EC5" w14:textId="0C8D6B27" w:rsidR="00B5048B" w:rsidRPr="00173CEB" w:rsidRDefault="00D84442" w:rsidP="00055896">
+          <w:p w14:paraId="08C09B58" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00055896">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...127 lines deleted...]
-          <w:p w14:paraId="263B445C" w14:textId="77777777" w:rsidR="00B5048B" w:rsidRPr="00173CEB" w:rsidRDefault="00B5048B" w:rsidP="00055896">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Обучение учащихся пересказу с помощью мнемотехники.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="487CD890" w14:textId="60143D62" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00055896">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ( тренинг)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1337" w:type="dxa"/>
+            <w:tcW w:w="1963" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="674869B2" w14:textId="38371BE1" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="674869B2" w14:textId="38371BE1" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Смагулова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Гаухар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00173CEB">
-[...9 lines deleted...]
-          <w:p w14:paraId="60F27131" w14:textId="77777777" w:rsidR="00554CAA" w:rsidRPr="00173CEB" w:rsidRDefault="00554CAA" w:rsidP="00554CAA">
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Маратовна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="600BCC3F" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>учитель- логопед</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="788CD703" w14:textId="7E76755C" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...35 lines deleted...]
-              <w:t>Павлодар қ. “ 17 ЖОББСОБМ”ММ</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КГУ «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>СОШ № 17»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w14:paraId="42807783" w14:textId="77777777" w:rsidTr="00F32ED3">
+      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00FC60D0" w14:paraId="42807783" w14:textId="77777777" w:rsidTr="00055896">
         <w:trPr>
           <w:trHeight w:val="1491"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="215A6CE6" w14:textId="34547812" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
+          <w:p w14:paraId="215A6CE6" w14:textId="34547812" w:rsidR="00DA00F8" w:rsidRPr="007A2E50" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22760404" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...13 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="22760404" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16.25-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25107618" w14:textId="2484D4F0" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00055896">
-[...13 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="25107618" w14:textId="2484D4F0" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00055896">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B7777FD" w14:textId="5650AF3D" w:rsidR="00E6085C" w:rsidRPr="00173CEB" w:rsidRDefault="00E6085C" w:rsidP="00D84442">
-[...219 lines deleted...]
-          <w:p w14:paraId="038F3596" w14:textId="35A8F8C9" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00055896">
+          <w:p w14:paraId="44A72ED9" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00055896">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Современные способы развития связной речи у учащихся начальных классов с помощью мнемотехники.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="038F3596" w14:textId="5CBD10C6" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00055896">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>( тренинг)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1337" w:type="dxa"/>
+            <w:tcW w:w="1963" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52A7E4FD" w14:textId="647D6C7D" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="32611D25" w14:textId="6284B2C9" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Бушумбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Альмира </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Манарбековна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="007A2E50" w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="007A2E50" w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FED4B61" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="006A5754" w:rsidP="00DA00F8">
+          <w:p w14:paraId="52A7E4FD" w14:textId="77777777" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель- логопед </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E08A1DE" w14:textId="7F4BDA91" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КГУ «СОШ № 14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28077E2E" w14:textId="573B384B" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...45 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w14:paraId="0457AB6C" w14:textId="77777777" w:rsidTr="00F32ED3">
+      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00FC60D0" w14:paraId="0457AB6C" w14:textId="77777777" w:rsidTr="00055896">
         <w:trPr>
           <w:trHeight w:val="1491"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11E78272" w14:textId="278F09DB" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
+          <w:p w14:paraId="11E78272" w14:textId="278F09DB" w:rsidR="00DA00F8" w:rsidRPr="007A2E50" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7984037C" w14:textId="5B70B1F0" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="7984037C" w14:textId="5B70B1F0" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00173CEB">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>16.50-17.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C3A78E2" w14:textId="06CB9D53" w:rsidR="00366CE3" w:rsidRPr="00173CEB" w:rsidRDefault="00366CE3" w:rsidP="00366CE3">
-[...15 lines deleted...]
-              <w:t>«</w:t>
+          <w:p w14:paraId="5886B577" w14:textId="00F361D7" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00055896">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Применение </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00173CEB">
-[...6 lines deleted...]
-              <w:t>Тіл</w:t>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мнемодорожек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00173CEB">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при заучивании </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00173CEB">
-[...6 lines deleted...]
-              <w:t>ұстарты</w:t>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>чистоговорок</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00173CEB">
-[...169 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  и скороговорок.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1337" w:type="dxa"/>
+            <w:tcW w:w="1963" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F706598" w14:textId="17CBA8B5" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="3F706598" w14:textId="17CBA8B5" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Смакова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Айнур</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сапаргалиевна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="007A2E50" w:rsidRPr="00173CEB">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="007A2E50" w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DE12511" w14:textId="2157DBD0" w:rsidR="007809B0" w:rsidRPr="00173CEB" w:rsidRDefault="007809B0" w:rsidP="00DA00F8">
+          <w:p w14:paraId="55F66085" w14:textId="70F7B9C9" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="007A2E50" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA00F8" w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">читель- логопед </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42EC752A" w14:textId="67E1A229" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...34 lines deleted...]
-              <w:t>Мұхтар Әуезов атындағы орта білім мектебі"</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КГУ « СОШ имени М. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ауэзова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w14:paraId="4DB926E8" w14:textId="77777777" w:rsidTr="00F32ED3">
+      <w:tr w:rsidR="00DA00F8" w:rsidRPr="00FC60D0" w14:paraId="4DB926E8" w14:textId="77777777" w:rsidTr="00055896">
         <w:trPr>
           <w:trHeight w:val="1491"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CAC446B" w14:textId="3579DCB1" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
+          <w:p w14:paraId="3CAC446B" w14:textId="3579DCB1" w:rsidR="00DA00F8" w:rsidRPr="007A2E50" w:rsidRDefault="007A2E50" w:rsidP="007A2E50">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37C9A03A" w14:textId="30DDF052" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="37C9A03A" w14:textId="30DDF052" w:rsidR="00DA00F8" w:rsidRPr="00DA00F8" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00173CEB">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00DA00F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>17.10-17.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2414" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D14A55D" w14:textId="23A80C69" w:rsidR="00DA00F8" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00630973">
+          <w:p w14:paraId="4D14A55D" w14:textId="35F29620" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00055896">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...14 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рефлексия. Свободный микрофон</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1337" w:type="dxa"/>
+            <w:tcW w:w="1963" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB63045" w14:textId="2AA5F61A" w:rsidR="00F32ED3" w:rsidRPr="00173CEB" w:rsidRDefault="00DA00F8" w:rsidP="00F32ED3">
+          <w:p w14:paraId="2C18C7E3" w14:textId="60409663" w:rsidR="00DA00F8" w:rsidRPr="00055896" w:rsidRDefault="00DA00F8" w:rsidP="00DA00F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...55 lines deleted...]
-              <w:t>меңгерушісінің м.а.</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нурахметова Ш.С., и.о. заведующей МК ГОО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6E27670E" w14:textId="77777777" w:rsidR="00DB480E" w:rsidRPr="00173CEB" w:rsidRDefault="00DB480E" w:rsidP="00BA46B2">
+    <w:p w14:paraId="6E27670E" w14:textId="77777777" w:rsidR="00DB480E" w:rsidRPr="00CF52C6" w:rsidRDefault="00DB480E" w:rsidP="00BA46B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00DB480E" w:rsidRPr="00173CEB" w:rsidSect="008552EA">
+    <w:sectPr w:rsidR="00DB480E" w:rsidRPr="00CF52C6" w:rsidSect="008552EA">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="709" w:right="395" w:bottom="424" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:num="2" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -3806,123 +3144,107 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004960A9"/>
     <w:rsid w:val="000229C4"/>
     <w:rsid w:val="00055896"/>
     <w:rsid w:val="000567B0"/>
     <w:rsid w:val="0007304F"/>
     <w:rsid w:val="000E6AA7"/>
     <w:rsid w:val="00172320"/>
-    <w:rsid w:val="00173CEB"/>
     <w:rsid w:val="00210CB1"/>
     <w:rsid w:val="002443C9"/>
-    <w:rsid w:val="00366CE3"/>
     <w:rsid w:val="003D4FFD"/>
     <w:rsid w:val="003D782C"/>
     <w:rsid w:val="004120CE"/>
     <w:rsid w:val="00454A86"/>
-    <w:rsid w:val="004831AB"/>
     <w:rsid w:val="004960A9"/>
     <w:rsid w:val="004977A7"/>
     <w:rsid w:val="004D661D"/>
     <w:rsid w:val="004F4AE8"/>
     <w:rsid w:val="00503704"/>
     <w:rsid w:val="0054178D"/>
-    <w:rsid w:val="00554CAA"/>
     <w:rsid w:val="00561099"/>
     <w:rsid w:val="00564522"/>
     <w:rsid w:val="00584992"/>
     <w:rsid w:val="005C0779"/>
     <w:rsid w:val="005C1D5E"/>
     <w:rsid w:val="005E5BDF"/>
     <w:rsid w:val="006068B2"/>
-    <w:rsid w:val="00630973"/>
     <w:rsid w:val="0067506D"/>
     <w:rsid w:val="00676515"/>
-    <w:rsid w:val="006A5754"/>
     <w:rsid w:val="006F1895"/>
-    <w:rsid w:val="007809B0"/>
     <w:rsid w:val="007A2E50"/>
     <w:rsid w:val="007A4242"/>
     <w:rsid w:val="007D684E"/>
     <w:rsid w:val="007F761F"/>
     <w:rsid w:val="008104FA"/>
     <w:rsid w:val="008552EA"/>
     <w:rsid w:val="008655EC"/>
     <w:rsid w:val="008A2AE2"/>
     <w:rsid w:val="008B5D8F"/>
     <w:rsid w:val="008F6395"/>
     <w:rsid w:val="0091703B"/>
     <w:rsid w:val="00973CAD"/>
     <w:rsid w:val="009C0B6F"/>
     <w:rsid w:val="00A029C2"/>
-    <w:rsid w:val="00A0568F"/>
-    <w:rsid w:val="00A1591E"/>
     <w:rsid w:val="00AC5364"/>
     <w:rsid w:val="00B10CF7"/>
     <w:rsid w:val="00B14FA9"/>
     <w:rsid w:val="00B414D1"/>
-    <w:rsid w:val="00B5048B"/>
     <w:rsid w:val="00BA46B2"/>
     <w:rsid w:val="00BA4F4D"/>
     <w:rsid w:val="00BD1842"/>
     <w:rsid w:val="00BE1E47"/>
     <w:rsid w:val="00C66720"/>
     <w:rsid w:val="00C70690"/>
     <w:rsid w:val="00C74419"/>
     <w:rsid w:val="00CB39C5"/>
-    <w:rsid w:val="00CD1228"/>
     <w:rsid w:val="00CF52C6"/>
     <w:rsid w:val="00D72DB2"/>
-    <w:rsid w:val="00D84442"/>
     <w:rsid w:val="00DA00F8"/>
     <w:rsid w:val="00DA341B"/>
     <w:rsid w:val="00DB480E"/>
-    <w:rsid w:val="00DE0D23"/>
     <w:rsid w:val="00DE687A"/>
-    <w:rsid w:val="00E6085C"/>
     <w:rsid w:val="00EA275C"/>
     <w:rsid w:val="00EA7EFC"/>
     <w:rsid w:val="00EF5495"/>
-    <w:rsid w:val="00F32ED3"/>
-    <w:rsid w:val="00F46095"/>
     <w:rsid w:val="00F46209"/>
     <w:rsid w:val="00F60E36"/>
     <w:rsid w:val="00F95531"/>
     <w:rsid w:val="00F95CAE"/>
     <w:rsid w:val="00FB6F31"/>
     <w:rsid w:val="00FC60D0"/>
     <w:rsid w:val="00FD200D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -4842,66 +4164,66 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>263</Words>
-  <Characters>1501</Characters>
+  <Words>275</Words>
+  <Characters>1571</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1761</CharactersWithSpaces>
+  <CharactersWithSpaces>1843</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>34 школа</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>