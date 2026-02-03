--- v0 (2025-12-11)
+++ v1 (2026-02-03)
@@ -1,2018 +1,2992 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="02DCF835" w14:textId="4AA2E245" w:rsidR="00891F4B" w:rsidRPr="00592A91" w:rsidRDefault="006A5049" w:rsidP="00891F4B">
+    <w:p w14:paraId="202D41FC" w14:textId="1021CB6E" w:rsidR="007F2951" w:rsidRPr="007F2951" w:rsidRDefault="007F2951" w:rsidP="007F2951">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ағылшын тілі пәнінен  қорытынды аттестаттауға дайындық тапсырмалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4986A1B3" w14:textId="28FD803C" w:rsidR="008D38B9" w:rsidRPr="007F2951" w:rsidRDefault="008D38B9" w:rsidP="007F2951">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Exercise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sport</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF62479" w14:textId="1C170706" w:rsidR="008D38B9" w:rsidRPr="007F2951" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2434EE57" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00601D5C" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Running is a sport practiced by people everywhere around the world. Some people run casually for exercise. Some people train as professional runners, running in races and competing for fast times. For the Tarahumara people, running is an especially important part of their lives and community.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA83C60" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00601D5C" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tarahumara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Rarámuri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, are an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575340">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>indigenous</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> people from Chihuahua, Mexico. They are one of the largest indigenous communities in North America. The area that the Tarahumara live in is known as the Sierra Madre. The Tarahumara are famous around the world for their incredible skill as runners. Traditionally, the Tarahumara have always valued running skills very highly. This is because of their hunting traditions. The Tarahumara often participated in a form of hunting called “persistence hunting.” In this mode of hunting, hunters chase animals down on foot. Instead of shooting an animal with a bow and arrow, the Tarahumara hunters would chase it until it died of exhaustion. This technique requires an incredible amount of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575340">
+        <w:rPr>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>endurance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> and speed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A20EE43" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00601D5C" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Outside of its importance in hunting traditions, running is also very important as a sport and spiritual act for the Tarahumara. Running events are community-oriented. Both men and women can run in these hours- or day-long competitions. There are different forms of footraces that the Tarahumara compete in. One kind of race is called the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rarajípare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. This race </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>involves</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> two teams, each with 12 men. Each man on a team has to run the same distance. The men kick small wooden balls back and forth to their teammates as they run. As the runners compete, they have to cross streams and climb hills. The whole time, they must keep passing the ball to their teammates. The first team to run a set number of miles wins the race. These races can take hours or even days, depending on how many miles long they are. Some races are as short as 15 miles, while some are as long as 90 miles!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6173CE" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00601D5C" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The women’s version of this race is called </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ariwete</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Instead of kicking a ball back and forth, women runners use hoops and sticks in their race. During the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ariwete</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, runners carry sticks with hooks at the end. They use these sticks to hit hoops. The hoops are made with wood and cloth. This hoop is hit from runner to runner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A47C28" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00601D5C" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>As the competitors run in these races, community members will sometimes run alongside them, shouting encouragement. A common phrase that they shout is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Iwériga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iwériga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>!” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This word means “breath” and also “soul” in the Tarahumara language. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Iwériga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> shows how connected the Tarahumara’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575340">
+        <w:rPr>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>spiritual</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575340">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>beliefs are with their running practices. For the Tarahumara, breathing is a spiritual practice. The breath of life is an important part of the Tarahumara creation myth. For the Tarahumara, showing strength by running a long distance and controlling the breath is also a spiritual act. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rarajípare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> is sometimes thought of as a way of praying.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E3BC79A" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00601D5C" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tarahumara runners have become known around the world for their running skills. Their traditions of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575340">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>persistence</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (5)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hunting and footraces have fostered many powerful runners within this indigenous group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766513D8" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00601D5C" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EB733F4" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Task A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Choose the word that can replace the underlined word without changing the meaning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7550D7DA" w14:textId="13C474F1" w:rsidR="008D38B9" w:rsidRPr="00B56099" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B56099">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B56099">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aboriginal    </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inborn   </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">C </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">naïve  </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exclusive    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3975B996" w14:textId="3A31A7E9" w:rsidR="008D38B9" w:rsidRPr="00E25FC4" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiredness   </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>boredom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">C </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stamina   </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> D </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>duration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745D7ED7" w14:textId="77B8AB97" w:rsidR="008D38B9" w:rsidRPr="00E25FC4" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">absorbs  </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  B </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">concerns   </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contains </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> affects</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D7E5A8" w14:textId="42C65EBB" w:rsidR="008D38B9" w:rsidRPr="00E25FC4" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">natural   </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  B </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mental </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">C </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">religious  </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> D </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>inspired</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12923912" w14:textId="037CD879" w:rsidR="008D38B9" w:rsidRPr="00E25FC4" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obsession </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    B </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">perseverance </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">C </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">preservation </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">D </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>stubbornness</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA4359E" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CA9AC37" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Task B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Complete the second sentence so that it has similar meaning to the first one.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Do not change the word given. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24408E34" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00913999" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1. Running is a sport practiced by people everywhere around the world.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9C1AA9" w14:textId="45892B08" w:rsidR="008D38B9" w:rsidRPr="007F2951" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB647F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             People</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB7A0F6" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00913999" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35A6AF7F" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00913999" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2. For the Tarahumara people, running is an especially important part of their lives and community.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E796C6F" w14:textId="3777801F" w:rsidR="008D38B9" w:rsidRPr="007F2951" w:rsidRDefault="008D38B9" w:rsidP="007F2951">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB647F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Especiallyimportant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4341CC2B" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00913999" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3. The area that the Tarahumara live in is known as the Sierra Madre.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E42728D" w14:textId="082A7BDF" w:rsidR="008D38B9" w:rsidRPr="00EB647F" w:rsidRDefault="008D38B9" w:rsidP="007F2951">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB647F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Sierra Madre i</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s __________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66315866" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E191E58" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00682A8F" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00682A8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4. Traditionally, the Tarahumara have always valued running skills very highly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74ADCEE9" w14:textId="399DA8E2" w:rsidR="008D38B9" w:rsidRPr="00EB647F" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB647F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Running skills</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE7C2A5" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3823137A" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00682A8F" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00682A8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5. In this mode of hunting, hunters chase animals down on foot.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34AEF980" w14:textId="15DDA4B1" w:rsidR="008D38B9" w:rsidRPr="00EB647F" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB647F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Animals</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A67699" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08208FEC" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00DD44EB" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD44EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6. Instead of shooting an animal with a bow and arrow, the Tarahumara hunters would chase it until it died of exhaustion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643DF705" w14:textId="243E59AE" w:rsidR="008D38B9" w:rsidRPr="00EB647F" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB647F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Before an animal died</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383A740D" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3582EC84" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00601D5C" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This technique requires an incredible amount of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2BD3">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>endurance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601D5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> and speed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB85CF7" w14:textId="14AE0314" w:rsidR="008D38B9" w:rsidRPr="00EB647F" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB647F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>An incredible</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD367D8" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0243838B" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="006C3581" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3581">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>8. The first team to run a set number of miles wins the race</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="731A1634" w14:textId="1CE3193B" w:rsidR="008D38B9" w:rsidRPr="006C3581" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB647F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The first team wins</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD2B743" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10CD652D" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00EB647F" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB647F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>9. The hoops are made with wood and cloth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AF2F0A" w14:textId="49E14CF1" w:rsidR="008D38B9" w:rsidRPr="00EB647F" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB647F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>They make</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AC553F" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F4F17B8" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00404382" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00404382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>10. For the Tarahumara, showing strength by running a long distance and controlling the breath is also a spiritual act.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584DD2C5" w14:textId="3B8194BF" w:rsidR="008D38B9" w:rsidRPr="003C7D88" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C7D88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Also the Tarahumara`s spiritual ac</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2951">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>t __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9BC31B" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E98C018" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00E25FC4" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Task C </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Answer the questions </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050E3808" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00E25FC4" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Why </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are running skills so important for the indigenous people</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D88402F" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
-[...45 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2. What two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00373260">
-[...436 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>traditions have been the Tarahumara people`s ancient ones?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F13042C" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00E25FC4" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...566 lines deleted...]
-    <w:sectPr w:rsidR="00877599" w:rsidRPr="0022202F">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3. What two sport traditions of your country have existed from old times</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5793CF32" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRPr="00601D5C" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C808861" w14:textId="77777777" w:rsidR="008D38B9" w:rsidRDefault="008D38B9" w:rsidP="008D38B9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49FCDB90" w14:textId="77777777" w:rsidR="00C23F15" w:rsidRPr="008D38B9" w:rsidRDefault="00C23F15">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C23F15" w:rsidRPr="008D38B9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-  <w:defaultTabStop w:val="720"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00877599"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00D40192"/>
+    <w:rsidRoot w:val="008D38B9"/>
+    <w:rsid w:val="007F2951"/>
+    <w:rsid w:val="008B1DF6"/>
+    <w:rsid w:val="008D38B9"/>
+    <w:rsid w:val="00C23F15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5C5B9775"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{FEAEEA62-B7A2-4FAC-B32B-9DB4393ADC74}"/>
+  <w14:docId w14:val="3C243B35"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="008D38B9"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0022202F"/>
+    <w:rsid w:val="008D38B9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
-    <w:name w:val="Unresolved Mention"/>
+    <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D38B9"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0022202F"/>
+    <w:rsid w:val="008D38B9"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008D38B9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D38B9"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008D38B9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D38B9"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008D38B9"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008D38B9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...40 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4530</Characters>
+  <Pages>2</Pages>
+  <Words>863</Words>
+  <Characters>4924</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5314</CharactersWithSpaces>
+  <CharactersWithSpaces>5776</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>