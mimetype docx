--- v0 (2025-12-06)
+++ v1 (2026-01-09)
@@ -2,8003 +2,4980 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00823937" w:rsidRDefault="00823937" w:rsidP="00823937">
-[...22 lines deleted...]
-    <w:p w:rsidR="00823937" w:rsidRDefault="00823937" w:rsidP="000C71AD">
+    <w:p w:rsidR="003D1A67" w:rsidRDefault="003D1A67" w:rsidP="003D1A67">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:ind w:left="76"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRPr="0081118D" w:rsidRDefault="00371F08" w:rsidP="000C71AD">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задания по биологии для подготовки к итоговой аттестации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D1A67" w:rsidRDefault="003D1A67" w:rsidP="000C71AD">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:ind w:left="76"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00823937">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="0052416D" w:rsidRDefault="001425E7" w:rsidP="000C71AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="76"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRPr="001B1604" w:rsidRDefault="00371F08" w:rsidP="0081118D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Часть</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0052416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="0052416D" w:rsidRDefault="001425E7" w:rsidP="0052416D">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052416D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052416D">
+        <w:rPr>
+          <w:rStyle w:val="y2iqfc"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>встречается только в растительных клетках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="001B1604" w:rsidRDefault="001425E7" w:rsidP="0052416D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE5350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>A) рибосома</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="001B1604" w:rsidRDefault="001425E7" w:rsidP="0052416D">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00823937">
-[...22 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="001B1604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тек өсімдік жасушасына ғана тән</w:t>
-[...22 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRPr="001B1604" w:rsidRDefault="00371F08" w:rsidP="0081118D">
+        <w:t>B) хлоропласт</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="001B1604" w:rsidRDefault="001425E7" w:rsidP="0052416D">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B1604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>B) хлоропласт</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRPr="001B1604" w:rsidRDefault="00371F08" w:rsidP="0081118D">
+        <w:t>C) цитоплазма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="001B1604" w:rsidRDefault="001425E7" w:rsidP="0052416D">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B1604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>C) цитоплазма</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>D) митохондрия</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00B31B89" w:rsidRDefault="00371F08" w:rsidP="0081118D">
-[...175 lines deleted...]
-      <w:r w:rsidRPr="00495991">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00AE5350" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Где скапливаются наибольшее количество опасных пестицидов в неживой природе, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А) в горах и в лесах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В)  в воздухе и в почве</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С)  в грунтовых  водах или в почве</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00DB695F" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7BE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495991">
+      <w:r w:rsidRPr="00CC7BE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00495991">
-[...6 lines deleted...]
-        <w:t>мұхиттар</w:t>
+      <w:r w:rsidRPr="00CC7BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00495991">
-[...85 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00CC7BE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> океанах и в морях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB695F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Укажите, какое вещество входит в состав клеточной стенки грибов.                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">А) Целлюлоза                            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00CC7BE7" w:rsidRDefault="00371F08" w:rsidP="00495991">
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC7BE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">В)  </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">В)  Клетчатка                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CC7BE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                         </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRPr="00CC7BE7" w:rsidRDefault="00371F08" w:rsidP="00CC7BE7">
+        <w:t xml:space="preserve">С)  Крахмал </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC7BE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CC7BE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  Хитин                                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наблюдается  разнообразие хромосом, назовите число генов, которые находятся  в костях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А) 547</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В)  17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С)  904</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00CC7BE7" w:rsidRDefault="001425E7" w:rsidP="00CC7BE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC7BE7">
-        <w:rPr>
-[...212 lines deleted...]
-      <w:r w:rsidRPr="00F827B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)  261</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC7BE7">
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3274">
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE5350">
         <w:t xml:space="preserve">                                                                                                                                         </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3274">
-        <w:t xml:space="preserve">                                                                         </w:t>
-[...25 lines deleted...]
-        <w:t>А</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Наиболее древний отдел семенных растений, у которых впервые формируются семена, а также настоящие мощные корни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А) голосеменные</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В) покрытосеменные</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С) мохообразные</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>папоротникообразные</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.Эпиблема находится  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А) зоне роста</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В) зоне деления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С) зоне всасывания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>корневом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чехлике                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00794529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Определите,  ф</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="y2iqfc"/>
-[...4 lines deleted...]
-        <w:t>лғаш</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орм</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="y2iqfc"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взаимоотношении, когда один вид использует другой организм или его жилище для проживания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А) симбиоз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="y2iqfc"/>
-[...4 lines deleted...]
-        <w:t>рет</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квартирантство</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00495991">
-[...16 lines deleted...]
-        <w:t>т</w:t>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С) мутуализм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>паразитизм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00FC3274">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00DB54C8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8.  Группа живых  организмов, последовательно извлекающая питательные вещества и энергию друг из друга</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00DB54C8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А) паразиты и сапрофиты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00DB54C8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) продуценты, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00495991">
-[...6 lines deleted...]
-        <w:t>ұқым</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>консументы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="y2iqfc"/>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">және </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="y2iqfc"/>
-[...4 lines deleted...]
-        <w:t>нағыз</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>редуценты</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">мықты </w:t>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00DC2890" w:rsidRDefault="001425E7" w:rsidP="00DC2890">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC2890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00495991">
-[...6 lines deleted...]
-        <w:t>тамырлар</w:t>
+      <w:r w:rsidRPr="00DC2890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хемосинтеки</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00495991">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00DC2890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>пайда</w:t>
+      <w:r w:rsidRPr="00DC2890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фотосинтеки</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">ң </w:t>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00AE5350" w:rsidRDefault="001425E7" w:rsidP="00DC2890">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC2890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B39B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DC2890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сапрофиты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DC2890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00495991">
-[...6 lines deleted...]
-        <w:t>ежелгі</w:t>
+      <w:r w:rsidRPr="00DC2890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олигопаразиттер</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00495991">
-[...521 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00DC2890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00DC2890" w:rsidRDefault="001425E7" w:rsidP="00DC2890">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC2890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC2890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Определите правильную последовательность цепи питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00DC2890" w:rsidRDefault="001425E7" w:rsidP="00DC2890">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC2890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>D</w:t>
-[...581 lines deleted...]
-      </w:pPr>
+        <w:t>A</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DC2890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...159 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) птицы-змеи-лягушки-кузнечики-трава</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00DC2890" w:rsidRDefault="001425E7" w:rsidP="00DC2890">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC2890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">В) </w:t>
-[...92 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>В) трава-кузнечики-лягушки-змеи-птицы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00DC2890" w:rsidRDefault="001425E7" w:rsidP="00DC2890">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC2890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">С) </w:t>
-[...76 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRPr="008B617C" w:rsidRDefault="00371F08" w:rsidP="008B617C">
+        <w:t>С) кузнечики-лягушки-трава-змеи-птицы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00DC2890">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="5315"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) лягушки-травы-змеи-птицы-кузнечики </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00DC2890">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Придают кости твердость и прочность                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB695F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00794529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">                                                                                             </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="008B617C" w:rsidRDefault="00371F08" w:rsidP="008B617C">
-[...267 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRPr="00823937" w:rsidRDefault="00371F08" w:rsidP="00D11E75">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00DC2890">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А) органические и неорганические вещества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00DC2890">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В) только неорганические вещества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00DC2890">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С) только органические вещества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00DC2890">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="5315"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-      <w:r w:rsidR="00BF3959" w:rsidRPr="00823937">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>все</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> химические вещества кости                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB695F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                             </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00823937">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00823937">
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="000B39B5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11. Составьте схему,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00823937">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«достроив»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">комплементарную цепь ДНК для </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>АТАГЦАГАТАЦТ</w:t>
       </w:r>
-      <w:r>
-[...40 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="000B39B5">
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="000B39B5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ГЦУАТГЦУАТАТ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="000B39B5">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="000B39B5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ТАТЦГТЦТАТГА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="000B39B5">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="000B39B5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЦГАТАГЦАТГТАЦ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="000B39B5">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="000B39B5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">АТАЦГТЦТАГУЦ                                                                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                            </w:t>
-[...149 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00125045" w:rsidP="000B39B5">
+        <w:t xml:space="preserve">                                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="000B39B5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12.  Жизненную емкость легких определяют специальным прибором</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="00B50546" w:rsidP="000B39B5">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="Рисунок 1" o:spid="_x0000_i1025" type="#_x0000_t75" alt="Описание: Описание: C:\Users\user\Downloads\WhatsApp Image 2020-02-18 at 10.51.48.jpeg" style="width:277.5pt;height:137.25pt;visibility:visible">
             <v:imagedata r:id="rId6" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="000B39B5">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="000B39B5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>А) спирометр</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="000B39B5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В) барометр</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="000B39B5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    С) спидометр</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00BD3F2E" w:rsidRDefault="001425E7" w:rsidP="000B39B5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD3F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тонометр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE5350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00BD3F2E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Назовите </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мельчайшие</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немембранный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органоид, синтезирующий, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00BD3F2E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создающий  собственный белок  и участвующие в реализации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00BD3F2E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наследственной информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00BD3F2E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А) лизосомы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00BD3F2E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В) эндоплазматическая сеть</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00BD3F2E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С) митохондрии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00AE5350" w:rsidRDefault="001425E7" w:rsidP="00BD3F2E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рибосомы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AE5350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="002B31FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Назовите причину фильтрации крови в почках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="002B31FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>А) спирометр</w:t>
-[...47 lines deleted...]
-      </w:pPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>низкое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> давление в капиллярах клубочка капсулы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="002B31FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>одинаковое давление во всех кровеносных сосудах почки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="002B31FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>высокое давление в капиллярах клубочка капсулы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="002B31FE" w:rsidRDefault="001425E7" w:rsidP="00BD3F2E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обратное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всасывание в кровь веществ</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
+      <w:r w:rsidRPr="00DB695F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00BD3F2E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15.  Как называются  вредные вещества, которые надо удалить из клетки, могут </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отшнуровываться</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  от канальцев </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гольджи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диктиосом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="002B31FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А) литические ферменты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="002B31FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В)  лизосомы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="002B31FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С)  везикулы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="008134D2" w:rsidRDefault="001425E7" w:rsidP="002B31FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD3F2E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>тонометр</w:t>
+        <w:t>рибосомы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...110 lines deleted...]
-        <w:t>қ</w:t>
+      <w:r w:rsidRPr="008134D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="008134D2" w:rsidRDefault="001425E7" w:rsidP="002B31FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00AE5350" w:rsidRDefault="001425E7" w:rsidP="00AE5350">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Часть</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D11E75">
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D11E75">
-[...941 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16. На рисунке показана пищеварительная система</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( а) Определите название слюнных желез обозначенные цифрами 1, 2, 3  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
-      <w:r w:rsidR="00125045">
+      <w:r w:rsidR="00B50546">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
           <v:shape id="Рисунок 8" o:spid="_x0000_i1026" type="#_x0000_t75" alt="Описание: C:\Users\админ\Desktop\WhatsApp Image 2022-03-02 at 12.23.39.jpeg" style="width:201pt;height:157.5pt;visibility:visible">
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>____________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00BF3959">
+      <w:r w:rsidR="00794529">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                                                                                </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="009D7EDE" w:rsidRDefault="00371F08" w:rsidP="009D7EDE">
-[...185 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...65 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>16 (</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D7EDE">
-[...29 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Укажите основные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> функции слюнных  желез</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на рис. под № 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D7EDE">
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                             </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...185 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRPr="00BF3959" w:rsidRDefault="00371F08" w:rsidP="009D7EDE">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пути передачи заболевания, вызываемые паразитическими червями </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________ ___________               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRPr="00DB695F" w:rsidRDefault="001425E7" w:rsidP="00DB695F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00794529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17 (а)   Укажите два основных периода онтогенеза</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00794529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Впишите в пустые клетки названия зародышевых листков, из которых образуются перечисленные органы                                                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                             </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6678"/>
         <w:gridCol w:w="2643"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00125045" w:rsidTr="00212C1F">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="000E116B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="005B6D50" w:rsidRDefault="00371F08" w:rsidP="009D7EDE">
-[...20 lines deleted...]
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="009D7EDE">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мышцы, кости, связки, хрящи, сухожилия, сердце, сосуды, кровь, половые и выделительные органы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00125045" w:rsidTr="00212C1F">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="000E116B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="005B6D50" w:rsidRDefault="00371F08" w:rsidP="005B6D50">
-[...120 lines deleted...]
-          <w:p w:rsidR="00371F08" w:rsidRPr="005B6D50" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000E116B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пищеварительная система и все железы кроме кожных, легкие, бронхи, трахея</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00125045" w:rsidTr="00212C1F">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="000E116B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="005B6D50" w:rsidRDefault="00371F08" w:rsidP="005B6D50">
-[...20 lines deleted...]
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Кожа, сальные и потовые железы, волосы, ногти, рога, перья, копыта, нервная система, органы чувств  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2643" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00BF3959" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                          </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...82 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                                                                                                                </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17 (c)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Назовите, орган выполняющий функцию дыхания и обмена веществ между матери и плода.        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________ __ _______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00794529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="005B6D50" w:rsidRDefault="00371F08" w:rsidP="005B6D50">
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B6D50">
-[...18 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Как алкоголь, курение, наркотические вещества влияют на развитие эмбриона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B6D50">
-[...32 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B6D50">
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (а)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...179 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Молекула ДНК выглядит, как двойная  спираль из двух переплетенных цепей.  Кто и когда  предложил структурную модель ДНК ?                                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                                                                                                       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
-      <w:r w:rsidR="00125045">
+      <w:r w:rsidR="00B50546">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
           <v:shape id="Рисунок 7" o:spid="_x0000_i1027" type="#_x0000_t75" alt="Описание: Описание: Картинки по запросу хромосома" style="width:291.75pt;height:101.25pt;visibility:visible">
             <v:imagedata r:id="rId8" o:title="" cropbottom="12677f"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00BF3959" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                  </w:t>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve">                                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                              </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00BF3959" w:rsidRDefault="00371F08" w:rsidP="005B6D50">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>18 (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B6D50">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...44 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Желтое растение  гороха скрещено с зеленым. В первом поколении все потомки желтые. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Определите генотипы родителей, а также соотношение  фенотипа и генотипа потомства.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="200" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="1528" w:tblpY="152"/>
         <w:tblW w:w="3960" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="1680"/>
         <w:gridCol w:w="1560"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidTr="00AC2BD0">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="00AC2BD0">
         <w:trPr>
           <w:trHeight w:val="591"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00125045">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="00B50546">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:pict>
                 <v:line id="Прямая соединительная линия 38" o:spid="_x0000_s1026" style="position:absolute;z-index:3;visibility:visible" from="-6.45pt,8.9pt" to="28.05pt,44.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1K8dkAAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU0uO1DAQ3SNxB8t7Osl8YBR1ehYzGjYI&#10;WnwO4HHsbkv+yTad9A5YI/URuAILRhppgDMkN6LspNMjQEIgNo5dVe9V1avK/LxVEm2Y88LoChez&#10;HCOmqamFXlX4zeurR2cY+UB0TaTRrMJb5vH54uGDeWNLdmTWRtbMISDRvmxshdch2DLLPF0zRfzM&#10;WKbByY1TJMDTrbLakQbYlcyO8vxx1hhXW2co8x6sl4MTLxI/54yGF5x7FpCsMNQW0unSeR3PbDEn&#10;5coRuxZ0LIP8QxWKCA1JJ6pLEgh668QvVEpQZ7zhYUaNygzngrLUA3RT5D9182pNLEu9gDjeTjL5&#10;/0dLn2+WDom6wscwKU0UzKj71L/rd93X7nO/Q/377nt3033pbrtv3W3/Ae53/Ue4R2d3N5p3COCg&#10;ZWN9CZQXeunGl7dLF4VpuVPxCy2jNum/nfRnbUAUjCfHZ8UpTImC6+T0Ccw3cmYHsHU+PGVGoXip&#10;sBQ6ykNKsnnmwxC6D4lmqePpjRT1lZAyPeJisQvp0IbASoS2GFPci4KEEZnFZoby0y1sJRtYXzIO&#10;kkHBRcqelvXASShlOux5pYboCONQwQTM/wwc4yOUpUX+G/CESJmNDhNYCW3c77IfpOBD/F6Boe8o&#10;wbWpt2mwSRrYyDSc8e+JK3//neCHf3zxAwAA//8DAFBLAwQUAAYACAAAACEAg4sdE90AAAAIAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeGsXGkWKLI0xejFewB70tmWnQGRnKbsU&#10;/PeOJ3ucvC9vvpfvFtuLM46+c6QgXkcgkGpnOmoU7D9eVykIHzQZ3TtCBT/oYVdcX+U6M26mEs9V&#10;aASXkM+0gjaEIZPS1y1a7dduQOLs6EarA59jI82oZy63vdxEUSKt7og/tHrA5xbr72qyCt5O735/&#10;l5Qv5ecpreav49Q2DpW6vVmeHkEEXMI/DH/6rA4FOx3cRMaLXsEq3mwZ5eCBJzBwn8QgDgrSbQqy&#10;yOXlgOIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtSvHZAACAAArBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAg4sdE90AAAAIAQAADwAAAAAA&#10;AAAAAAAAAABaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;"/>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="00371F08" w:rsidRPr="00212C1F">
+            <w:r w:rsidR="001425E7" w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">  ♂</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidTr="00AC2BD0">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="00AC2BD0">
         <w:trPr>
           <w:trHeight w:val="591"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidTr="00AC2BD0">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="00AC2BD0">
         <w:trPr>
           <w:trHeight w:val="591"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="C00000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="C00000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
-[...23 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      </w:t>
       </w:r>
-      <w:r w:rsidR="00BF3959">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">                               </w:t>
+      <w:r w:rsidR="00794529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                              </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00B01A4A" w:rsidRDefault="00371F08" w:rsidP="00B01A4A">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>18</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Анализирующее скрещивание позволяет выявить наличие не проявляющейся внешне рецессивной аллели. Укажите гомозиготный рецессивный  генотип отцовской линии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А)  АА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В)  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С)   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B01A4A">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>18</w:t>
-[...546 lines deleted...]
-        </w:rPr>
         <w:t>AB</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
-[...14 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                             </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00B01A4A" w:rsidRDefault="00371F08" w:rsidP="00B01A4A">
-[...68 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19.(а)    Цепь питания, или трофическая цепь- это ряд живых организмов, последовательно извлекающих вещества и энергию друг из друга. Проще говоря, организмы, находящиеся в пищевой цепи, последовательно поедают один другого. В каком рисунке указано правильное строение экологической пирамиды.                                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                                                                                    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r w:rsidR="00125045">
+      <w:r w:rsidR="00B50546">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
           <v:shape id="Рисунок 6" o:spid="_x0000_i1028" type="#_x0000_t75" alt="Описание: Описание: C:\Users\user\Downloads\WhatsApp Image 2020-02-21 at 11.24.55.jpeg" style="width:382.5pt;height:200.25pt;visibility:visible">
             <v:imagedata r:id="rId9" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00BF3959" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00DB695F" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00BF3959" w:rsidRDefault="00371F08" w:rsidP="00B01A4A">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  19( </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...20 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00125045" w:rsidP="00AC2BD0">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Человек как часть экосистемы. Использую рисунки, опишите отрицательное влияние  человека на  окружающую среду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="00B50546" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
           <v:shape id="Рисунок 5" o:spid="_x0000_i1029" type="#_x0000_t75" alt="Описание: Описание: unnamed" style="width:2in;height:138pt;visibility:visible">
             <v:imagedata r:id="rId10" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
           <v:shape id="Рисунок 4" o:spid="_x0000_i1030" type="#_x0000_t75" alt="Описание: Описание: katastrofa" style="width:157.5pt;height:136.5pt;visibility:visible">
             <v:imagedata r:id="rId11" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Рисунок 3" o:spid="_x0000_i1031" type="#_x0000_t75" alt="Описание: Описание: w322h181fill" style="width:151.5pt;height:137.25pt;visibility:visible">
+          <v:shape id="Рисунок 3" o:spid="_x0000_i1031" type="#_x0000_t75" alt="Описание: Описание: w322h181fill" style="width:151.5pt;height:133.5pt;visibility:visible">
             <v:imagedata r:id="rId12" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF3959">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-        </w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>_________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Укажите две основные функции вакуоли в клетке растении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00794529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                                                         </w:t>
-[...28 lines deleted...]
-        <w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B01A4A">
-[...92 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B01A4A">
-[...9 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нейрон</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B01A4A">
-[...6 lines deleted...]
-        <w:t>Сипаттама</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B01A4A">
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основные клетки нервной ткани. По описанию определите  части  нейрона </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="356"/>
         <w:gridCol w:w="6407"/>
         <w:gridCol w:w="2876"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidTr="00212C1F">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="000E116B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00B01A4A" w:rsidRDefault="00371F08" w:rsidP="00B01A4A">
-[...70 lines deleted...]
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00B01A4A">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Длинные отростки нейрона</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00C93D78" w:rsidTr="00212C1F">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="000E116B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00C93D78" w:rsidRDefault="00371F08" w:rsidP="00B01A4A">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E116B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оболочка из жироподобного вещества</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E116B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="000E116B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="356" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...47 lines deleted...]
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00FF05F0" w:rsidRDefault="00371F08" w:rsidP="00FF05F0">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
-              <w:pStyle w:val="HTML"/>
+              <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF05F0">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
-                <w:rStyle w:val="y2iqfc"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қозғыш жасушалар арасында жүйке импульсін беру қызметін атқаратын түзіліс</w:t>
+              <w:t>Образование, служащее для передачи нервного импульса между возбудимыми клетками</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00BF3959" w:rsidRDefault="00371F08" w:rsidP="00FF05F0">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E116B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="000E116B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="356" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...49 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қысқа тармалған өсінділер </w:t>
+              <w:t>Короткие ветвящиеся отростки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00FF05F0" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00DB695F" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRPr="00DB695F" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                                           </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB695F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB695F">
@@ -8006,51 +4983,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                     </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB695F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB695F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -8059,1567 +5036,1424 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">)   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> Подпишите  части нейрона, указаными под цифрами 1, 2, 3, 4.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00BF3959" w:rsidRDefault="00125045" w:rsidP="00AC2BD0">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="00B50546" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
           <v:shape id="Поле 54" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:195.3pt;margin-top:31.85pt;width:76.2pt;height:46.2pt;z-index:1;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTkCYCKwIAAEUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU12OEzEMfkfiDlHe6bRV/3bU6WrpUoS0&#10;/EgLB8hkMp2IJA5J2plyGU7BExJn6JFwMt1u+XtB5CGyY+ez/dleXndakb1wXoIp6GgwpEQYDpU0&#10;24J+eL95tqDEB2YqpsCIgh6Ep9erp0+Wrc3FGBpQlXAEQYzPW1vQJgSbZ5nnjdDMD8AKg8YanGYB&#10;VbfNKsdaRNcqGw+Hs6wFV1kHXHiPr7e9ka4Sfl0LHt7WtReBqIJibiHdLt1lvLPVkuVbx2wj+SkN&#10;9g9ZaCYNBj1D3bLAyM7J36C05A481GHAQWdQ15KLVANWMxr+Us19w6xItSA53p5p8v8Plr/Zv3NE&#10;VgWdTigxTGOPjl+O34/fjl8JPiE/rfU5ut1bdAzdc+iwz6lWb++Af/TEwLphZitunIO2EazC/Ebx&#10;Z3bxtcfxEaRsX0OFcdguQALqaqcjeUgHQXTs0+HcG9EFwvHxajafT9DC0TRdzKIcI7D84bN1PrwU&#10;oEkUCuqw9Qmc7e986F0fXGIsD0pWG6lUUty2XCtH9gzHZJPOCf0nN2VIi5lMx9O+/r9CDNP5E4SW&#10;AeddSV3QxdmJ5ZG1F6bCNFkemFS9jNUpc6IxMtdzGLqyQ8fIbQnVAQl10M817iEKDbjPlLQ40wX1&#10;n3bMCUrUK4NNuRpNIoUhKZPpfIyKu7SUlxZmOEIVNFDSi+uQFifmaOAGm1fLROxjJqdccVZTa057&#10;FZfhUk9ej9u/+gEAAP//AwBQSwMEFAAGAAgAAAAhAHUYp4vgAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SFxQ65S0bhviVAgJRG/QIri6sZtE2Otgu2n4e5YTHFf7NPOm3IzO&#10;ssGE2HmUMJtmwAzWXnfYSHjbP05WwGJSqJX1aCR8mwib6vKiVIX2Z3w1wy41jEIwFkpCm1JfcB7r&#10;1jgVp743SL+jD04lOkPDdVBnCneW32aZ4E51SA2t6s1Da+rP3clJWM2fh4+4zV/ea3G063SzHJ6+&#10;gpTXV+P9HbBkxvQHw68+qUNFTgd/Qh2ZlZCvM0GoBJEvgRGwmOc07kDkQsyAVyX/P6H6AQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJOQJgIrAgAARQQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHUYp4vgAAAACgEAAA8AAAAAAAAAAAAAAAAAhQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+                <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
                   <w:r>
                     <w:rPr>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+                <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
                   <w:r>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
           <v:shape id="Поле 52" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:212.1pt;margin-top:118.85pt;width:165.6pt;height:31.8pt;z-index:2;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/iV8BMwIAAE0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjua31ip45gOUiduiiQ&#10;foC0B6AoyiJKclSStpReJqfoqkDP4CN1SDmOkbaboloQHM7wcea9GS0uB63ITlgnwZQ0m6SUCMOh&#10;lmZT0s+f1i/mlDjPTM0UGFHSO+Ho5fL5s0XfFSKHFlQtLEEQ44q+K2nrfVckieOt0MxNoBMGnQ1Y&#10;zTyadpPUlvWIrlWSp+l50oOtOwtcOIen16OTLiN+0wjuPzSNE56okmJuPq42rlVYk+WCFRvLulby&#10;QxrsH7LQTBp89Ah1zTwjWyt/g9KSW3DQ+AkHnUDTSC5iDVhNlj6p5rZlnYi1IDmuO9Lk/h8sf7/7&#10;aImsSzrLKTFMo0b7+/3P/Y/9d4JHyE/fuQLDbjsM9MMrGFDnWKvrboB/ccTAqmVmI66shb4VrMb8&#10;snAzObk64rgAUvXvoMZ32NZDBBoaqwN5SAdBdNTp7qiNGDzheJhn6VmWo4ujb5qezc+jeAkrHm53&#10;1vk3AjQJm5Ja1D6is92N8yEbVjyEhMccKFmvpVLRsJtqpSzZMeyTdfxiAU/ClCF9SS9m+Wwk4K8Q&#10;afz+BKGlx4ZXUpd0fgxiRaDttaljO3om1bjHlJU58BioG0n0QzVEySLJgeMK6jsk1sLY3ziPuGnB&#10;fqOkx94uqfu6ZVZQot4aFOcim07DMERjOnsZaLWnnurUwwxHqJJ6SsbtyscBCrwZuEIRGxn5fczk&#10;kDL2bKT9MF9hKE7tGPX4F1j+AgAA//8DAFBLAwQUAAYACAAAACEApBLvPeIAAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDrNEmbErKpEBKI3qBFcHVjN4mw18F20/D3mBMc&#10;V/M087baTEazUTnfW0JYzBNgihore2oR3vaPszUwHwRJoS0phG/lYVNfXlSilPZMr2rchZbFEvKl&#10;QOhCGErOfdMpI/zcDopidrTOiBBP13LpxDmWG83TJFlxI3qKC50Y1EOnms/dySCs8+fxw2+zl/dm&#10;ddS34aYYn74c4vXVdH8HLKgp/MHwqx/VoY5OB3si6ZlGyNM8jShCmhUFsEgUy2UO7ICQJYsMeF3x&#10;/z/UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC/iV8BMwIAAE0EAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCkEu894gAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAI0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00371F08" w:rsidRPr="00DB695F" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+                <w:p w:rsidR="001425E7" w:rsidRPr="00DB695F" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
                   <w:r>
                     <w:t xml:space="preserve">           3             4</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
           <v:rect id="Прямоугольник 49" o:spid="_x0000_s1029" style="position:absolute;margin-left:367pt;margin-top:3.1pt;width:60.9pt;height:22.2pt;z-index:4;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABT1sAwgIAANAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZLNpStuomypqFYRU&#10;tRUt6tnx2tmVvLaxneyGExJXJB6Bh+CC+OkzbN6IsfcnpVQcKvbg9Xhmvvmf45OqEGjNjM2VTHA8&#10;GGLEJFVpLpcJfnszf3GIkXVEpkQoyRK8YRafTJ8/Oy71hI1UpkTKDAIQaSelTnDmnJ5EkaUZK4gd&#10;KM0kMLkyBXFAmmWUGlICeiGi0XD4MiqVSbVRlFkLr2cNE08DPueMukvOLXNIJBh8c+E04Vz4M5oe&#10;k8nSEJ3ltHWDPMGLguQSjPZQZ8QRtDL5X1BFTo2yirsBVUWkOM8pCzFANPHwQTTXGdEsxALJsbpP&#10;k/1/sPRifWVQniZ4fISRJAXUqP6y/bD9XP+s77Yf66/1Xf1j+6n+VX+rvyMQgoyV2k5A8VpfmZay&#10;cPXhV9wU/g+BoSpkedNnmVUOUXg8ONgb70EtKLBGh/HROFQh2ilrY90rpgrkLwk2UMSQW7I+tw4M&#10;gmgn4m1ZJfJ0ngsRCN847FQYtCZQ8sUy9g6Dxh9SQj5JEWC8ZuTjbyION7cRzOMJ+YZxyCXEOAoO&#10;hy7eOUMoZdLFDSsjKWt83B/C13nZuR98DoAemUN0PXYL0Ek2IB12E2wr71VZGIJeefgvxxrlXiNY&#10;VtL1ykUulXkMQEBUreVGvktSkxqfJVctqtBnIy/pXxYq3UDvGdUMpdV0nkPBz4l1V8TAFEKPwGZx&#10;l3BwocoEq/aGUabM+8fevTwMB3AxKmGqE2zfrYhhGInXEsbmKB5DuyEXiPH+wQgIc5+zuM+Rq+JU&#10;QRfFsMM0DVcv70R35UYVt7CAZt4qsIikYDvB1JmOOHXNtoEVRtlsFsRg9DVx5/JaUw/u8+wb+qa6&#10;JUa3Xe9gXC5UtwHI5EHzN7JeU6rZyimeh8nY5bWtAKyN0ErtivN76T4dpHaLePobAAD//wMAUEsD&#10;BBQABgAIAAAAIQAE1uB33QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhc&#10;UOu0kJCGbCqExBVE4dKbG7txRLyObDcNfD3LCY6rWc28V29nN4jJhNh7QlgtMxCGWq976hA+3p8X&#10;JYiYFGk1eDIIXybCtrm8qFWl/ZnezLRLneASipVCsCmNlZSxtcapuPSjIc6OPjiV+Ayd1EGdudwN&#10;cp1lhXSqJ16wajRP1rSfu5ND2Hy3r6n0Y25Tv990bvVyDNMN4vXV/PgAIpk5/T3DLz6jQ8NMB38i&#10;HcWAcH97xy4JoViD4LzMc1Y5IORZAbKp5X+B5gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQABT1sAwgIAANAFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAE1uB33QAAAAgBAAAPAAAAAAAAAAAAAAAAABwFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAJgYAAAAA&#10;" strokecolor="white" strokeweight="2pt">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+                <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>4</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
           <v:rect id="Прямоугольник 300" o:spid="_x0000_s1030" style="position:absolute;margin-left:328.95pt;margin-top:16.05pt;width:28.5pt;height:25.5pt;z-index:5;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0LELmuAIAAMAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7aTtGuDOkWQosOA&#10;oi3WDj0rshQbkCVNUuJkpwG7Dtgj7CF2GfbTZ3DeaJT8k64rdiiWg0KZ5EfyE8njk3Up0IoZWyiZ&#10;4mQvxohJqrJCLlL89ubsxSFG1hGZEaEkS/GGWXwyef7suNJjNlC5EhkzCECkHVc6xblzehxFluas&#10;JHZPaSZByZUpiYOrWUSZIRWglyIaxPFBVCmTaaMosxa+njZKPAn4nDPqLjm3zCGRYsjNhdOEc+7P&#10;aHJMxgtDdF7QNg3yhCxKUkgI2kOdEkfQ0hR/QZUFNcoq7vaoKiPFeUFZqAGqSeIH1VznRLNQC5Bj&#10;dU+T/X+w9GJ1ZVCRpXgYAz+SlPBI9Zfth+3n+md9t/1Yf63v6h/bT/Wv+lv9HXkr4KzSdgyu1/rK&#10;tDcLoidgzU3p/6E0tA48b3qe2dohCh+HB8nRPkSjoBoOhocgA0q0c9bGuldMlcgLKTbwjIFdsjq3&#10;rjHtTHwsq0SRnRVChItvHTYTBq0IPPp8kbTgf1gJ+SRHyNF7Rr7+puIguY1gHk/IN4wDm1DjICQc&#10;+niXDKGUSZc0qpxkrMlxP4Zfl2WXfiAkAHpkDtX12C1AZ9mAdNgNPa29d2VhDHrn+F+JNc69R4is&#10;pOudy0Iq8xiAgKrayI19R1JDjWdprrIN9JpRzRBaTc8KeN5zYt0VMTB10BGwSdwlHFyoKsWqlTDK&#10;lXn/2HdvD8MAWowqmOIU23dLYhhG4rWEMTlKRiM/9uEy2n85gIu5r5nf18hlOVPQMwnsLE2D6O2d&#10;6ERuVHkLC2fqo4KKSAqxU0yd6S4z12wXWFmUTafBDEZdE3curzX14J5V374361tidNvjDobjQnUT&#10;T8YPWr2x9Z5STZdO8SLMwY7Xlm9YE6Fx2pXm99D9e7DaLd7JbwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AFsv5c3eAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC6Ipd3Y1pa6E0Li&#10;CmJw4ZY1XlPROFWSdYWnJ5zgaPvT7++vd7MdxEQ+9I4R8kUGgrh1uucO4f3t6bYAEaJirQbHhPBF&#10;AXbN5UWtKu3O/ErTPnYihXCoFIKJcaykDK0hq8LCjcTpdnTeqphG30nt1TmF20Eus2wjreo5fTBq&#10;pEdD7ef+ZBHK7/YlFm5cm9h/lJ3Nn49+ukG8vpof7kFEmuMfDL/6SR2a5HRwJ9ZBDAib9bZMKMJq&#10;mYNIwDa/S4sDQrHKQTa1/N+g+QEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD0LELmuAIA&#10;AMAFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBbL+XN&#10;3gAAAAkBAAAPAAAAAAAAAAAAAAAAABIFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;HQYAAAAA&#10;" strokecolor="white" strokeweight="2pt"/>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
           <v:rect id="Прямоугольник 46" o:spid="_x0000_s1031" style="position:absolute;margin-left:258.45pt;margin-top:8.65pt;width:129.75pt;height:17.25pt;z-index:6;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcDjW7uAIAAL8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7aDpD9BnSJo0WFA&#10;0RZLh54VWYoNyJImKXGy04BdB/QR9hC7DPvpMzhvNEr+SdcVOxTLQSFN8hP5ieTxyboUaMWMLZRM&#10;cbIXY8QkVVkhFyl+d3P+6hAj64jMiFCSpXjDLD6ZvHxxXOkxG6hciYwZBCDSjiud4tw5PY4iS3NW&#10;ErunNJNg5MqUxIFqFlFmSAXopYgGcbwfVcpk2ijKrIWvZ40RTwI+54y6K84tc0ikGHJz4TThnPsz&#10;mhyT8cIQnRe0TYM8I4uSFBIu7aHOiCNoaYq/oMqCGmUVd3tUlZHivKAs1ADVJPGjamY50SzUAuRY&#10;3dNk/x8svVxdG1RkKR7uYyRJCW9Uf9l+3N7VP+v77af6a31f/9h+rn/V3+rvCJyAsUrbMQTO9LVp&#10;NQuiL3/NTen/oTC0DixvepbZ2iEKH5P94cHhYIQRBdsgOYoPRh402kVrY91rpkrkhRQbeMVALlld&#10;WNe4di7+MqtEkZ0XQgTFdw47FQatCLz5fJG04H94CfmsQMjRR0aegKbkILmNYB5PyLeMA5lQ5CAk&#10;HNp4lwyhlEmXNKacZKzJcRTDr8uySz8QEgA9MofqeuwWoPNsQDrshp7W34eyMAV9cPyvxJrgPiLc&#10;rKTrg8tCKvMUgICq2psb/46khhrP0lxlG2g1o5oZtJqeF/C8F8S6a2Jg6GA8YZG4Kzi4UFWKVSth&#10;lCvz4anv3h9mAawYVTDEKbbvl8QwjMQbCVNylAyHfuqDMhwdDEAxDy3zhxa5LE8V9EwCK0vTIHp/&#10;JzqRG1Xewr6Z+lvBRCSFu1NMnemUU9csF9hYlE2nwQ0mXRN3IWeaenDPqm/fm/UtMbrtcQfTcam6&#10;gSfjR63e+PpIqaZLp3gR5mDHa8s3bInQOO1G82vooR68dnt38hsAAP//AwBQSwMEFAAGAAgAAAAh&#10;ANSI5c3dAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQdQI0L+JUCIkt&#10;iMKGnRtP44h4HMVuGvh6piu6HJ2re8/Um8UNYsYp9J4UpKsEBFLrTU+dgs+Pl9sCRIiajB48oYIf&#10;DLBpLi9qXRl/pHect7ETXEKh0gpsjGMlZWgtOh1WfkRitveT05HPqZNm0kcud4O8S5JMOt0TL1g9&#10;4rPF9nt7cArK3/YtFn5c29h/lZ1LX/fTfKPU9dXy9Agi4hL/w3DSZ3Vo2GnnD2SCGBSs06zkKIP8&#10;HgQH8jx7ALE7kQJkU8vzD5o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJwONbu4AgAA&#10;vwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANSI5c3d&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAAEgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" strokecolor="white" strokeweight="2pt"/>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict>
           <v:shape id="Рисунок 2" o:spid="_x0000_i1032" type="#_x0000_t75" alt="Описание: Описание: neuron2" style="width:400.5pt;height:152.25pt;visibility:visible">
             <v:imagedata r:id="rId13" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00371F08">
+      <w:r w:rsidR="001425E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  1 __________________   2 ____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRPr="00BF3959" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  3  __________________  4 ____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">__________ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                          </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB695F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB695F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB695F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00DB695F" w:rsidRDefault="001425E7" w:rsidP="00DB695F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(d)  Укажите, какой прибор  фиксируют электрическую активность клеток мозга и сердца в организме человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электроэнцефалографы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрорецепторы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрические</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> колебания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрокардиографы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF3959">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DB695F">
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         E)  барорецепторы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         F)  сенсорные нейроны    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>раствор</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электролитов</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...91 lines deleted...]
-        <w:t xml:space="preserve">         </w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрические</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...208 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-    </w:p>
-[...191 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20.(e)</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20.(e)</w:t>
-[...54 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Заполните таблицу,  напишите  сравнение нервной и гуморальной  регуляции.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
-        <w:gridCol w:w="3104"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3237"/>
+        <w:gridCol w:w="3110"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="3235"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidTr="00212C1F">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="000E116B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00FF05F0" w:rsidRDefault="00371F08" w:rsidP="00FF05F0">
-[...40 lines deleted...]
-          <w:p w:rsidR="00371F08" w:rsidRPr="00FF05F0" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000E116B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Признаки-особености</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жүйкелік реттелу</w:t>
+              <w:t>Нервная регуляция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Гуморалды  реттелу</w:t>
+              <w:t>Гуморальная регуляция</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidTr="00212C1F">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="000E116B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00FF05F0" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF05F0">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мүшелер жүйесі</w:t>
+              <w:t>Система органов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidTr="00212C1F">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="000E116B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00FF05F0" w:rsidRDefault="00371F08" w:rsidP="00FF05F0">
-[...40 lines deleted...]
-          <w:p w:rsidR="00371F08" w:rsidRPr="00FF05F0" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000E116B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Функциональная единица</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidTr="00212C1F">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="000E116B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бұйрықтың келу жылдамдығы </w:t>
+              <w:t>Скорость поступления команды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidTr="00212C1F">
+      <w:tr w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidTr="000E116B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212C1F">
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000E116B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әсер ету ұзақтығы </w:t>
+              <w:t>Продолжительность воздействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00371F08" w:rsidRPr="00212C1F" w:rsidRDefault="00371F08" w:rsidP="00212C1F">
+          <w:p w:rsidR="001425E7" w:rsidRPr="000E116B" w:rsidRDefault="001425E7" w:rsidP="000E116B">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF05F0">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00371F08" w:rsidRDefault="00371F08" w:rsidP="00AC2BD0">
-[...151 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRDefault="001425E7" w:rsidP="00AC2BD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001425E7" w:rsidRPr="00652ACF" w:rsidRDefault="001425E7" w:rsidP="00DB54C8">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-    <w:sectPr w:rsidR="00371F08" w:rsidRPr="00DB695F" w:rsidSect="00777A4E">
+      <w:r w:rsidRPr="00DB54C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="001425E7" w:rsidRPr="00652ACF" w:rsidSect="00777A4E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -10902,99 +7736,100 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D7EA3"/>
+    <w:rsid w:val="00046E6C"/>
     <w:rsid w:val="000B39B5"/>
     <w:rsid w:val="000C71AD"/>
-    <w:rsid w:val="00125045"/>
-    <w:rsid w:val="00155574"/>
+    <w:rsid w:val="000E116B"/>
+    <w:rsid w:val="000F4D3F"/>
+    <w:rsid w:val="00133730"/>
+    <w:rsid w:val="001425E7"/>
+    <w:rsid w:val="00170F46"/>
+    <w:rsid w:val="001A0414"/>
     <w:rsid w:val="001B1604"/>
+    <w:rsid w:val="001B4D12"/>
     <w:rsid w:val="001D75D5"/>
     <w:rsid w:val="001E00B6"/>
-    <w:rsid w:val="00212C1F"/>
+    <w:rsid w:val="001F0B82"/>
     <w:rsid w:val="002B31FE"/>
-    <w:rsid w:val="00337182"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005B6D50"/>
+    <w:rsid w:val="00351F75"/>
+    <w:rsid w:val="003D1A67"/>
+    <w:rsid w:val="00464C3F"/>
+    <w:rsid w:val="00511337"/>
+    <w:rsid w:val="0052416D"/>
+    <w:rsid w:val="00531E34"/>
     <w:rsid w:val="00652ACF"/>
-    <w:rsid w:val="006638F2"/>
     <w:rsid w:val="006F5C7F"/>
     <w:rsid w:val="007360BD"/>
     <w:rsid w:val="00777A4E"/>
-    <w:rsid w:val="0081118D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00944130"/>
+    <w:rsid w:val="00782B40"/>
+    <w:rsid w:val="007910D0"/>
+    <w:rsid w:val="00794529"/>
+    <w:rsid w:val="007A6E5A"/>
+    <w:rsid w:val="008134D2"/>
+    <w:rsid w:val="009039D8"/>
     <w:rsid w:val="009D7EA3"/>
-    <w:rsid w:val="009D7EDE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A459F9"/>
+    <w:rsid w:val="00AB2ECB"/>
     <w:rsid w:val="00AC2BD0"/>
     <w:rsid w:val="00AE5350"/>
-    <w:rsid w:val="00B01A4A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B379B5"/>
+    <w:rsid w:val="00B50546"/>
     <w:rsid w:val="00B52783"/>
-    <w:rsid w:val="00B82D5C"/>
-    <w:rsid w:val="00BC5244"/>
     <w:rsid w:val="00BD3F2E"/>
     <w:rsid w:val="00BD5CE2"/>
-    <w:rsid w:val="00BF3959"/>
-    <w:rsid w:val="00C93D78"/>
+    <w:rsid w:val="00CC1DD7"/>
+    <w:rsid w:val="00CC541E"/>
     <w:rsid w:val="00CC7BE7"/>
     <w:rsid w:val="00CD3F3B"/>
-    <w:rsid w:val="00D11E75"/>
     <w:rsid w:val="00DB54C8"/>
     <w:rsid w:val="00DB695F"/>
     <w:rsid w:val="00DC2890"/>
-    <w:rsid w:val="00F827B2"/>
+    <w:rsid w:val="00E541F4"/>
+    <w:rsid w:val="00EB2C62"/>
     <w:rsid w:val="00FC3274"/>
-    <w:rsid w:val="00FF05F0"/>
+    <w:rsid w:val="00FE5E71"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1032"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -11133,51 +7968,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A1301F"/>
+    <w:rsid w:val="00464C3F"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -11245,114 +8080,115 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AC2BD0"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
-[...9 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0081118D"/>
+    <w:rsid w:val="0052416D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Batang" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ko-KR" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
+    <w:rsid w:val="000F4D3F"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0081118D"/>
+    <w:rsid w:val="0052416D"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Без интервала1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0052416D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -11507,795 +8343,171 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1079399657">
+    <w:div w:id="418601501">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1079399658">
+    <w:div w:id="418601502">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1079399659">
+    <w:div w:id="418601503">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1079399660">
+    <w:div w:id="418601504">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1079399661">
+    <w:div w:id="418601505">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1079399662">
+    <w:div w:id="418601506">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1079399663">
+    <w:div w:id="418601507">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1079399664">
+    <w:div w:id="418601508">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1079399665">
+    <w:div w:id="418601509">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1079399666">
+    <w:div w:id="418601510">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1079399667">
-[...623 lines deleted...]
-    <w:div w:id="1079399719">
+    <w:div w:id="418601511">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -12562,54 +8774,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1994</Words>
-  <Characters>11368</Characters>
+  <Words>1992</Words>
+  <Characters>11355</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>94</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Krokoz™</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13336</CharactersWithSpaces>
+  <CharactersWithSpaces>13321</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>