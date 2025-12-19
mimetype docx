--- v0 (2025-12-11)
+++ v1 (2025-12-19)
@@ -2,5037 +2,5441 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00750443" w:rsidRDefault="00750443" w:rsidP="006F48AF">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00BD7F42" w:rsidRPr="00BD7F42" w:rsidRDefault="00BD7F42" w:rsidP="00BD7F42">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD7F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дүниежүзі тарихы пәнінен қорытынды аттестаттауға </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD7F42" w:rsidRPr="00BD7F42" w:rsidRDefault="00CA6541" w:rsidP="00BD7F42">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дайындық</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7F42" w:rsidRPr="00BD7F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсырмалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="00363666">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRDefault="00FD2BD4" w:rsidP="00363666">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А  бөлімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRPr="00233277" w:rsidRDefault="00FD2BD4" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="000072E9" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Елдегі</w:t>
+      </w:r>
+      <w:r w:rsidR="0066413B" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:tooltip="Капитал" w:history="1">
+        <w:r w:rsidRPr="00233277">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>капиталдың</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0066413B" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>едәуір бөлігін иемденген әлеуметтік топ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000072E9" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А) абсолюттік монархия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В) социалистік қозғалыс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006657A6" w:rsidRPr="00233277" w:rsidRDefault="000072E9" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С) </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="202122"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="202122"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уржуазия</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3525" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>D) феодалдық тәртіп</w:t>
+      </w:r>
+      <w:r w:rsidR="006657A6" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r>
-[...57 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...739 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidR="006657A6" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F1FBB" w:rsidRPr="00233277" w:rsidRDefault="001F1FBB" w:rsidP="001F1FBB">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D566AA" w:rsidRPr="00233277" w:rsidRDefault="006C2257" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202122"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Феодалдық сатыға кірмеген топ:</w:t>
+      </w:r>
+      <w:r w:rsidR="00215119" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00D566AA" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">А) </w:t>
       </w:r>
-      <w:r>
-[...59 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ороль</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00D566AA" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...47 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ерцогтар мен графтар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="007C2C4D" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С) б</w:t>
+      </w:r>
+      <w:r w:rsidR="00D566AA" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арондар мен виконттар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>D)</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ш</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2257" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аруалар</w:t>
+      </w:r>
+      <w:r w:rsidR="006657A6" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00215119" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202122"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Адамның жаппай саяси билікке, қоғамның жаппай мемлекет билігіне бағынуы. Тоталитаризм азаматтық қоғамның барлық жағын бір орталыққа бағындырып, мемл</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202122"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00215119" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202122"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кеттік органдардың шырмауын барынша күшейту тәртібі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>A) нәсілшілдік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>B) тоталитаризм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>C) фашизм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006657A6" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) </w:t>
+      </w:r>
+      <w:r w:rsidR="006657A6" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шовиниз</w:t>
+      </w:r>
+      <w:r w:rsidR="00641A7A" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. ХҮІІІ-ХІХ ғасырларда Еуропа мен Америка елдерінің рухани мәдениетінде тараған идеялық-көркемдік бағыт:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>A) импрессионизм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>B) неоклассицизм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>C) реализм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>D) романтизм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қалыптасқан қағидалар мен дәстүрден, өмір бірқалыптылығынан алшақтай отырып, көркем мәдениетті жаңғыртпақ болған мәдени ағым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А) реализм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В) модернизм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С) символизм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) авангардизм                                                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F1FBB" w:rsidRPr="00233277" w:rsidRDefault="001F1FBB" w:rsidP="001F1FBB">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00251B05" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ағартушылық дәуірі қамтылған кезең:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А) XVIIғ. екінші жарт.- XVIII ғ. соңы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В)</w:t>
+      </w:r>
+      <w:r w:rsidR="0066413B" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>XVIII ғ. соңы-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>XIX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғ.басы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С) XVIғ. соңы - XVIII ғ. басы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) XVIII ғ. соңы-XIX ғ.соңы                                                                                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7. Ортағасырлық ғалым Ұлықбектің үлкен астрономиялық мектебі орналасқан қала:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) Сайрам </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>B) Самарқан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>C) Ташкент</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>D) Түркістан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00215119" w:rsidRPr="00233277" w:rsidRDefault="00215119" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. Гонконг 1997 жылы «бір мемлекет – екі құрылым» заңы аясында Қытайға қайтарылып берілді. Қытайдың отарда қалған жерлерін қайтарып алу ісінде де айтарлықтай нәтижеге қол жеткізген реформатор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>А) Дэн Сяопин</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) Мао </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Цзедун</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С) Цзян </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Цземин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) Чан Кайши</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. 1914 жылы 28 маусымда Сараево қаласында қаза тапқан Австро</w:t>
+      </w:r>
+      <w:r w:rsidR="006657A6" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -Венгрия тағының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұрагері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>A) Б.Муссолини</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>B) Д.Маттеотти</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>C) Ф.Фердинанд</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>D) Л.Блюм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009302C4">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E82482">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E82482" w:rsidRPr="00E82482">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>10. Ек</w:t>
+      </w:r>
+      <w:r w:rsidR="00215119" w:rsidRPr="00233277">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E82482">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>інші дүниежүзілік соғыс аяқталды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B10F1" w:rsidRPr="00233277" w:rsidRDefault="000B10F1" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А) 1939 ж. 1 қыркүйек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В  1941 ж. 22 маусым</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="000B10F1" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С) 1945 ж. 16 сәуір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>D) 1945 ж. 2 қыркүйек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRPr="00233277" w:rsidRDefault="00FD2BD4" w:rsidP="001F1FBB">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00363666" w:rsidRDefault="00420292" w:rsidP="00A34606">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00363666">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="202122"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00363666">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты қоғамның негізгі қозғаушы күші ретінде жұмысшы табының маңызын теориялық негіздеу болған философиялық, экономикалық және әлеуметтік-саяси көзқарастар жүйесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00420292" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>A) Демократия</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3525" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009302C4">
-[...10 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Консервативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00420292" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С) Либерализм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00420292" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>D) Марксизм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066413B" w:rsidRPr="00233277" w:rsidRDefault="0066413B" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12. Өндірістің өсуіне маңызды ықпал еткен</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаппай өндірістің  конвейрлік әдісін</w:t>
+      </w:r>
+      <w:r w:rsidR="0066413B" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таралуына негіз болған зауыт:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А) Ягуар автомобилі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В) Мерседес автомобилі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С) Форд автомобилі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) Вольво автомобилі                                                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRPr="00233277" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00420292" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1765 жылы «Дженни» атты механикалық жіп иіретін машина</w:t>
+      </w:r>
+      <w:r w:rsidR="0066413B" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ойлап тапты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>A) Р.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D24E4F" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аркрайт</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>B) Д.Уатт</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>C) Д.Кей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>D) Д.Харгривс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00322E16" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00420292" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14. Бағаның өсуінен, тауарлар тапшылығынан және тауарлар мен қызметтер сапасының төмендеуінен туындайтын ақшаның құнсыздануы, сондай-ақ оның сатып алу қабілетінің төмендеуі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00420292" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А) несие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В) қор биржасы</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3525" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С) инфляция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00420292" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>D) банкроттық</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3525" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066413B" w:rsidRPr="00233277" w:rsidRDefault="0066413B" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9060C" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кеңес үкіметіндегі   әміршілдік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9060C" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>билікті сақтай отырып,</w:t>
+      </w:r>
+      <w:r w:rsidR="006657A6" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>экономикаға к</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9060C" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>апиталистік қатынастарды енгізуді көздеген  ЖЭС</w:t>
+      </w:r>
+      <w:r w:rsidR="008E04F9" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9060C" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саясаты жүзеге асқан жыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9060C" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А) 1920 жылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В) 1921 жылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3525" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С) 1922 жылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006657A6" w:rsidRPr="00233277" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D) 1923 жылы         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00251B05" w:rsidRDefault="00251B05" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRPr="00233277" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRDefault="00EF3525" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRDefault="00FD2BD4" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRDefault="00FD2BD4" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRDefault="00FD2BD4" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E04F9" w:rsidRDefault="000E1553" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...417 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>В</w:t>
       </w:r>
-      <w:r>
-[...771 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r w:rsidR="006657A6" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2BD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өлімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRPr="00233277" w:rsidRDefault="00FD2BD4" w:rsidP="0066413B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006657A6" w:rsidRPr="001F1FBB" w:rsidRDefault="001171E3" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidR="006657A6" w:rsidRPr="001F1FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. XX ғ. бұқаралық мәдениеттің үш коммуникация</w:t>
+      </w:r>
+      <w:r w:rsidR="00892661" w:rsidRPr="001F1FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лық</w:t>
+      </w:r>
+      <w:r w:rsidR="006657A6" w:rsidRPr="001F1FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлігін сипаттаңыз:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006657A6" w:rsidRPr="00233277" w:rsidRDefault="006657A6" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...343 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidTr="00466DF3">
+      <w:tr w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidTr="001F1FBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00753AB8">
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Три коммуникативные части массовой культуры XX в.:</w:t>
+              <w:t>XX ғ. бұқаралық мәдениеттің үш коммуникация бөлігі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00753AB8">
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Разъяснение влияния массовой культуры на духовное развитие общества</w:t>
+              <w:t>Бұқаралық мәдениеттің қоғамның рухани дамуына ықпалын  түсіндір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00753AB8">
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Значение СМИ:</w:t>
+              <w:t>БАҚ – тың маңызы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidTr="00466DF3">
+      <w:tr w:rsidR="001171E3" w:rsidRPr="00CA6541" w:rsidTr="001F1FBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00753AB8">
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Средства массовой информации </w:t>
+              <w:t>Бұқаралық ақпарат құралдары</w:t>
             </w:r>
-            <w:r w:rsidRPr="00753AB8">
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(газеты, журналы, радио, телевидение)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00233277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(газет-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00233277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>журналдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00233277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, радио, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00233277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>теледидар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00233277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F1FBB" w:rsidRPr="00233277" w:rsidRDefault="001F1FBB" w:rsidP="0066413B">
+            <w:pPr>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidTr="00466DF3">
+      <w:tr w:rsidR="001171E3" w:rsidRPr="00CA6541" w:rsidTr="001F1FBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00753AB8">
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Средства воздействия на массы </w:t>
+              <w:t>Бұқараға ықпал ету</w:t>
             </w:r>
-            <w:r w:rsidRPr="00753AB8">
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(реклама, мода, кино, массовая литература)</w:t>
+              <w:t xml:space="preserve"> құралдары (жарнама, сән, кино, бұқаралық әдебиет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00233277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidTr="00466DF3">
+      <w:tr w:rsidR="001171E3" w:rsidRPr="00CA6541" w:rsidTr="001F1FBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00753AB8">
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Технические средства коммуникации </w:t>
+              <w:t>Коммуникацияның техникалық құралдары</w:t>
             </w:r>
-            <w:r w:rsidRPr="00753AB8">
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(интернет, телефон)</w:t>
+              <w:t xml:space="preserve"> (ғаламтор, телефон)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="00A34606" w:rsidRDefault="00A34606" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="00A34606" w:rsidRPr="00233277" w:rsidRDefault="00A34606" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00B859C4">
-[...21 lines deleted...]
-    <w:p w:rsidR="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+    <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="00D24E4F" w:rsidP="008E04F9">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...25 lines deleted...]
-    <w:p w:rsidR="00753AB8" w:rsidRPr="00233277" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006657A6" w:rsidRPr="00233277" w:rsidRDefault="006657A6" w:rsidP="0066413B">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00753AB8" w:rsidRPr="00233277" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006657A6" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233277">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_____________________________________</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00753AB8" w:rsidRPr="00233277" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="006657A6" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Ғылыми зерттеу және тәжірбиелік конструкторлық  жұмыстар бойынша қарқынды дамыған елдерді анықтап,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D24E4F" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006657A6" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>маңызын жазыңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006657A6" w:rsidRPr="00233277" w:rsidRDefault="006657A6" w:rsidP="0066413B">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233277">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2.__________________________________</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00753AB8" w:rsidRPr="00233277" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+        <w:t>1.________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008E04F9" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E04F9" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233277">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_____________________________________</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00753AB8" w:rsidRPr="00233277" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2C4D" w:rsidRPr="00233277" w:rsidRDefault="007C2C4D" w:rsidP="0066413B">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00233277">
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________</w:t>
-[...5 lines deleted...]
-        <w:contextualSpacing/>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006657A6" w:rsidRPr="00233277" w:rsidRDefault="006657A6" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008E04F9" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006657A6" w:rsidRPr="00233277" w:rsidRDefault="006657A6" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008E04F9" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001171E3" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006657A6" w:rsidRDefault="006657A6" w:rsidP="008E04F9">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRDefault="00FD2BD4" w:rsidP="008E04F9">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRDefault="00FD2BD4" w:rsidP="008E04F9">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRDefault="00FD2BD4" w:rsidP="008E04F9">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRDefault="00FD2BD4" w:rsidP="008E04F9">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRDefault="00FD2BD4" w:rsidP="008E04F9">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD2BD4" w:rsidRDefault="00FD2BD4" w:rsidP="007C2C4D">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C2C4D" w:rsidRPr="00233277" w:rsidRDefault="007C2C4D" w:rsidP="007C2C4D">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...58 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00233277">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">18. </w:t>
-[...14 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00D24E4F" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. 1929-1930 жылдардағы дағдарыстан төмендегі ел</w:t>
+      </w:r>
+      <w:r w:rsidR="008E04F9" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дер</w:t>
+      </w:r>
+      <w:r w:rsidR="00D24E4F" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дің шығу жолын анықтаңыз:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="00D24E4F" w:rsidP="0066413B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10105" w:type="dxa"/>
         <w:tblInd w:w="113" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2132"/>
         <w:gridCol w:w="2562"/>
         <w:gridCol w:w="2563"/>
         <w:gridCol w:w="2848"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidTr="00466DF3">
+      <w:tr w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidTr="00B9060C">
         <w:trPr>
           <w:trHeight w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00205C2C" w:rsidP="00753AB8">
+          <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="00D24E4F" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Вопросы</w:t>
+              <w:t>Сұрақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2562" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00205C2C" w:rsidP="00753AB8">
+          <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="00D24E4F" w:rsidP="008E04F9">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>США</w:t>
+              <w:t>АҚШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2563" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="00D24E4F" w:rsidP="008E04F9">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00753AB8">
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Германия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2848" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="00D24E4F" w:rsidP="008E04F9">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00753AB8">
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Франция</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidTr="00466DF3">
+      <w:tr w:rsidR="00D24E4F" w:rsidRPr="00CA6541" w:rsidTr="00B9060C">
         <w:trPr>
           <w:trHeight w:val="2146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2132" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00205C2C" w:rsidP="00753AB8">
+          <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="00D24E4F" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00205C2C">
+            <w:r w:rsidRPr="00233277">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Какую экономическую реформу провел выход из кризиса</w:t>
+              <w:t>Дағдарыстан шығудың қандай экономикалық реформасын жасады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2562" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="00D24E4F" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2563" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="00D24E4F" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2848" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00753AB8" w:rsidRPr="00753AB8" w:rsidRDefault="00753AB8" w:rsidP="00753AB8">
+          <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="00D24E4F" w:rsidP="0066413B">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00205C2C" w:rsidRDefault="00205C2C" w:rsidP="00753AB8">
-[...29 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="001171E3" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00A274D2" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D24E4F" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A274D2" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00D24E4F" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кариб дағдарысы – халықаралық қа</w:t>
+      </w:r>
+      <w:r w:rsidR="00A274D2" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тынастард</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6319" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағы ең қауіпті жанжал» тұжырымымен</w:t>
+      </w:r>
+      <w:r w:rsidR="00A274D2" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПТМС формуласын қолданып, талдаңыз:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D6319" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">келісемін/келіспеймін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2C4D" w:rsidRDefault="00D24E4F" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Позиция </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="00D24E4F" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Түсіндіру</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="008E04F9" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E04F9" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A34606">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A34606">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2C4D" w:rsidRDefault="00D24E4F" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мысал </w:t>
+      </w:r>
+      <w:r w:rsidR="006328C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6319" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="008E04F9" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D24E4F" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A34606" w:rsidRPr="00233277" w:rsidRDefault="00A34606" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E04F9" w:rsidRPr="00A34606" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006328C9" w:rsidRPr="006328C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мысал</w:t>
+      </w:r>
+      <w:r w:rsidR="006328C9" w:rsidRPr="00A34606">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006328C9" w:rsidRPr="006328C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A34606">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="006328C9" w:rsidRPr="00A34606">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A34606">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C2C4D" w:rsidRDefault="00D24E4F" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Салдар немесе нәтиже</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="008E04F9" w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D24E4F" w:rsidRPr="00233277" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E04F9" w:rsidRDefault="008E04F9" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A34606" w:rsidRPr="00233277" w:rsidRDefault="00A34606" w:rsidP="0066413B">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...435 lines deleted...]
-    <w:sectPr w:rsidR="0067542D" w:rsidRPr="0071663E" w:rsidSect="00750443">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A34606" w:rsidRDefault="00A34606" w:rsidP="008E04F9">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00363666" w:rsidRDefault="00363666" w:rsidP="008E04F9">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A34606" w:rsidRDefault="00A34606" w:rsidP="008E04F9">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A34606" w:rsidRDefault="00A34606" w:rsidP="008E04F9">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A34606" w:rsidRDefault="00A34606" w:rsidP="008E04F9">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A34606" w:rsidRDefault="00A34606" w:rsidP="007C2C4D">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A34606" w:rsidRDefault="00A34606" w:rsidP="008E04F9">
+      <w:pPr>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A34606" w:rsidSect="008E04F9">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="993" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="482D2629"/>
+    <w:nsid w:val="076F65AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="43CAEF20"/>
-[...140 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="70E0CED6">
+    <w:tmpl w:val="8410BADA"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...10 lines deleted...]
-      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...101 lines deleted...]
-        <w:i w:val="0"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1125" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1845" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2565" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3285" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4005" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4725" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5445" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6165" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
-[...4 lines deleted...]
-  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00983885"/>
-[...195 lines deleted...]
-    <w:rsid w:val="760C399E"/>
+    <w:rsidRoot w:val="004415D9"/>
+    <w:rsid w:val="000072E9"/>
+    <w:rsid w:val="000B10F1"/>
+    <w:rsid w:val="000B35D9"/>
+    <w:rsid w:val="000E1553"/>
+    <w:rsid w:val="001171E3"/>
+    <w:rsid w:val="00154A19"/>
+    <w:rsid w:val="001F1FBB"/>
+    <w:rsid w:val="00215119"/>
+    <w:rsid w:val="00233277"/>
+    <w:rsid w:val="002510D5"/>
+    <w:rsid w:val="00251B05"/>
+    <w:rsid w:val="00311B30"/>
+    <w:rsid w:val="00315317"/>
+    <w:rsid w:val="00322E16"/>
+    <w:rsid w:val="00363666"/>
+    <w:rsid w:val="003B6181"/>
+    <w:rsid w:val="003F1D67"/>
+    <w:rsid w:val="00420292"/>
+    <w:rsid w:val="004415D9"/>
+    <w:rsid w:val="00462179"/>
+    <w:rsid w:val="0057206E"/>
+    <w:rsid w:val="0057546D"/>
+    <w:rsid w:val="005D5151"/>
+    <w:rsid w:val="006328C9"/>
+    <w:rsid w:val="00641A7A"/>
+    <w:rsid w:val="0066413B"/>
+    <w:rsid w:val="006657A6"/>
+    <w:rsid w:val="006B7F99"/>
+    <w:rsid w:val="006C2257"/>
+    <w:rsid w:val="007A5EAA"/>
+    <w:rsid w:val="007C2C4D"/>
+    <w:rsid w:val="00892661"/>
+    <w:rsid w:val="008A28EF"/>
+    <w:rsid w:val="008E04F9"/>
+    <w:rsid w:val="009D6319"/>
+    <w:rsid w:val="00A274D2"/>
+    <w:rsid w:val="00A34606"/>
+    <w:rsid w:val="00B9060C"/>
+    <w:rsid w:val="00BD7F42"/>
+    <w:rsid w:val="00C46F5C"/>
+    <w:rsid w:val="00CA55DA"/>
+    <w:rsid w:val="00CA6541"/>
+    <w:rsid w:val="00D24E4F"/>
+    <w:rsid w:val="00D566AA"/>
+    <w:rsid w:val="00DF1CC6"/>
+    <w:rsid w:val="00DF6C5C"/>
+    <w:rsid w:val="00E86C69"/>
+    <w:rsid w:val="00EF3525"/>
+    <w:rsid w:val="00F35075"/>
+    <w:rsid w:val="00FD2BD4"/>
+    <w:rsid w:val="00FE4749"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5104,235 +5508,194 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A830F9"/>
+    <w:rsid w:val="00EF3525"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
-[...2 lines deleted...]
-    <w:uiPriority w:val="34"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00983885"/>
+    <w:rsid w:val="00EF3525"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...4 lines deleted...]
-    <w:rsid w:val="00983885"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EF3525"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:rFonts w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="Normal (Web)"/>
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C10EBF"/>
+    <w:rsid w:val="00D24E4F"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...16 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E54FB0"/>
+    <w:rsid w:val="00D24E4F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a7">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="002510D5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D787E"/>
+    <w:rsid w:val="000072E9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a9">
-[...2 lines deleted...]
-    <w:uiPriority w:val="59"/>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="005A66CC"/>
-[...20 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00420292"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5487,307 +5850,72 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="223571481">
-[...234 lines deleted...]
-    <w:div w:id="1993218140">
+    <w:div w:id="953711817">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kk.wikipedia.org/wiki/%D0%9A%D0%B0%D0%BF%D0%B8%D1%82%D0%B0%D0%BB" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5821,84 +5949,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -6038,82 +6168,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C07CE99-567A-4923-87DB-77E7E710F313}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3C82A91-A9D1-4CEA-ADE8-20420B1878F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>4586</Characters>
+  <Pages>1</Pages>
+  <Words>933</Words>
+  <Characters>5321</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5380</CharactersWithSpaces>
+  <CharactersWithSpaces>6242</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>пользователь</dc:creator>
+  <dc:creator>Кабинет 44</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>