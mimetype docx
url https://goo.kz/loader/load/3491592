--- v0 (2025-12-08)
+++ v1 (2025-12-28)
@@ -1,6894 +1,5883 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DF0E13" w:rsidRDefault="00DF0E13" w:rsidP="00DF0E13">
+    <w:p w:rsidR="006F2AEA" w:rsidRDefault="006F2AEA" w:rsidP="00D36396">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="00D36396">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Задания по географии для подготовки к итоговой аттестации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRPr="006F2AEA" w:rsidRDefault="00A326F3" w:rsidP="00D36396">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00193BEF" w:rsidRDefault="00193BEF" w:rsidP="00193BEF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Часть</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="002F60DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Инструкция:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вам предлагаются задания с одним правильным ответом из четырех предложенных. Выбранный ответ необходимо обвести кружком.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E7769" w:rsidRPr="006F2AEA" w:rsidRDefault="002E7769" w:rsidP="002E7769">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B61AB5" w:rsidRPr="006F2AEA" w:rsidRDefault="008C47DF" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2A30" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Назовите исследователя, под командованием которого была открыта Антарктида</w:t>
+      </w:r>
+      <w:r w:rsidR="00200F85" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6143" w:rsidRPr="006F2AEA" w:rsidRDefault="00200F85" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002F6F85" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00177F51" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Д.</w:t>
+      </w:r>
+      <w:r w:rsidR="00960025" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00177F51" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кук</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00200F85" w:rsidRPr="006F2AEA" w:rsidRDefault="00200F85" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002F6F85" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00177F51" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Р.</w:t>
+      </w:r>
+      <w:r w:rsidR="00960025" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00177F51" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Амундсен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00200F85" w:rsidRPr="006F2AEA" w:rsidRDefault="00200F85" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00177F51" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.</w:t>
+      </w:r>
+      <w:r w:rsidR="00960025" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00177F51" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Магеллан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C3E64" w:rsidRPr="008235EB" w:rsidRDefault="00200F85" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00177F51" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф. Беллинсгаузен</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC09E7" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7769" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC09E7" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F356D" w:rsidRPr="006F2AEA" w:rsidRDefault="000E780B" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Изучите рисунок</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4CBA" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, на котором изоб</w:t>
+      </w:r>
+      <w:r w:rsidR="0086269A" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ражена роза ветров</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8041D" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E780B" w:rsidRPr="006F2AEA" w:rsidRDefault="0086269A" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...537 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DEC070E" wp14:editId="12D79ADA">
-            <wp:extent cx="3973615" cy="2074460"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2DE4A8E2" wp14:editId="382FBB85">
+            <wp:extent cx="1461111" cy="1651379"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="5" name="Рисунок 5" descr="Картинки по запросу климатограмма"/>
+            <wp:docPr id="3" name="Рисунок 4" descr="C:\Users\Ксембай\Desktop\52ae94ad7252a1d5d6c4a5a999a69002_i-170.gif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="Картинки по запросу климатограмма"/>
-[...452 lines deleted...]
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Admin\Desktop\slide_29.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Ксембай\Desktop\52ae94ad7252a1d5d6c4a5a999a69002_i-170.gif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
-[...5 lines deleted...]
-                    </a:blip>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2427986" cy="1732874"/>
+                      <a:ext cx="1473629" cy="1665527"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
+                    <a:ln w="9525">
                       <a:noFill/>
-                    </a:ln>
-[...4197 lines deleted...]
-                      </a:solidFill>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009E22AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="005F4886" w:rsidRPr="006F2AEA" w:rsidRDefault="005F4886" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рисунок 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13312" w:rsidRPr="006F2AEA" w:rsidRDefault="00E13312" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E780B" w:rsidRPr="006F2AEA" w:rsidRDefault="005B3668" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B954A2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Используя рисунок</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB06C8" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B954A2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, определи</w:t>
+      </w:r>
+      <w:r w:rsidR="0086269A" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>те преобладающий ветер</w:t>
+      </w:r>
+      <w:r w:rsidR="00E669EB" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE7EF3" w:rsidRPr="006F2AEA" w:rsidRDefault="00AE7EF3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0086269A" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Западный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE7EF3" w:rsidRPr="006F2AEA" w:rsidRDefault="00AE7EF3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="0086269A" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Восточный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE7EF3" w:rsidRPr="006F2AEA" w:rsidRDefault="00AE7EF3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="0086269A" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Юго- западный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="00AE7EF3" w:rsidP="002E7769">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="0086269A" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Юго- восточный</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7769" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="003C3E64" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C3E64" w:rsidRDefault="003C3E64" w:rsidP="008235EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRPr="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="008235EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C3E64" w:rsidRPr="006F2AEA" w:rsidRDefault="003C3E64" w:rsidP="003C3E64">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Определите численный масштаб, если в 1 см - 420 м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C3E64" w:rsidRPr="006F2AEA" w:rsidRDefault="003C3E64" w:rsidP="003C3E64">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) 1: 420</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C3E64" w:rsidRPr="006F2AEA" w:rsidRDefault="003C3E64" w:rsidP="003C3E64">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) 1: 420 0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C3E64" w:rsidRPr="006F2AEA" w:rsidRDefault="003C3E64" w:rsidP="003C3E64">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) 1: 420 00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="003C3E64" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) 1: 420 000                                                                                                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F6707" w:rsidRPr="006F2AEA" w:rsidRDefault="00417848" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="008446EE" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F6707" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Определите высоты, характерные для возвышенностей</w:t>
+      </w:r>
+      <w:r w:rsidR="00E571AF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F6707" w:rsidRPr="006F2AEA" w:rsidRDefault="009F6707" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)  0 – 100 м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F6707" w:rsidRPr="006F2AEA" w:rsidRDefault="009F6707" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)  100 – 200 м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F6707" w:rsidRPr="006F2AEA" w:rsidRDefault="009F6707" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  200 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–  500</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="009F6707" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  500 – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1000  м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="003C3E64" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D2EBA" w:rsidRPr="006F2AEA" w:rsidRDefault="004D2EBA" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E669EB" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Укажите</w:t>
+      </w:r>
+      <w:r w:rsidR="00E669EB" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B274AC" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> область Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1313A" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, отличающая </w:t>
+      </w:r>
+      <w:r w:rsidR="00997970" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наибольшими запасами медных </w:t>
+      </w:r>
+      <w:r w:rsidR="00B274AC" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руд.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B274AC" w:rsidRPr="006F2AEA" w:rsidRDefault="00B274AC" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4A34" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Акмолинская</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B274AC" w:rsidRPr="006F2AEA" w:rsidRDefault="00B274AC" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00997970" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Костанайская </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="00B274AC" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00997970" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мангистауская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="006F2AEA" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Карагандинская     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F2AEA" w:rsidRPr="006F2AEA" w:rsidRDefault="006F2AEA" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Назовите литосферные плиты, в результате столкновения которых, образовались горы Кордильеры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F2AEA" w:rsidRPr="006F2AEA" w:rsidRDefault="006F2AEA" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Евразийская и Тихоокеанская</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F2AEA" w:rsidRPr="006F2AEA" w:rsidRDefault="006F2AEA" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Евразийская и Индо-Австралийская</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F2AEA" w:rsidRPr="006F2AEA" w:rsidRDefault="006F2AEA" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Южно - Американская и Тихоокеанская</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F2AEA" w:rsidRPr="006F2AEA" w:rsidRDefault="006F2AEA" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Северо - Американская и Тихоокеанская</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="006F2AEA" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Южно - Американская и Индо-Австралийская     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F2AEA" w:rsidRPr="006F2AEA" w:rsidRDefault="007A4350" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00026A1C" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97246" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Назовите основные </w:t>
+      </w:r>
+      <w:r w:rsidR="000F7A35" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> климатические пояса.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2AEA" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F2AEA" w:rsidRPr="006F2AEA" w:rsidRDefault="006F2AEA" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Тропический, умеренный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F2AEA" w:rsidRPr="006F2AEA" w:rsidRDefault="006F2AEA" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Тропический, субтропический</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F2AEA" w:rsidRPr="006F2AEA" w:rsidRDefault="006F2AEA" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Экваториальный, субэкваториальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="006F2AEA" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Субэкваториальный, субтропический                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931CB0" w:rsidRPr="006F2AEA" w:rsidRDefault="006F2AEA" w:rsidP="006F2AEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00203013" w:rsidRPr="006F2AEA" w:rsidRDefault="00203013" w:rsidP="00203013">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Изучите рисунок 2, на котором изображено движение воздушного потока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00203013" w:rsidRPr="006F2AEA" w:rsidRDefault="00203013" w:rsidP="00203013">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79B12151" wp14:editId="1B58195D">
-[...2 lines deleted...]
-            <wp:docPr id="4" name="Рисунок 3" descr="E:\карты\region_russia_01.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A39B9DB" wp14:editId="339BC68C">
+            <wp:extent cx="1876029" cy="1269242"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="7" name="Рисунок 5" descr="C:\Users\Ксембай\Desktop\19000_590371.gif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="E:\карты\region_russia_01.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Ксембай\Desktop\19000_590371.gif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print"/>
+                    <a:blip r:embed="rId8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2516254" cy="1332355"/>
+                      <a:ext cx="1885921" cy="1275935"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
-                      <a:solidFill>
-[...1 lines deleted...]
-                      </a:solidFill>
+                      <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE45C4" w:rsidRPr="009E22AD" w:rsidRDefault="003823FC" w:rsidP="00921AE5">
-      <w:pPr>
+    <w:p w:rsidR="00203013" w:rsidRPr="006F2AEA" w:rsidRDefault="00203013" w:rsidP="00203013">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E22AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...13 lines deleted...]
-          <w:b/>
+        <w:t>Рисунок 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00203013" w:rsidRPr="006F2AEA" w:rsidRDefault="00203013" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE202B" w:rsidRPr="006F2AEA" w:rsidRDefault="00916321" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="001D3B01" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Используя рисунок, н</w:t>
+      </w:r>
+      <w:r w:rsidR="00203013" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азовите точку с наибольшим атмосферным давлением</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2474" w:rsidRPr="006F2AEA" w:rsidRDefault="009D2474" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00203013" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2474" w:rsidRPr="006F2AEA" w:rsidRDefault="009D2474" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00203013" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2474" w:rsidRPr="006F2AEA" w:rsidRDefault="009D2474" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00203013" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="009D2474" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00203013" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7769" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034B2C" w:rsidRPr="006F2AEA" w:rsidRDefault="00717BB3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="00042A60" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Назовите рудное месторождение</w:t>
+      </w:r>
+      <w:r w:rsidR="00986030" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003873E7" w:rsidRPr="006F2AEA" w:rsidRDefault="003873E7" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00042A60" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жезды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003873E7" w:rsidRPr="006F2AEA" w:rsidRDefault="003873E7" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00042A60" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Доссор</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003873E7" w:rsidRPr="006F2AEA" w:rsidRDefault="003873E7" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00042A60" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кашаган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="003873E7" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00042A60" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Шахтинск</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7769" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00986030" w:rsidRDefault="008C47DF" w:rsidP="008235EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7769" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRPr="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="008235EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E55F0" w:rsidRPr="006F2AEA" w:rsidRDefault="00EB255F" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC4ABC" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Назовите п</w:t>
+      </w:r>
+      <w:r w:rsidR="009E52EA" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>риродную зону субэкваториального пояса</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC4ABC" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00180F09" w:rsidRPr="006F2AEA" w:rsidRDefault="00180F09" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="009E52EA" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тайга</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00180F09" w:rsidRPr="006F2AEA" w:rsidRDefault="00180F09" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009E52EA" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тундра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00180F09" w:rsidRPr="006F2AEA" w:rsidRDefault="00180F09" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="009E52EA" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Саванна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="00180F09" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="009E52EA" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лесостепь</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7769" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7769" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007131B2" w:rsidRPr="006F2AEA" w:rsidRDefault="008E7188" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Определите коэффициент рождаемости, если в стране </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB790A" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с численностью населения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A7366B" w:rsidRPr="006F2AEA" w:rsidRDefault="00CB790A" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15 800 тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.ч</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ел., родилось 250 тыс.чел., умерло 115 тыс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC7530" w:rsidRPr="006F2AEA" w:rsidRDefault="00AC7530" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="007131B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007131B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007131B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‰</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC7530" w:rsidRPr="006F2AEA" w:rsidRDefault="00AC7530" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007131B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007131B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007E4CCC" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC6C34" w:rsidRPr="009E22AD">
-[...31 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="007131B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>‰</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC7530" w:rsidRPr="006F2AEA" w:rsidRDefault="00AC7530" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...136 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="007131B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007131B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,8</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007131B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‰ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="00AC7530" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="007131B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>63</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007131B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007131B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‰</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7769" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A7366B" w:rsidRPr="006F2AEA" w:rsidRDefault="009D5A43" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00502D00" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Назовите </w:t>
+      </w:r>
+      <w:r w:rsidR="002A219E" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>области с самым высоким уровнем урбанизации в Казахстане</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D553B7" w:rsidRPr="006F2AEA" w:rsidRDefault="00D553B7" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="001C427A" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Атырауская</w:t>
+      </w:r>
+      <w:r w:rsidR="002A219E" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Мангистауская</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D553B7" w:rsidRPr="006F2AEA" w:rsidRDefault="00D553B7" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2ECB" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Акмолинская</w:t>
+      </w:r>
+      <w:r w:rsidR="002A219E" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Костанайская</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D553B7" w:rsidRPr="006F2AEA" w:rsidRDefault="00D553B7" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5906" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Актюбинская, Туркестанская</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="00D553B7" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001C427A" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5906" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодарская, Карагандинская</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7769" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A7366B" w:rsidRPr="006F2AEA" w:rsidRDefault="00527B11" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidR="001C5861" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1078" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Назовите </w:t>
+      </w:r>
+      <w:r w:rsidR="00517A52" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изменение на политической карте, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00517A52" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>относящиеся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00517A52" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к качественным</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7CBB" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0046154B" w:rsidRPr="00DF0E13" w:rsidRDefault="003823FC" w:rsidP="00921AE5">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="009F1B53" w:rsidRPr="006F2AEA" w:rsidRDefault="009F1B53" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...68 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6D38" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Распад государства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F1B53" w:rsidRPr="006F2AEA" w:rsidRDefault="009F1B53" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6D38" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Объединение государств</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F1B53" w:rsidRPr="006F2AEA" w:rsidRDefault="009F1B53" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6D38" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отвоевание суши у моря</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="009F1B53" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6D38" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приобретение суверенитета</w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C2320C" w:rsidRDefault="00C2320C" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRPr="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004143B2" w:rsidRPr="008235EB" w:rsidRDefault="004143B2" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Изучите рисунок 3, на котором изображены различные источники энергии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004143B2" w:rsidRPr="006F2AEA" w:rsidRDefault="004143B2" w:rsidP="004143B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:color w:val="C00000"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DD1BEDB" wp14:editId="1293A8A2">
-[...225 lines deleted...]
-            <wp:docPr id="7" name="Рисунок 7" descr="G:\карта казахстана.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A1CC757" wp14:editId="3D1856AE">
+            <wp:extent cx="1781175" cy="1536700"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+            <wp:docPr id="4" name="Рисунок 1" descr="C:\Users\User\Desktop\1558870858_sol.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="G:\карта казахстана.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\User\Desktop\1558870858_sol.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
-[...5 lines deleted...]
-                    </a:blip>
+                    <a:blip r:embed="rId9"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3415309" cy="1751745"/>
+                      <a:ext cx="1781175" cy="1536700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
+                    <a:ln w="9525">
                       <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E67994" w:rsidRPr="009E22AD" w:rsidRDefault="00FC6C34" w:rsidP="00921AE5">
-      <w:pPr>
+    <w:p w:rsidR="00CC54B8" w:rsidRPr="006F2AEA" w:rsidRDefault="00CC54B8" w:rsidP="004143B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>7 -</w:t>
+        <w:t>Рисунок 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E033D" w:rsidRPr="006F2AEA" w:rsidRDefault="005E033D" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="009E22AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="004143B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азовите гр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уппу, к которым относятся</w:t>
+      </w:r>
+      <w:r w:rsidR="004143B2" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> источники энергии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, изображенные </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A7366B" w:rsidRPr="006F2AEA" w:rsidRDefault="005E033D" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на рисунке 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7CBB" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0009195E" w:rsidRPr="006F2AEA" w:rsidRDefault="0009195E" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F64A99" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Исчерпаемые</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0009195E" w:rsidRPr="006F2AEA" w:rsidRDefault="0009195E" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F64A99" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Традиционные</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0009195E" w:rsidRPr="006F2AEA" w:rsidRDefault="0009195E" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F64A99" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Возобновимые</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="0009195E" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F64A99" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Неисчерпаемые</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7769" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A7366B" w:rsidRPr="006F2AEA" w:rsidRDefault="00F53949" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15.</w:t>
+      </w:r>
+      <w:r w:rsidR="00924837" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наз</w:t>
+      </w:r>
+      <w:r w:rsidR="00144155" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овите технические культуры</w:t>
+      </w:r>
+      <w:r w:rsidR="00924837" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD0366" w:rsidRPr="006F2AEA" w:rsidRDefault="00DD0366" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00144155" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рис, ячмень</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD0366" w:rsidRPr="006F2AEA" w:rsidRDefault="00DD0366" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00144155" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Овес, картофель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD0366" w:rsidRPr="006F2AEA" w:rsidRDefault="00DD0366" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00144155" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пшеница, кукуруза</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008235EB" w:rsidRDefault="00DD0366" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00144155" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хлопчатник, подсолнечник</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7769" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B0836" w:rsidRPr="006F2AEA" w:rsidRDefault="004B0836" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Часть </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F040B" w:rsidRPr="006F2AEA" w:rsidRDefault="008F040B" w:rsidP="008F040B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Инструкция:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вам предлагаются задания, на которые Вам необходимо дать краткий ответ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A7366B" w:rsidRPr="006F2AEA" w:rsidRDefault="00A7366B" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B63D2C" w:rsidRDefault="002B415E" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16. Назовите экономический район</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5B0D" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, специализирующийся на развитии </w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нефтедобывающей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>промышленн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………….</w:t>
+      </w:r>
+      <w:r w:rsidR="00703A57" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRPr="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00703A57" w:rsidRPr="006F2AEA" w:rsidRDefault="00703A57" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD3264" w:rsidRPr="006F2AEA" w:rsidRDefault="00703A57" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3264" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Назовите форму международных связей, в которой различают обмен товарами и услугами </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995691" w:rsidRDefault="00CD3264" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.........................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>..........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A326F3" w:rsidRPr="00A326F3" w:rsidRDefault="00A326F3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00995691" w:rsidRPr="006F2AEA" w:rsidRDefault="00995691" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA2060" w:rsidRPr="006F2AEA" w:rsidRDefault="00CD3264" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Изучите внимательно рисунок 4</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7AF3" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, на котором </w:t>
+      </w:r>
+      <w:r w:rsidR="00634C1B" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изображена политическая карта Евразии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00634C1B" w:rsidRPr="006F2AEA" w:rsidRDefault="00634C1B" w:rsidP="00634C1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69C237A3" wp14:editId="5ADD4DAB">
+            <wp:extent cx="3249395" cy="1989734"/>
+            <wp:effectExtent l="19050" t="0" r="8155" b="0"/>
+            <wp:docPr id="8" name="Рисунок 3" descr="C:\Users\User\Desktop\evrazia-3 (1).jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\User\Desktop\evrazia-3 (1).jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3249395" cy="1989734"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B7AF3" w:rsidRPr="006F2AEA" w:rsidRDefault="00CD3264" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рисунок 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004302EE" w:rsidRPr="006F2AEA" w:rsidRDefault="004302EE" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555B4E" w:rsidRPr="006F2AEA" w:rsidRDefault="004B7AF3" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>18.</w:t>
+      </w:r>
+      <w:r w:rsidR="00634C1B" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Используя рисунок 4, назовите форму государственного устройства стран, обозначенных цифрами 1 и 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555B4E" w:rsidRPr="00A326F3" w:rsidRDefault="00555B4E" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D4865" w:rsidRPr="00A326F3" w:rsidRDefault="008D4865" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A7366B" w:rsidRPr="006F2AEA" w:rsidRDefault="00CE6813" w:rsidP="0075047E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Изучите текст </w:t>
+      </w:r>
+      <w:r w:rsidR="0075047E" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"...</w:t>
+      </w:r>
+      <w:r w:rsidR="0075047E" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сингапур</w:t>
+      </w:r>
+      <w:r w:rsidR="0075047E" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, город-государство в Юго-Восточной Азии. Большинство судов на пути из Индийского океана в Тихий проходит по Малаккскому проливу, так что миновать Сингапур очень трудно. Почти вся торговля между Европой, Индией, странами Персидского залива, некоторыми странами Африки, с одной стороны, и Китаем, Японией, Южной Кореей, Дальним Востоком России, с другой, проходит этим путем. Поэтому Сингапур за последние десятилетия вышел на первое место среди портов всего мира по грузообороту..." </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C750B9" w:rsidRPr="006F2AEA" w:rsidRDefault="00C750B9" w:rsidP="00C750B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19.  Определите по тексту, выгодную черту экономико-географического положения Сингапура</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00211F5C" w:rsidRPr="00A326F3" w:rsidRDefault="00211F5C" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC2A94" w:rsidRPr="006F2AEA" w:rsidRDefault="00DC2A94" w:rsidP="00DC2A94">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00DC2A94">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00DC2A94">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00DC2A94">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="00DC2A94">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC2A94" w:rsidRPr="006F2AEA" w:rsidRDefault="00DC2A94" w:rsidP="00DC2A94">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Инструкция:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вам предлагаются задания, на которые Вам необходимо дать развернутый ответ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00211F5C" w:rsidRPr="006F2AEA" w:rsidRDefault="00211F5C" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B92589" w:rsidRPr="006F2AEA" w:rsidRDefault="00E82C8C" w:rsidP="00B92589">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00B29" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B92589" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Внимательно рассмотрите электростанцию, представленную на рисунке 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B4733" w:rsidRPr="006F2AEA" w:rsidRDefault="007B4733" w:rsidP="008628A1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8535"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B92589" w:rsidRPr="006F2AEA" w:rsidRDefault="00B92589" w:rsidP="00B92589">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8535"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76F970B6" wp14:editId="5A65DCEB">
+            <wp:extent cx="2511188" cy="1515629"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\User\Desktop\372066_1000.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\User\Desktop\372066_1000.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2510234" cy="1515053"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E0C28" w:rsidRPr="006F2AEA" w:rsidRDefault="00B92589" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рисунок 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009070EB" w:rsidRDefault="00626878" w:rsidP="009070EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(а) О</w:t>
+      </w:r>
+      <w:r w:rsidR="009070EB" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пределите  тип  электростанции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, изображенный на рисунке 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F60DC" w:rsidRPr="002F60DC" w:rsidRDefault="002F60DC" w:rsidP="009070EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009070EB" w:rsidRPr="00A326F3" w:rsidRDefault="009070EB" w:rsidP="009070EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>…………………………………………………………….</w:t>
+      </w:r>
+      <w:r w:rsidR="00A326F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009070EB" w:rsidRPr="006F2AEA" w:rsidRDefault="009070EB" w:rsidP="009070EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b)  Используя рисунок 5, назовите 2 фактора, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определяющих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развитие  данного типа электростанции</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00647" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Казахстане</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009070EB" w:rsidRPr="006F2AEA" w:rsidRDefault="009070EB" w:rsidP="009070EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009070EB" w:rsidRPr="00A326F3" w:rsidRDefault="009070EB" w:rsidP="009070EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">…………………………………………………..... </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009070EB" w:rsidRPr="006F2AEA" w:rsidRDefault="009070EB" w:rsidP="009070EB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009070EB" w:rsidRPr="006F2AEA" w:rsidRDefault="009070EB" w:rsidP="009070EB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(c)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Назовите  два негативных последствий, связанных  со строительством данного типа электростанций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009070EB" w:rsidRPr="006F2AEA" w:rsidRDefault="009070EB" w:rsidP="009070EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009070EB" w:rsidRPr="006F2AEA" w:rsidRDefault="009070EB" w:rsidP="009070EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">…………………………………………………………………………………  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009070EB" w:rsidRPr="00A326F3" w:rsidRDefault="009070EB" w:rsidP="009070EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00A326F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009070EB" w:rsidRPr="006F2AEA" w:rsidRDefault="009070EB" w:rsidP="009070EB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D2721" w:rsidRPr="006F2AEA" w:rsidRDefault="00B62A33" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8535"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="005819EA" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D848EE" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внимательно изучите рисунок  6</w:t>
+      </w:r>
+      <w:r w:rsidR="005819EA" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, на котором </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB69F9" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изображена карта "Типы воспроизводства населения"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005819EA" w:rsidRPr="006F2AEA" w:rsidRDefault="00BB69F9" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8535"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10D9054E" wp14:editId="70AD4452">
+            <wp:extent cx="3657600" cy="2104593"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\User\Desktop\Slide17.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\User\Desktop\Slide17.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3663535" cy="2108008"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005819EA" w:rsidRPr="006F2AEA" w:rsidRDefault="00BB69F9" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8535"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рисунок 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E0C28" w:rsidRPr="006F2AEA" w:rsidRDefault="006E0C28" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0088135F" w:rsidRPr="006F2AEA" w:rsidRDefault="00A26F82" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(а)</w:t>
+      </w:r>
+      <w:r w:rsidR="003C22E0" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F5B0D" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Используя рисунок 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15C0E" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, н</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36DAB" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азовите </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34F9B" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пример региона, для которого характерен современный тип воспроизводства</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36DAB" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E36DAB" w:rsidRPr="00A326F3" w:rsidRDefault="00E36DAB" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34F9B" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A26F82" w:rsidRPr="006F2AEA" w:rsidRDefault="00A26F82" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(b)</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5B56" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34F9B" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Назовите три  характерные черты данного типа воспроизводства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E5B56" w:rsidRPr="006F2AEA" w:rsidRDefault="002E5B56" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.................................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E5B56" w:rsidRPr="006F2AEA" w:rsidRDefault="002E5B56" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>................................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E5B56" w:rsidRPr="00A326F3" w:rsidRDefault="002E5B56" w:rsidP="00571177">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E5B56" w:rsidRPr="006F2AEA" w:rsidRDefault="002E5B56" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A26F82" w:rsidRPr="006F2AEA" w:rsidRDefault="00A26F82" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34F9B" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Укажите, две </w:t>
+      </w:r>
+      <w:r w:rsidR="00956A7C" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34F9B" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в стране, связаные с данным типом воспроизводства </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A31940" w:rsidRPr="006F2AEA" w:rsidRDefault="00A31940" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A31940" w:rsidRPr="006F2AEA" w:rsidRDefault="00A31940" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.................................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A31940" w:rsidRPr="006F2AEA" w:rsidRDefault="00A31940" w:rsidP="00571177">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>................................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A7366B" w:rsidRPr="00A326F3" w:rsidRDefault="00A31940" w:rsidP="00C648F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34F9B" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>…………………</w:t>
+      </w:r>
+      <w:r w:rsidR="008C47DF" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>…………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34F9B" w:rsidRPr="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...795 lines deleted...]
-    <w:sectPr w:rsidR="00587064" w:rsidRPr="009E22AD" w:rsidSect="00921AE5">
+      <w:r w:rsidR="006F2AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00A7366B" w:rsidRPr="00A326F3" w:rsidSect="00C70802">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="00DE03CA"/>
+    <w:nsid w:val="0EB43A43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C1DA546C"/>
+    <w:tmpl w:val="A0184302"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -6955,53 +5944,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="12CB254E"/>
+    <w:nsid w:val="139B45D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BA000EB0"/>
+    <w:tmpl w:val="C1928CF2"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -7068,166 +6057,166 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="134B4BA5"/>
+    <w:nsid w:val="1B5E10E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9294C1C4"/>
+    <w:tmpl w:val="7BD40B5A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="2F842224"/>
+    <w:nsid w:val="1D284ACF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E6E684BA"/>
+    <w:tmpl w:val="4B8EF382"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -7294,65 +6283,297 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="5C806373"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:nsid w:val="38E15D25"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3D287F4A"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="39AC3792"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3D287F4A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="4D6B4BD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2138AA26"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
@@ -7406,264 +6627,1121 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="603068DF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3D287F4A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="67FC6FC9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3D287F4A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="6F625C24"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3738E09C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="78F81B2A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3D287F4A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="7E1B36EE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08086A22"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3">
-[...2 lines deleted...]
-  <w:num w:numId="4">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008E6DCD"/>
-[...118 lines deleted...]
-    <w:rsid w:val="00FE45C4"/>
+    <w:rsidRoot w:val="003A7547"/>
+    <w:rsid w:val="00006788"/>
+    <w:rsid w:val="00026A1C"/>
+    <w:rsid w:val="00034B12"/>
+    <w:rsid w:val="00034B2C"/>
+    <w:rsid w:val="00042A60"/>
+    <w:rsid w:val="00051D8F"/>
+    <w:rsid w:val="0005306C"/>
+    <w:rsid w:val="0007022B"/>
+    <w:rsid w:val="00080A6C"/>
+    <w:rsid w:val="00081F6A"/>
+    <w:rsid w:val="00085F2E"/>
+    <w:rsid w:val="0009195E"/>
+    <w:rsid w:val="000A1078"/>
+    <w:rsid w:val="000A61B1"/>
+    <w:rsid w:val="000D4CBA"/>
+    <w:rsid w:val="000D5B47"/>
+    <w:rsid w:val="000E780B"/>
+    <w:rsid w:val="000F7A35"/>
+    <w:rsid w:val="00106E4D"/>
+    <w:rsid w:val="0011471F"/>
+    <w:rsid w:val="00114825"/>
+    <w:rsid w:val="00115347"/>
+    <w:rsid w:val="00134807"/>
+    <w:rsid w:val="00140781"/>
+    <w:rsid w:val="00140F60"/>
+    <w:rsid w:val="00144155"/>
+    <w:rsid w:val="00144586"/>
+    <w:rsid w:val="00150415"/>
+    <w:rsid w:val="0015471D"/>
+    <w:rsid w:val="001565F6"/>
+    <w:rsid w:val="0017120E"/>
+    <w:rsid w:val="001712D5"/>
+    <w:rsid w:val="001726DF"/>
+    <w:rsid w:val="00173092"/>
+    <w:rsid w:val="00177F51"/>
+    <w:rsid w:val="00180F09"/>
+    <w:rsid w:val="0019067B"/>
+    <w:rsid w:val="00193BEF"/>
+    <w:rsid w:val="001B5906"/>
+    <w:rsid w:val="001B664F"/>
+    <w:rsid w:val="001B73DD"/>
+    <w:rsid w:val="001C3C33"/>
+    <w:rsid w:val="001C427A"/>
+    <w:rsid w:val="001C5861"/>
+    <w:rsid w:val="001C707B"/>
+    <w:rsid w:val="001D3B01"/>
+    <w:rsid w:val="001E5BB3"/>
+    <w:rsid w:val="001E7111"/>
+    <w:rsid w:val="00200F85"/>
+    <w:rsid w:val="00203013"/>
+    <w:rsid w:val="00207B88"/>
+    <w:rsid w:val="00211F5C"/>
+    <w:rsid w:val="002154DC"/>
+    <w:rsid w:val="00221470"/>
+    <w:rsid w:val="002225C6"/>
+    <w:rsid w:val="00272999"/>
+    <w:rsid w:val="00272EF5"/>
+    <w:rsid w:val="00277D7A"/>
+    <w:rsid w:val="0028620A"/>
+    <w:rsid w:val="002A219E"/>
+    <w:rsid w:val="002A3475"/>
+    <w:rsid w:val="002A57A8"/>
+    <w:rsid w:val="002A609C"/>
+    <w:rsid w:val="002B415E"/>
+    <w:rsid w:val="002B6D38"/>
+    <w:rsid w:val="002B7DA9"/>
+    <w:rsid w:val="002C6095"/>
+    <w:rsid w:val="002E1192"/>
+    <w:rsid w:val="002E5B56"/>
+    <w:rsid w:val="002E7769"/>
+    <w:rsid w:val="002F60DC"/>
+    <w:rsid w:val="002F6F85"/>
+    <w:rsid w:val="00300E95"/>
+    <w:rsid w:val="00305B90"/>
+    <w:rsid w:val="0030656A"/>
+    <w:rsid w:val="00307A15"/>
+    <w:rsid w:val="00313377"/>
+    <w:rsid w:val="00361C35"/>
+    <w:rsid w:val="003873E7"/>
+    <w:rsid w:val="0039520E"/>
+    <w:rsid w:val="003A7547"/>
+    <w:rsid w:val="003B3342"/>
+    <w:rsid w:val="003C22E0"/>
+    <w:rsid w:val="003C3E64"/>
+    <w:rsid w:val="003D070E"/>
+    <w:rsid w:val="003D7888"/>
+    <w:rsid w:val="003E52CA"/>
+    <w:rsid w:val="003E5A3E"/>
+    <w:rsid w:val="003E71A6"/>
+    <w:rsid w:val="003F74F3"/>
+    <w:rsid w:val="00406EDE"/>
+    <w:rsid w:val="004143B2"/>
+    <w:rsid w:val="00417848"/>
+    <w:rsid w:val="00426F88"/>
+    <w:rsid w:val="00427331"/>
+    <w:rsid w:val="004302EE"/>
+    <w:rsid w:val="0045236E"/>
+    <w:rsid w:val="00462F79"/>
+    <w:rsid w:val="004667E5"/>
+    <w:rsid w:val="00474845"/>
+    <w:rsid w:val="00484FE4"/>
+    <w:rsid w:val="004861D9"/>
+    <w:rsid w:val="004874C2"/>
+    <w:rsid w:val="004B0836"/>
+    <w:rsid w:val="004B22E1"/>
+    <w:rsid w:val="004B7AF3"/>
+    <w:rsid w:val="004C6F76"/>
+    <w:rsid w:val="004D2721"/>
+    <w:rsid w:val="004D2EBA"/>
+    <w:rsid w:val="004E43D0"/>
+    <w:rsid w:val="004F356D"/>
+    <w:rsid w:val="005022EA"/>
+    <w:rsid w:val="00502D00"/>
+    <w:rsid w:val="005031EA"/>
+    <w:rsid w:val="00517A52"/>
+    <w:rsid w:val="00527B11"/>
+    <w:rsid w:val="005418E7"/>
+    <w:rsid w:val="0054417F"/>
+    <w:rsid w:val="00545A08"/>
+    <w:rsid w:val="00555B4E"/>
+    <w:rsid w:val="00555D77"/>
+    <w:rsid w:val="00571177"/>
+    <w:rsid w:val="00574728"/>
+    <w:rsid w:val="00580C3F"/>
+    <w:rsid w:val="005819EA"/>
+    <w:rsid w:val="00596F01"/>
+    <w:rsid w:val="005A14C6"/>
+    <w:rsid w:val="005A1E42"/>
+    <w:rsid w:val="005A48B1"/>
+    <w:rsid w:val="005B3668"/>
+    <w:rsid w:val="005C1F91"/>
+    <w:rsid w:val="005C69C8"/>
+    <w:rsid w:val="005D0C9C"/>
+    <w:rsid w:val="005D42AE"/>
+    <w:rsid w:val="005D44BA"/>
+    <w:rsid w:val="005D6097"/>
+    <w:rsid w:val="005E033D"/>
+    <w:rsid w:val="005E633E"/>
+    <w:rsid w:val="005F4886"/>
+    <w:rsid w:val="006070FF"/>
+    <w:rsid w:val="00610AB8"/>
+    <w:rsid w:val="006116C8"/>
+    <w:rsid w:val="006208F7"/>
+    <w:rsid w:val="006226C4"/>
+    <w:rsid w:val="00626878"/>
+    <w:rsid w:val="00634C1B"/>
+    <w:rsid w:val="00640C3C"/>
+    <w:rsid w:val="00680176"/>
+    <w:rsid w:val="00685C3C"/>
+    <w:rsid w:val="0069280B"/>
+    <w:rsid w:val="006B388C"/>
+    <w:rsid w:val="006E0C28"/>
+    <w:rsid w:val="006E2078"/>
+    <w:rsid w:val="006F2AEA"/>
+    <w:rsid w:val="006F4B1A"/>
+    <w:rsid w:val="006F5B0D"/>
+    <w:rsid w:val="00703A57"/>
+    <w:rsid w:val="007131B2"/>
+    <w:rsid w:val="00716329"/>
+    <w:rsid w:val="00716862"/>
+    <w:rsid w:val="00717BB3"/>
+    <w:rsid w:val="00727FDB"/>
+    <w:rsid w:val="00734A27"/>
+    <w:rsid w:val="007362EF"/>
+    <w:rsid w:val="0074442A"/>
+    <w:rsid w:val="0075047E"/>
+    <w:rsid w:val="00753495"/>
+    <w:rsid w:val="00762CAE"/>
+    <w:rsid w:val="00763ACA"/>
+    <w:rsid w:val="00771E52"/>
+    <w:rsid w:val="00783037"/>
+    <w:rsid w:val="007A37DD"/>
+    <w:rsid w:val="007A4350"/>
+    <w:rsid w:val="007B2D42"/>
+    <w:rsid w:val="007B4733"/>
+    <w:rsid w:val="007E1992"/>
+    <w:rsid w:val="007E33B2"/>
+    <w:rsid w:val="007E4CCC"/>
+    <w:rsid w:val="008058A1"/>
+    <w:rsid w:val="00806D58"/>
+    <w:rsid w:val="00821B36"/>
+    <w:rsid w:val="008235EB"/>
+    <w:rsid w:val="008269C8"/>
+    <w:rsid w:val="0082708F"/>
+    <w:rsid w:val="008420F6"/>
+    <w:rsid w:val="008446EE"/>
+    <w:rsid w:val="00847379"/>
+    <w:rsid w:val="00850D86"/>
+    <w:rsid w:val="00852CA0"/>
+    <w:rsid w:val="0085667F"/>
+    <w:rsid w:val="00856EC9"/>
+    <w:rsid w:val="0086269A"/>
+    <w:rsid w:val="008628A1"/>
+    <w:rsid w:val="0088135F"/>
+    <w:rsid w:val="008864CB"/>
+    <w:rsid w:val="008A3FF4"/>
+    <w:rsid w:val="008B66BE"/>
+    <w:rsid w:val="008B6B15"/>
+    <w:rsid w:val="008C0796"/>
+    <w:rsid w:val="008C47DF"/>
+    <w:rsid w:val="008D3F81"/>
+    <w:rsid w:val="008D4865"/>
+    <w:rsid w:val="008D4A34"/>
+    <w:rsid w:val="008E55F0"/>
+    <w:rsid w:val="008E5C32"/>
+    <w:rsid w:val="008E7188"/>
+    <w:rsid w:val="008F040B"/>
+    <w:rsid w:val="00903267"/>
+    <w:rsid w:val="009052A5"/>
+    <w:rsid w:val="00905B97"/>
+    <w:rsid w:val="009070EB"/>
+    <w:rsid w:val="00912D1D"/>
+    <w:rsid w:val="0091340B"/>
+    <w:rsid w:val="00916321"/>
+    <w:rsid w:val="00924837"/>
+    <w:rsid w:val="00931CB0"/>
+    <w:rsid w:val="00933FE6"/>
+    <w:rsid w:val="009365E8"/>
+    <w:rsid w:val="00937691"/>
+    <w:rsid w:val="00941ED8"/>
+    <w:rsid w:val="00956A7C"/>
+    <w:rsid w:val="00960025"/>
+    <w:rsid w:val="009810D9"/>
+    <w:rsid w:val="00983EAA"/>
+    <w:rsid w:val="00986030"/>
+    <w:rsid w:val="00995691"/>
+    <w:rsid w:val="0099737A"/>
+    <w:rsid w:val="00997970"/>
+    <w:rsid w:val="009A549B"/>
+    <w:rsid w:val="009B09CD"/>
+    <w:rsid w:val="009C465B"/>
+    <w:rsid w:val="009C49A6"/>
+    <w:rsid w:val="009C6FE7"/>
+    <w:rsid w:val="009D2474"/>
+    <w:rsid w:val="009D31E0"/>
+    <w:rsid w:val="009D5A43"/>
+    <w:rsid w:val="009E52EA"/>
+    <w:rsid w:val="009F1B53"/>
+    <w:rsid w:val="009F3711"/>
+    <w:rsid w:val="009F6707"/>
+    <w:rsid w:val="00A13911"/>
+    <w:rsid w:val="00A26F82"/>
+    <w:rsid w:val="00A305E5"/>
+    <w:rsid w:val="00A31873"/>
+    <w:rsid w:val="00A31940"/>
+    <w:rsid w:val="00A326F3"/>
+    <w:rsid w:val="00A33EB6"/>
+    <w:rsid w:val="00A36ADF"/>
+    <w:rsid w:val="00A417E4"/>
+    <w:rsid w:val="00A5089D"/>
+    <w:rsid w:val="00A52090"/>
+    <w:rsid w:val="00A53453"/>
+    <w:rsid w:val="00A7366B"/>
+    <w:rsid w:val="00A8041D"/>
+    <w:rsid w:val="00A856E8"/>
+    <w:rsid w:val="00A874BB"/>
+    <w:rsid w:val="00A94390"/>
+    <w:rsid w:val="00AA053F"/>
+    <w:rsid w:val="00AB3B77"/>
+    <w:rsid w:val="00AB40CC"/>
+    <w:rsid w:val="00AC09E7"/>
+    <w:rsid w:val="00AC7530"/>
+    <w:rsid w:val="00AD2A30"/>
+    <w:rsid w:val="00AD7CBB"/>
+    <w:rsid w:val="00AE7EF3"/>
+    <w:rsid w:val="00B00647"/>
+    <w:rsid w:val="00B14CD3"/>
+    <w:rsid w:val="00B26A32"/>
+    <w:rsid w:val="00B274AC"/>
+    <w:rsid w:val="00B33C6F"/>
+    <w:rsid w:val="00B34F9B"/>
+    <w:rsid w:val="00B61AB5"/>
+    <w:rsid w:val="00B62A33"/>
+    <w:rsid w:val="00B63D2C"/>
+    <w:rsid w:val="00B642BF"/>
+    <w:rsid w:val="00B658A5"/>
+    <w:rsid w:val="00B76546"/>
+    <w:rsid w:val="00B83C79"/>
+    <w:rsid w:val="00B92589"/>
+    <w:rsid w:val="00B954A2"/>
+    <w:rsid w:val="00B96B5C"/>
+    <w:rsid w:val="00B97246"/>
+    <w:rsid w:val="00BA2ECB"/>
+    <w:rsid w:val="00BA47E5"/>
+    <w:rsid w:val="00BB0C97"/>
+    <w:rsid w:val="00BB69F9"/>
+    <w:rsid w:val="00BC1FC2"/>
+    <w:rsid w:val="00BC3A1B"/>
+    <w:rsid w:val="00BD6353"/>
+    <w:rsid w:val="00BE1C5C"/>
+    <w:rsid w:val="00C1313A"/>
+    <w:rsid w:val="00C13F9D"/>
+    <w:rsid w:val="00C17DE7"/>
+    <w:rsid w:val="00C2320C"/>
+    <w:rsid w:val="00C519EF"/>
+    <w:rsid w:val="00C648F9"/>
+    <w:rsid w:val="00C70802"/>
+    <w:rsid w:val="00C7455F"/>
+    <w:rsid w:val="00C750B9"/>
+    <w:rsid w:val="00C76CE9"/>
+    <w:rsid w:val="00CB0E86"/>
+    <w:rsid w:val="00CB790A"/>
+    <w:rsid w:val="00CC18BD"/>
+    <w:rsid w:val="00CC54B8"/>
+    <w:rsid w:val="00CD3264"/>
+    <w:rsid w:val="00CE25B2"/>
+    <w:rsid w:val="00CE6813"/>
+    <w:rsid w:val="00D00B29"/>
+    <w:rsid w:val="00D00E8A"/>
+    <w:rsid w:val="00D02C26"/>
+    <w:rsid w:val="00D065A5"/>
+    <w:rsid w:val="00D14363"/>
+    <w:rsid w:val="00D15C0E"/>
+    <w:rsid w:val="00D268B2"/>
+    <w:rsid w:val="00D34901"/>
+    <w:rsid w:val="00D36396"/>
+    <w:rsid w:val="00D3693E"/>
+    <w:rsid w:val="00D553B7"/>
+    <w:rsid w:val="00D5704E"/>
+    <w:rsid w:val="00D63FF0"/>
+    <w:rsid w:val="00D753A3"/>
+    <w:rsid w:val="00D848EE"/>
+    <w:rsid w:val="00D93191"/>
+    <w:rsid w:val="00DA1CDF"/>
+    <w:rsid w:val="00DA2CA0"/>
+    <w:rsid w:val="00DA76AD"/>
+    <w:rsid w:val="00DC2A94"/>
+    <w:rsid w:val="00DD0366"/>
+    <w:rsid w:val="00DE138E"/>
+    <w:rsid w:val="00DE6C6E"/>
+    <w:rsid w:val="00DF0A79"/>
+    <w:rsid w:val="00E04A9A"/>
+    <w:rsid w:val="00E13312"/>
+    <w:rsid w:val="00E36DAB"/>
+    <w:rsid w:val="00E54EE8"/>
+    <w:rsid w:val="00E56DE2"/>
+    <w:rsid w:val="00E571AF"/>
+    <w:rsid w:val="00E669EB"/>
+    <w:rsid w:val="00E67CD4"/>
+    <w:rsid w:val="00E82C8C"/>
+    <w:rsid w:val="00E85B56"/>
+    <w:rsid w:val="00E9005D"/>
+    <w:rsid w:val="00EA69CE"/>
+    <w:rsid w:val="00EB255F"/>
+    <w:rsid w:val="00EC7A52"/>
+    <w:rsid w:val="00ED2724"/>
+    <w:rsid w:val="00ED27C9"/>
+    <w:rsid w:val="00ED2CDC"/>
+    <w:rsid w:val="00ED2DF7"/>
+    <w:rsid w:val="00ED4ABF"/>
+    <w:rsid w:val="00ED6143"/>
+    <w:rsid w:val="00ED6705"/>
+    <w:rsid w:val="00EE202B"/>
+    <w:rsid w:val="00EF6CD3"/>
+    <w:rsid w:val="00F04251"/>
+    <w:rsid w:val="00F07F50"/>
+    <w:rsid w:val="00F130B3"/>
+    <w:rsid w:val="00F21C53"/>
+    <w:rsid w:val="00F53949"/>
+    <w:rsid w:val="00F61CBF"/>
+    <w:rsid w:val="00F63C3B"/>
+    <w:rsid w:val="00F64A99"/>
+    <w:rsid w:val="00F70080"/>
+    <w:rsid w:val="00F771D7"/>
+    <w:rsid w:val="00F92916"/>
+    <w:rsid w:val="00FA0AD1"/>
+    <w:rsid w:val="00FA2060"/>
+    <w:rsid w:val="00FA4A1D"/>
+    <w:rsid w:val="00FB06C8"/>
+    <w:rsid w:val="00FB2A6E"/>
+    <w:rsid w:val="00FB73D1"/>
+    <w:rsid w:val="00FC171E"/>
+    <w:rsid w:val="00FC4ABC"/>
+    <w:rsid w:val="00FD2924"/>
+    <w:rsid w:val="00FD450D"/>
+    <w:rsid w:val="00FD45C8"/>
+    <w:rsid w:val="00FE4B73"/>
+    <w:rsid w:val="00FE675D"/>
+    <w:rsid w:val="00FE7F5E"/>
+    <w:rsid w:val="00FF54F7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="caption" w:uiPriority="35"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
@@ -7740,754 +7818,284 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C4173D"/>
-[...193 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00B61AB5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="0003023E"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00762CAE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D3A70"/>
+    <w:rsid w:val="000E780B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003D3A70"/>
+    <w:rsid w:val="000E780B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-    <w:name w:val="Заголовок 1 Знак"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a3"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00931CB0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C4173D"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00933FE6"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-    <w:name w:val="Заголовок 2 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ts-">
+    <w:name w:val="ts-переход"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="2"/>
-[...11 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="0005306C"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...168 lines deleted...]
-  <w:style w:type="character" w:styleId="ab">
+  <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00C4173D"/>
+    <w:rsid w:val="00856EC9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-      <w:b/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
-[...9 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00C4173D"/>
+    <w:rsid w:val="00FC171E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="21">
-[...4 lines deleted...]
-    <w:uiPriority w:val="29"/>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C4173D"/>
-[...23 lines deleted...]
-    <w:rsid w:val="00C4173D"/>
+    <w:rsid w:val="00193BEF"/>
     <w:pPr>
-      <w:ind w:left="720" w:right="720"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...99 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00587064"/>
+    <w:rsid w:val="00FE4B73"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="caption" w:uiPriority="35"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -8559,5326 +8167,132 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C4173D"/>
-[...193 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...436 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1131630872">
+    <w:div w:id="694118258">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1260941233">
+    <w:div w:id="1651135671">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1456368744">
+    <w:div w:id="1832256277">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/></Relationships>
-[...4560 lines deleted...]
-</dgm:styleDef>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13912,86 +8326,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -14131,78 +8543,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8DC5F9E-CDC2-4131-94DF-16A6E2351FCB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A0804A8-5EF2-4913-8C9D-D37C9C53511E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6202</Characters>
+  <Pages>1</Pages>
+  <Words>1067</Words>
+  <Characters>6083</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
+  <Lines>50</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7275</CharactersWithSpaces>
+  <CharactersWithSpaces>7136</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Bibigul</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>